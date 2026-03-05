--- v0 (2025-12-13)
+++ v1 (2026-03-05)
@@ -1,22646 +1,25281 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. Күші жойылды - ҚР 29.10.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t> Сноска. Утратил силу Кодексом РК от 29.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z1258" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 375-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Кодексімен (01.01.2016 бастап </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие с 01.01.2016).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> енгізіледі).</w:t>
-      </w:r>
+        <w:t>Вниманию пользователей!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ОГЛАВЛЕНИЕ</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Порядок введения в действие настоящего Закона РК см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z379" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.31</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...30 lines deleted...]
-        <w:t>      Қолданушыларға ыңғайлы болуы үшін РҚАО мазмұнды жасады.</w:t>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Настоящий Закон регулирует общие правовые основы государственного контроля и надзора в Республике Казахстан и направлен на установление единых принципов осуществления контрольной и надзорной деятельности, а также на защиту прав и законных интересов государственных органов, физических и юридических лиц, в отношении которых осуществляется государственный контроль и надзор.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
-[...117 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1-тарау. ЖАЛПЫ ЕРЕЖЕЛЕР</w:t>
+        <w:t>Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1-бап. Осы Заңда пайдаланылатын негізгі ұғымдар</w:t>
+        <w:t>Статья 1. Основные понятия, используемые в настоящем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законе</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В настоящем Законе используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="z5"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) органы контроля и надзора – центральные государственные органы, их ведомства и территориальные подразделения, а также местные исполнительные органы, осуществляющие наблюдение и проверку на предмет соответствия деятельности проверяемых субъектов требованиям, установленным законодательством Республики Казахстан в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="z6"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) меры оперативного реагирования - предусмотренные законами Республики Казахстан способы воздействия на проверяемых субъектов в целях предотвращения наступления общественно опасных последствий, применяемые в ходе осуществления и по результатам проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="z7"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) государственный контроль (далее – контроль) – деятельность органа контроля и надзора по проверке и наблюдению на предмет соответствия деятельности проверяемых субъектов требованиям, установленным законодательством Республики Казахстан, в ходе осуществления и по результатам которой могут применяться меры правоограничительного характера без оперативного реагирования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="z8"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...21 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="z471"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) государственный надзор (далее – надзор) – деятельность органа контроля и надзора по проверке и наблюдению за соблюдением проверяемыми субъектами требований законодательства Республики Казахстан, в ходе осуществления и по результатам которой могут применяться меры оперативного реагирования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z232"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1) регулирующие государственные органы – государственные органы, осуществляющие руководство в отдельной отрасли или сфере государственного управления, в которой осуществляется государственный контроль и надзор;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="z9"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) риск - вероятность причинения вреда в результате деятельности проверяемого субъекта жизни или здоровью человека, окружающей среде, законным интересам физических и юридических лиц, имущественным интересам государства с учетом степени тяжести его последствий;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="z10"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...21 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="z473"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) критерии оценки степени риска – совокупность количественных и качественных показателей, связанных с непосредственной деятельностью проверяемого субъекта, особенностями отраслевого развития и факторами, влияющими на это развитие, позволяющих отнести проверяемых субъектов к различным степеням риска;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z233"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      6-1) тәуекелдерді бағалау жүйесі – тексерулерді тағайындау мақсатында бақылау және қадағалау органы жүргізетін іс-шаралар кешені;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="z472"/>
+        <w:t>      6-1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>система оценки рисков</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – комплекс мероприятий, проводимый органом контроля и надзора, с целью назначения проверок;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z234"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6-2) проверяемые объекты – имущество, находящееся на праве собственности или ином законном основании у проверяемого субъекта, подлежащее контролю и надзору;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="z11"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) проверяемые субъекты - физические лица, юридические лица, в том числе государственные органы, филиалы и представительства юридических лиц, за деятельностью которых осуществляются контроль и надзор.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 1-бапқа өзгеріс енгізілді - ҚР 29.12.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>Сноска. Статья 1 с изменениями, внесенными Законом РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z2735" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (01.01.2015 бастап қолданысқа енгізіледі).</w:t>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2-бап. Қазақстан Республикасының бақылау және қадағалау</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Статья 2. Законодательство Республики Казахстан о контроле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>туралы заңнамасы</w:t>
+        <w:t>и надзоре</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Законодательство Республики Казахстан о контроле и надзоре основывается на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых актов Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="z14"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...8 lines deleted...]
-        <w:t>      2. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңда қамтылғаннан өзгеше қағидалар белгiленсе, онда халықаралық шарттың қағидалары қолданылады.</w:t>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3-бап. Осы Заңның қолданылу аясы</w:t>
+        <w:t>Статья 3. Сфера применения настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Настоящий Закон регулирует отношения в области организации проведения контроля и надзора за проверяемыми субъектами независимо от правового статуса, форм собственности и видов деятельности, за исключением случаев, предусмотренных пунктами 3, 4 настоящей статьи и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z120" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 12 настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="z17"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Настоящим Законом устанавливаются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="z18"/>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) порядок проведения проверок, осуществляемых органами контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="13" w:name="z19"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) порядок взаимодействия органов контроля и надзора при проведении проверок;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="14" w:name="z20"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) права и обязанности проверяемых субъектов при проведении контроля и надзора, меры по защите их прав и законных интересов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="z21"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) права и обязанности органов контроля и надзора и их должностных лиц при проведении проверок.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="z22"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Действие настоящего Закона, за исключением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z33" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статей 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z67" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, не распространяется на отношения, связанные с:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="17" w:name="z23"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z29" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>контролем</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> за соблюдением условий контрактов на осуществление инвестиций, предусматривающих инвестиционные преференции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="18" w:name="z24"/>
       <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z1103" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>контролем</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> за исполнением недропользователями условий контрактов на проведение разведки, добычи, совмещенной разведки и добычи полезных ископаемых либо строительство и (или) эксплуатацию подземных сооружений, не связанных с разведкой и (или) добычей, либо на государственное геологическое изучение недр;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="19" w:name="z25"/>
       <w:bookmarkEnd w:id="19"/>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      3) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:anchor="z1451" w:history="1">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:hyperlink r:id="rId17" w:anchor="z1768" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>государственным контролем</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в сфере таможенного дела.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="20" w:name="z26"/>
       <w:bookmarkEnd w:id="20"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Действие настоящего Закона, за исключением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z67" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, не распространяется на отношения в сферах:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="21" w:name="z27"/>
       <w:bookmarkEnd w:id="21"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>высшего надзора</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, осуществляемого прокуратурой;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="22" w:name="z28"/>
       <w:bookmarkEnd w:id="22"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...35 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z1575" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>контроля и надзора</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в ходе досудебного производства по уголовному делу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="23" w:name="z29"/>
       <w:bookmarkEnd w:id="23"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z113" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>правосудия</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="24" w:name="z30"/>
       <w:bookmarkEnd w:id="24"/>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      4) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:anchor="z4" w:history="1">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:hyperlink r:id="rId22" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оперативно-розыскной деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="25" w:name="z31"/>
       <w:bookmarkEnd w:id="25"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z34" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>контроля</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за соблюдением требований законодательства Республики </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>туралы </w:t>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Казахстан о государственных секретах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkStart w:id="26" w:name="z32"/>
       <w:bookmarkEnd w:id="26"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...58 lines deleted...]
-      <w:bookmarkStart w:id="27" w:name="z474"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Отношения, возникающие при проведении контроля и надзора, указанных в пунктах 3 и 4 настоящей статьи, а также связанных с соблюдением требований финансового законодательства Республики Казахстан, контролем и надзором финансового рынка и финансовых организаций, устанавливаются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, регулирующими отношения в указанных сферах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z539"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...46 lines deleted...]
-      <w:bookmarkStart w:id="28" w:name="z475"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Контроль и надзор в отношении субъектов частного предпринимательства осуществляются только в сферах деятельности субъектов частного предпринимательства, предусмотренных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z382" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложении</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему Закону.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z540"/>
       <w:bookmarkEnd w:id="28"/>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Для включения в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z382" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему Закону новых сфер регулирующие государственные органы должны предварительно провести процедуру анализа регуляторного воздействия в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z546" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О частном предпринимательстве».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z541"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Действие пункта 7 настоящей статьи не распространяется на Национальный Банк Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 3-бапқа өзгеріс енгізілді - 2012.07.05 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>Сноска. Статья 3 с изменениями, внесенными законами РК от 05.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z566" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 30-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z2747" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4-бап. Бақылаудың және қадағалаудың қағидаттары мен</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Статья 4. Принципы и задачи контроля и надзора</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Контроль и надзор основываются на принципах:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z35"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) законности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z36"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) равенства всех перед законом и судом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z37"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) презумпции добросовестности физического или юридического лица;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z38"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) гласности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z39"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) плановости и системности контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z40"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) профессионализма и компетентности должностных лиц государственных органов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z41"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) ответственности за неисполнение либо ненадлежащее исполнение должностными лицами органов контроля и надзора своих обязанностей и превышение ими своих полномочий;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z42"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) приоритета предупреждения правонарушения перед наказанием;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z43"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) необходимости и достаточности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z44"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) разграничения контрольных полномочий между государственными органами;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z45"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) поощрения добросовестных проверяемых субъектов, концентрации контроля и надзора на нарушителях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z46"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) повышения способности проверяемых субъектов и потребителей к самостоятельной защите своих законных прав;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z47"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) подотчетности и прозрачности системы государственного контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z48"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) независимости;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z49"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) объективности и беспристрастности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z50"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) достоверности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="z51"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Задачей контроля и надзора является обеспечение безопасности производимой и реализуемой проверяемым субъектом продукции, технологических процессов для жизни и здоровья людей, защиты их имущества, безопасности для окружающей среды, национальной безопасности Республики Казахстан, включая экономическую безопасность, предупреждения обманной практики, экономии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>природных и энергетических ресурсов, повышения конкурентоспособности национальной продукции и защиты конституционных прав, свобод и законных интересов физических и юридических лиц.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z52"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Государственным органам запрещается принимать подзаконные нормативные правовые акты по вопросам порядка проведения проверок субъектов частного предпринимательства, за исключением нормативных правовых актов, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z157" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>статьи 13, пунктом 1 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z160" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 14</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, пунктом 1 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z166" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 15</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="z53"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Государственные органы, разрабатывающие проекты нормативных правовых актов, регулирующие вопросы контроля и надзора за деятельностью субъектов частного предпринимательства, согласовывают их с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z31" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>уполномоченным органом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по предпринимательству.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="z54"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Контроль и надзор за частным предпринимательством осуществляется в соответствии с законодательством Республики Казахстан в сферах деятельности, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z382" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложении</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему Закону.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>міндеттері</w:t>
+        <w:t>Статья 5. Требования, предъявляемые к деятельности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>проверяемых субъектов (объектов)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...625 lines deleted...]
-        <w:t>көрсетілген қызмет салаларында жүзеге асырылады.</w:t>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Требования, предъявляемые к деятельности проверяемых субъектов (объектов), устанавливаются нормативными правовыми актами, а в случаях, предусмотренных законами Республики Казахстан, только законами Республики Казахстан, указами Президента Республики Казахстан и постановлениями Правительства Республики Казахстан.     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 5 в редакции Закона РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="z2751" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5-бап. Тексерілетін субъектілердің (объектілердің)</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Статья 6. Гарантии субъектов частного предпринимательства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қызметіне қойылатын талаптар</w:t>
+        <w:t>при осуществлении контроля и надзора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>правоохранительными органами</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...68 lines deleted...]
-        <w:t>Заңымен (01.01.2015 бастап қолданысқа енгізіледі).</w:t>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В отношении субъектов частного предпринимательства </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="z28" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>правоохранительные органы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> проводят контрольные и (или) надзорные мероприятия только в рамках оперативно-розыскной деятельности, уголовного преследования, административного производства и (или) реализации регулятивных функций, осуществляемых правоохранительными органами, а также в иных случаях, предусмотренных законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6-бап. Құқық қорғау органдарының бақылауды және</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Статья 7. Контроль</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Контроль подразделяется на внутренний контроль и внешний контроль.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="50" w:name="z61"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Внутренний контроль - контроль, осуществляемый государственным органом за исполнением его структурными и территориальными подразделениями, подведомственными государственными органами и организациями принятых государственным органом решений, а также требований законодательства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="z62"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Порядок проведения внутреннего контроля определяется статьей 8 настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="z63"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Действие настоящего пункта не распространяется на внутренний контроль, осуществляемый уполномоченным Правительством Республики Казахстан органом по внутреннему контролю, проводимому в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="z1945" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Бюджетным кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="53" w:name="z64"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Внешний контроль - контроль, осуществляемый органом контроля и надзора по проверке и наблюдению за деятельностью проверяемых субъектов на соответствие требованиям, указанным в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статье 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="54" w:name="z65"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Порядок проведения внешнего контроля определяется </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z97" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="z113" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>главой 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="z66"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      По результатам внешнего контроля в случае выявления нарушений законодательства Республики Казахстан государственные органы в пределах своей компетенции возбуждают административное, дисциплинарное производство либо инициируют соответствующие исковые заявления в пределах своей компетенции и (или) принимают иные меры, предусмотренные законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қадағалауды жүзеге асыруы кезіндегі жеке</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Статья 8. Внутренний контроль</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Внутренний контроль подразделяется на:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="z69"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) контроль за исполнением правовых актов (мероприятий, выполнение которых предусмотрено правовыми актами). В этом случае на контроль берутся все правовые акты, в которых содержатся мероприятия, подлежащие исполнению;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="z70"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) контроль за исполнением поручений Президента Республики Казахстан, Правительства Республики Казахстан и руководящих должностных лиц государственного органа, вытекающих из иных документов служебного характера.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="z71"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Внутренний контроль производится путем:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="59" w:name="z72"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) истребования необходимой информации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="60" w:name="z73"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) заслушивания и обсуждения отчетов и докладов об исполнении;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="z74"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) ревизии и иных форм документальной проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="62" w:name="z75"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) проверки с выездом на место;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="z76"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) другими не противоречащими законодательству способами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="64" w:name="z77"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Внутренний контроль производится по следующим параметрам:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="z78"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) соответствия деятельности структурных, территориальных подразделений, подведомственных государственных органов и организаций и должностных лиц поставленным перед ними задачам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="z79"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) своевременности и полноты исполнения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="67" w:name="z80"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) соблюдения требований законодательства при исполнении.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="68" w:name="z81"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Должностное лицо либо соответствующее структурное подразделение государственного органа, уполномоченное на осуществление контроля за исполнением вступившего в силу правового акта, разрабатывает при необходимости мероприятия по контролю.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="69" w:name="z82"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При этом должностное лицо либо соответствующее структурное подразделение государственного органа, уполномоченное на осуществление контроля, анализирует поступающую информацию о его исполнении для определения:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="70" w:name="z83"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) степени и качества исполнения правового акта;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="71" w:name="z84"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) наличия отклонений в исполнении правового акта, установления их причин и возможных мер для устранения отклонений;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="72" w:name="z85"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) возможности снятия с контроля либо продления срока исполнения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="73" w:name="z86"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) ответственности конкретных должностных лиц за неисполнение или ненадлежащее исполнение правового акта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="74" w:name="z87"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Выработанные по итогам анализа информации предложения докладываются руководству государственного органа для принятия соответствующего решения. О принятом решении информируются исполнители государственного органа, проводившие анализ информации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="75" w:name="z88"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Снятие с контроля и продление сроков исполнения мероприятий, предусмотренных правовым актом, осуществляются руководством государственного органа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="76" w:name="z89"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Контрольная служба вышестоящего государственного органа либо органа-исполнителя до истечения установленного в правовом акте срока исполнения направляет исполнителю соответствующее письменное напоминание в порядке, определяемом регламентом государственного органа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="77" w:name="z90"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Дополнительные вопросы организации и осуществления внутреннего контроля могут определяться самим государственным органом либо вышестоящим по отношению к нему государственным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>кәсіпкерлік субъектілерінің кепілдіктері</w:t>
+        <w:t>Статья 9. Надзор</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...33 lines deleted...]
-        <w:t> жеке кәсіпкерлік субъектілеріне қатысты бақылау және (немесе) қадағалау іс-шараларын жедел-іздестіру қызметі, қылмыстық қудалау, әкімшілік іс жүргізу және (немесе) құқық қорғау органдары жүзеге асыратын реттеу функцияларын іске асыру шеңберінде ғана, сондай-ақ Қазақстан Республикасының заңдарында көзделген өзге да жағдайларда жүргізеді.</w:t>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Надзор заключается в применении уполномоченным государственным органом правоограничительных мер оперативного реагирования без возбуждения административного производства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="78" w:name="z93"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Правоограничительные меры оперативного реагирования предусматриваются законами Республики Казахстан и применяются государственными органами в случае, если деятельность, товар (работа, услуга) проверяемого субъекта представляют непосредственную угрозу конституционным правам, свободам и законным интересам физических и юридических лиц, жизни и здоровью людей, окружающей среде, национальной безопасности Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="79" w:name="z94"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Надзор подразделяется на:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="80" w:name="z95"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) высший надзор, осуществляемый прокуратурой от имени государства в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z92" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан "О Прокуратуре" и иным законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="81" w:name="z96"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) надзор, осуществляемый уполномоченными государственными органами в порядке и на условиях, установленных настоящим Законом и иными законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>7-бап. Бақылау</w:t>
+        <w:t>Статья 10. Формы контроля и надзора</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...204 lines deleted...]
-        <w:t>      Сыртқы бақылау нәтижелері бойынша Қазақстан Республикасының заңнамасын бұзушылықтар анықталған жағдайда мемлекеттік органдар өз құзыреті шегінде әкімшілік, тәртіптік іс жүргізуді қозғайды не өз құзыреті шегінде тиісті талап арызға бастамашылық жасайды және (немесе) Қазақстан Республикасының заңдарында көзделген өзге де шараларды қабылдайды.</w:t>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Контроль и надзор за деятельностью проверяемых субъектов осуществляются в форме:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) проверки, порядок организации и проведения которой определяется настоящим Законом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) иных формах контроля и надзора, носящих предупредительно-профилактический характер, если иное не предусмотрено </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z4180" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О налогах и других обязательных платежах в бюджет» (Налоговый кодекс) и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z232" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О Национальном Банке Республики Казахстан», порядок организации и проведения которых определяется настоящей статьей и иными законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="82" w:name="z56"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. При проведении иных форм контроля и надзора:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) за исключением случаев, предусмотренных пунктом 3 настоящей статьи, органам контроля и надзора запрещается посещать субъекты (объекты) контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) не требуются регистрация в уполномоченном органе по правовой статистике и специальным учетам и предварительное уведомление проверяемого субъекта;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) по итогам иных форм контроля и надзора в зависимости от их вида составляются итоговые документы (справка, предписание, заключение и другое) без возбуждения дела об административном правонарушении в случае выявления нарушения, но с обязательным разъяснением проверяемому субъекту порядка его устранения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Действие части первой настоящего пункта не распространяется на иные формы государственного контроля, осуществляемые в соответствии с налоговым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z4180" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Действие подпункта 3) части первой настоящего пункта в части невозможности возбуждения дела об административном правонарушении по итогам иных форм контроля и надзора не распространяется на Национальный Банк Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="83" w:name="z99"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Иные формы контроля и надзора с посещением субъекта (объекта) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>контроля и надзора проводятся в случаях:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) установленных налоговым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="z5524" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) установленных трудовым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="z1016" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) если посещение связано с проверкой соответствия заявителя квалификационным или разрешительным требованиям до выдачи разрешения и (или) приложения к разрешению в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="z230" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О разрешениях и уведомлениях»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) проведения инспектирования строительно-монтажных работ на соответствие требованиям, предъявляемым к возведению и изменению несущих и ограждающих конструкций зданий и сооружений;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) осуществления контроля соблюдения размеров предельно допустимых розничных цен на социально значимые продовольственные товары;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) осуществления контроля органами внутренних дел по вопросам соблюдения правил оборота оружия и патронов к нему в Республике Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) осуществления контроля по соблюдению стандартов оказания специальных социальных услуг;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) инициативного обращения проверяемого субъекта за получением заключения (информации) о соответствии его деятельности требованиям законодательства Республики Казахстан, не связанного с получением разрешительных документов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) если посещение связано с отбором продукции для осуществления мониторинга безопасности продукции, проводимого в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z449" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О здоровье народа и системе здравоохранения»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) проведения обследования территории на выявление очагов распространения карантинных объектов и особо опасных вредных организмов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) если посещение связано с отбором проб при приемке, отгрузке и количественно-качественном учете зерна, а также государственных ресурсов зерна, хранящихся на хлебоприемных предприятиях, для определения их качества в соответствии с требованиями </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о зерне.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="84" w:name="z100"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. При проведении иных форм контроля и надзора с посещением органы контроля и надзора уведомляют органы по правовой статистике и специальным учетам по месту нахождения проверяемого субъекта (объекта) до их проведения, за исключением случаев осуществления иных форм государственного контроля в соответствии с налоговым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z5524" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="85" w:name="z101"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Результаты анализа иных форм контроля и надзора являются основанием для отбора субъектов (объектов) контроля и надзора для проведения выборочных проверок.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 10 в редакции Закона РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z2751" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>8-бап. Ішкі бақылау</w:t>
+        <w:t>Статья 11. Компетенция регулирующих государственных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органов и органов контроля и надзора</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Регулирующие государственные органы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) реализуют государственную политику в области контроля и надзора в соответствующей отрасли (сфере), в которой осуществляются контроль и надзор;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) утверждают в пределах своей компетенции нормативные правовые акты, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="z143" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктами 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="z157" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 13, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:anchor="z161" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 14, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56" w:anchor="z167" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 15 настоящего Закона, а также полугодовые графики проведения проверок;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) организуют контроль и надзор в соответствии с законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      1. Ішкі бақылау:</w:t>
-[...515 lines deleted...]
-        <w:t>      Ішкі бақылауды ұйымдастырудың және жүзеге асырудың қосымша мәселелерін мемлекеттік органның өзі не одан жоғары тұрған мемлекеттік орган айқындауы мүмкін.</w:t>
+        <w:t>      4) осуществляют мониторинг эффективности контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) осуществляют иные функции, предусмотренные настоящим Законом и иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="86" w:name="z103"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Органы контроля и надзора:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) реализуют государственную политику в области контроля и надзора в соответствующей сфере;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) разрабатывают в пределах своей компетенции нормативные правовые акты, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:anchor="z143" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктами 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z157" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 13, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="z161" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 14, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="z167" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 15 настоящего Закона, а также полугодовые графики проведения проверок;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) проводят контроль и надзор в соответствии с законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) проводят мониторинг эффективности контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) вносят предложения по совершенствованию проведения контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) осуществляют иные функции, предусмотренные настоящим Законом и иными законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 11 в редакции Закона РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61" w:anchor="z2751" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
-[...980 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2-тарау. ТЕКСЕРУЛЕРДІ ҰЙЫМДАСТЫРУ ЖӘНЕ ЖҮРГІЗУ ТӘРТІБІ</w:t>
+        <w:t>Глава 2. ПОРЯДОК ОРГАНИЗАЦИИ И ПРОВЕДЕНИЯ ПРОВЕРОК</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>12-бап. Тексерулердің жалпы мәселелері</w:t>
+        <w:t>Статья 12. Общие вопросы проверки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...243 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Проверка проверяемого субъекта - одна из форм контроля и надзора, которую проводят органы контроля и надзора, путем совершения одного из следующих действий:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="87" w:name="z116"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) посещения проверяемого субъекта (объекта) должностным лицом государственного органа;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="88" w:name="z117"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) запроса необходимой информации, касающейся предмета проверки, за исключением истребования необходимой информации при проведении иных форм контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="89" w:name="z118"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) вызова проверяемого субъекта с целью получения информации о соблюдении им требований, установленных законодательством Республики Казахстан в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="90" w:name="z119"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Предметом проверки является соблюдение проверяемыми субъектами требований, установленных законодательством Республики Казахстан в соответствии со статьей 5 настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="91" w:name="z120"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Действия настоящей главы, за исключением пунктов 2 и 3 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:anchor="z320" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 26</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:anchor="z373" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 29</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, не распространяются на осуществление контроля и надзора, связанного с:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="92" w:name="z121"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) пересечением Государственной границы Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="93" w:name="z122"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) проведением контроля и надзора в области карантина растений, санитарно-карантинного, ветеринарного контроля при пересечении таможенной границы Таможенного союза и (или) Государственной границы Республики Казахстан и (или) местах доставки, местах завершения таможенного оформления, определяемых в соответствии с международными договорами;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="94" w:name="z123"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) соблюдением требований безопасности дорожного движения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="95" w:name="z124"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) проездом автотранспортных средств по территории Республики </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Казахстан на постах транспортного контроля на предмет соблюдения требований безопасности на транспорте;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="96" w:name="z125"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) контролем и надзором за выполнением требований по безопасной эксплуатации судов в соответствии с законами Республики Казахстан </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65" w:anchor="z812" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>о внутреннем водном транспорте</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66" w:anchor="z952" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>торговом мореплавании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
-[...175 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="97" w:name="z126"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) соблюдением физическими лицами требований хранения, ношения и использования гражданского оружия;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="98" w:name="z127"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) осуществлением контроля и надзора по ветеринарии и карантину растений на объектах внутренней торговли, реализующих продукцию и сырье животного и (или) растительного происхождения, в организациях, осуществляющих производство, заготовку (убой), хранение, переработку продуктов и сырья животного и (или) растительного происхождения в едином технологическом цикле;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="99" w:name="z128"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) соблюдением на особо охраняемых природных территориях и территории государственного лесного фонда требований в области особо охраняемых природных территорий, охраны, защиты, пользования лесным фондом, воспроизводства лесов и лесоразведения, а также с целью осуществления контроля за несанкционированным изъятием объектов животного и растительного мира;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="100" w:name="z105"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8-1) соблюдением условий разрешения на пользование животным миром, установленной промысловой меры рыб, размеров и видов орудий и способов рыболовства, ограничений и запретов на пользование животным миром, прилова, а также ведением журнала учета вылова рыбных ресурсов и других водных животных (промысловый журнал);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="101" w:name="z129"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) контролем и надзором мероприятий в карантинных зонах и неблагополучных пунктах по особо опасным болезням животных, очагах распространения карантинных объектов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="102" w:name="z130"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) соблюдением физическими и юридическими лицами требований по безопасности полетов и авиационной безопасности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="103" w:name="z131"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) соблюдением требований законодательства Республики Казахстан в области легального оборота оружия, взрывчатых веществ, наркотических средств, психотропных веществ и прекурсоров, гражданских пиротехнических веществ и изделий с их применением, в рамках требований </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="z57" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 6</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона и проводимых оперативно-профилактических мероприятий органов внутренних дел;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="104" w:name="z132"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) контролем на территории субъекта, осуществляющего производство отдельных видов подакцизных товаров, посредством акцизных постов, установленных в соответствии с налоговым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="z6963" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, а также проведением контрольного учета этилового спирта и алкогольной продукции в организациях, осуществляющих производство этилового спирта и алкогольной продукции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="105" w:name="z133"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) соблюдением требований финансового законодательства Республики Казахстан, а также контролем и надзором финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="106" w:name="z134"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) соблюдением требований антимонопольного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:anchor="z621" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, осуществляемого антимонопольным органом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="107" w:name="z135"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) соблюдением требований бюджетного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан и иных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>нормативных правовых актов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, регулирующих вопросы исполнения государственного бюджета;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="108" w:name="z491"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключен Законом РК от 05.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:anchor="z913" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 452-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>талаптарын сақтауына;</w:t>
-[...353 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>13.10.2011);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="109" w:name="z500"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алынып тасталды - ҚР 2011.07.05 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>17) соблюдением требований </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73" w:anchor="z76" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, регламентирующего продажу несовершеннолетним алкогольной и табачной продукции, а также порядок нахождения несовершеннолетних в развлекательных заведениях;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="110" w:name="z501"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) соблюдением требований по эксплуатации и техническому состоянию энергетического оборудования электрических станций единой электроэнергетической системы Республики Казахстан, электрических сетей свыше 0,4 киловольта, магистральных тепловых сетей и котельных с установленной мощностью более 100 Гкал/час;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="111" w:name="z515"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) контролем за соблюдением правил перевозок пассажиров, багажа и грузобагажа в пассажирских поездах в пути следования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="112" w:name="z516"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) торговлей вне мест, установленных местным исполнительным органом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="113" w:name="z517"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) соблюдением центральными государственными органами, маслихатами и акиматами требований по государственной регистрации нормативных правовых актов, а также официальному опубликованию нормативных правовых актов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="114" w:name="z1311"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22) осуществлением контроля за состоянием антитеррористической защиты объектов, уязвимых в террористическом отношении, за исключением объектов Республики Казахстан, охраняемых Вооруженными Силами, другими войсками и воинскими формированиями Республики Казахстан, а также специальными государственными органами, и соблюдением их руководителями требований, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о противодействии терроризму;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="115" w:name="z536"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23) соблюдением требований </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId75" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в области миграции населения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="116" w:name="z538"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24) посещением уполномоченным государственным органом по делам архитектуры, градостроительства и строительства объекта с целью установления соответствующего выполнения местными исполнительными органами функций, возложенных на них законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="117" w:name="z148"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25) проверкой органами государственного архитектурно-строительного контроля деятельности лиц, осуществляющих технический надзор;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="118" w:name="z149"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26) контролем за соблюдением правил парковки в местах, оборудованных специальными сертифицированными устройствами, предназначенными для взимания оплаты за парковку и учета времени парковки транспортных средств.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При этом обязательной регистрации в уполномоченном органе по правовой статистике и специальным учетам подлежат проверки, осуществляемые по основаниям, указанным в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId76" w:anchor="z134" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>подпунктах 14)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId77" w:anchor="z135" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>15)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId78" w:anchor="z501" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>18)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId79" w:anchor="z517" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>21)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> части первой настоящего пункта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="119" w:name="z136"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Отношения, возникающие при проведении проверок, указанных в пункте 3 настоящей статьи, регулируются в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="120" w:name="z137"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Особенности порядка, сроки проведения, продления, приостановления проверок, оформления акта о назначении, результатах и завершении проверок, осуществляемых органами государственных доходов, определяются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId80" w:anchor="z6441" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Налоговым кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="121" w:name="z106"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Запрещается проведение проверок по особому порядку проведения проверок на основе оценки степени риска, выборочных проверок в отношении субъектов малого предпринимательства, в том числе микропредпринимательства, в течение трех лет со дня государственной регистрации (кроме созданных юридических лиц в порядке реорганизации и правопреемников реорганизованных юридических лиц).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Действия настоящего пункта не распространяются на осуществление контроля и надзора, связанного с:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) соблюдением установленных правил обращения и функционирования взрывчатых веществ;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) деятельностью физических и юридических лиц, занятых в сфере оборота гражданского и служебного оружия и патронов к нему, гражданских пиротехнических веществ и изделий с их применением;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) атомной энергией, радиоактивными веществами;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) деятельностью физических и юридических лиц, занятых в области оборота ядов, вооружения, военной техники и отдельных видов оружия, взрывчатых и пиротехнических веществ и изделий с их применением.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 12 с изменениями, внесенными законами РК от 26.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId81" w:anchor="z73" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 400-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования); от 05.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId82" w:anchor="z911" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (2011.10.13 бастап қолданысқа енгізіледі) Заңымен;</w:t>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 13.10.2011); от 25.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId83" w:anchor="z639" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 548-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      </w:t>
-[...496 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId84" w:anchor="z209" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 34-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 12-бапқа өзгерістер енгізілді - ҚР 2011.01.26 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие со дня его первого официального опубликования); от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId85" w:anchor="z675" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі), 2011.07.05 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 04.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId86" w:anchor="z534" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 132-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.25 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.12.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId87" w:anchor="z72" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 153-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.09.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId88" w:anchor="z1228" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 239-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі), 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 07.11.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId89" w:anchor="z394" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 248-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 04.07.2013 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId90" w:anchor="z2793" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 10.12.2013 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 01.01.2015); от 05.05.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId91" w:anchor="z223" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 312-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.09.2014 </w:t>
-[...125 lines deleted...]
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>13-бап. Тексерілетін субъектілерді (объектілерді)</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Статья 13. Распределение проверяемых субъектов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>топтарға бөлу</w:t>
+        <w:t>(объектов) по группам</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...178 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Контроль и надзор проводятся с учетом распределения проверяемых субъектов (объектов) по четырем группам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="122" w:name="z107"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. К первой группе относятся проверяемые субъекты (объекты), в отношении которых применяются особый порядок проведения проверок на основе оценки степени риска, внеплановые проверки и иные формы контроля и надзора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Особый порядок проведения проверок применяется при осуществлении контроля и надзора в отношении субъектов (объектов), отнесенных к высокой степени риска в следующих сферах контроля и надзора:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) в области радиационной безопасности населения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) в области атомной энергии;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) в области пожарной безопасности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) за соблюдением установленных правил обращения и функционирования взрывчатых и ядовитых веществ, радиоактивных материалов и веществ;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) в области оборота ядов, вооружения, военной техники и отдельных видов оружия, взрывчатых и пиротехнических веществ и изделий с их применением;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) в области санитарно-эпидемиологического благополучия населения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) в области промышленной безопасности. Для проверки соблюдения требований, установленных законодательством Республики Казахстан в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId92" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона в области санитарно-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>көзделген ережелер ескеріле отырып жүзеге асырылады.</w:t>
-[...193 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>эпидемиологического надзора, периодичность проведения проверок на объекты высокой эпидемической значимости не должна быть чаще:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) одного раза в полгода – при высокой степени риска;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) одного раза в год – при средней степени риска.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Распределение объектов, подлежащих санитарно-эпидемиологическому контролю и надзору, по степеням риска осуществляется с учетом положений, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId93" w:anchor="z445" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О здоровье народа и системе здравоохранения». Для сфер деятельности, указанных в подпунктах 1), 2), 3), 4) и 6) части второй настоящего пункта, периодичность проведения проверок определяется критериями оценки степени риска.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Критерии оценки степени риска, применяемые для особого порядка проведения проверок, утверждаются совместным актом регулирующих государственных органов и уполномоченного органа по предпринимательству и публикуются на официальных интернет-ресурсах государственных органов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Основанием для назначения особого порядка проведения проверок является полугодовой график, утвержденный регулирующим государственным органом или местным исполнительным органом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В срок до 15 ноября года, предшествующего году проведения проверок, и до 15 апреля текущего календарного года регулирующие государственные органы и местные исполнительные органы направляют проекты полугодовых графиков проведения проверок для согласования в уполномоченный орган по правовой статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При установлении в проектах полугодовых графиков проверок одних и тех же проверяемых субъектов (объектов) проекты графиков возвращаются уполномоченным органом по правовой статистике и специальным учетам регулирующим государственным органам и местным исполнительным органам для исключения таких субъектов (объектов) из графиков проведения проверок либо корректировки сроков их проведения с учетом требований настоящей статьи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В срок до 10 декабря года, предшествующего году проведения проверок, и до 10 мая текущего календарного года регулирующие государственные органы и местные исполнительные органы направляют утвержденные полугодовые графики проведения проверок в уполномоченный орган по правовой статистике и специальным учетам для формирования Генеральной прокуратурой Республики Казахстан полугодового сводного графика проведения проверок.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Форма представления полугодовых графиков проведения проверок определяется Генеральной прокуратурой Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Внесение изменений и дополнений в полугодовые графики проведения проверок не допускается.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Генеральная прокуратура Республики Казахстан размещает полугодовой сводный график проведения проверок на официальном интернет-ресурсе Генеральной прокуратуры Республики Казахстан в срок до 25 декабря текущего календарного года и до 25 мая текущего календарного года.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="123" w:name="z108"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Ко второй группе относятся проверяемые субъекты (объекты), в отношении которых проводятся выборочные, внеплановые проверки и иные формы контроля и надзора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Для проведения выборочной проверки органы контроля и надзора проводят анализ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) отчетности, представляемой субъектами частного предпринимательства;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) результатов внеплановых проверок и иных форм контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) иной информации.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Регулирующие государственные органы разрабатывают и совместно с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>дәрежесін бағалау критерийлеріне қатысты актілерді әзірлейді және кәсіпкерлік жөніндегі уәкілетті органмен бірлесіп </w:t>
-[...194 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>уполномоченным органом по предпринимательству </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId94" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>утверждают</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> акты, касающиеся критериев оценки степени риска для отбора проверяемых субъектов (объектов) при проведении выборочной проверки, которые публикуются на официальных интернет-ресурсах государственных органов, за исключением случаев, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId95" w:anchor="z6426" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О налогах и других обязательных платежах в бюджет» (Налоговый кодекс).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="124" w:name="z109"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Методика формирования государственными органами (за исключением Национального Банка Республики Казахстан) системы оценки рисков </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId96" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>утверждается</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> уполномоченным органом по предпринимательству.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Формирование системы оценки степени риска органов государственных доходов, использующих информационные системы, осуществляется в порядке, установленном Методикой формирования государственными органами системы оценки степени риска с учетом специфики и конфиденциальности критериев оценки степени рисков, предусмотренной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId97" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О налогах и других обязательных платежах в бюджет» (Налоговый кодекс).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="125" w:name="z110"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. К третьей группе относятся проверяемые субъекты (объекты), в отношении которых проводятся внеплановые проверки по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId98" w:anchor="z200" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 16 настоящего Закона, и иные формы контроля и надзора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="126" w:name="z111"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. К четвертой группе относятся проверяемые субъекты (объекты), в отношении которых проводятся только иные формы контроля и надзора без проведения проверок.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="127" w:name="z112"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Отнесение сфер деятельности субъектов частного предпринимательства, в которых осуществляются контроль и надзор, по группам, указанным в пунктах 2, 3, 5 и 6 настоящей статьи, осуществляется с учетом оценки рисков для каждой сферы контроля и надзора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="128" w:name="z140"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Проверяемые субъекты (объекты), отнесенные ко второй группе, могут быть переведены в третью группу в случаях и порядке, которые установлены законами Республики Казахстан, если такие проверяемые субъекты заключили договоры страхования гражданско-правовой ответственности перед третьими лицами.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 13-бап жаңа редакцияда - ҚР 29.12.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>Сноска. Статья 13 в редакции Закона РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId99" w:anchor="z2817" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (01.01.2015 бастап қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 03.12.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 01.01.2015); с изменениями, внесенными Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 03.12.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId100" w:anchor="z691" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 432-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+        <w:t> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId101" w:anchor="z743" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вводится</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>14-бап. Ведомстволық есепке алу</w:t>
+        <w:t>Статья 14. Ведомственный учет</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...70 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Регулирующие государственные органы разрабатывают и утверждают акты, касающиеся форм обязательной ведомственной отчетности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Формы обязательной ведомственной отчетности по вопросам проверок проверяемых субъектов (объектов) и иных форм контроля и надзора с посещением утверждаются совместным актом руководителей регулирующего государственного органа, уполномоченного органа по предпринимательству и уполномоченного органа по правовой статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="129" w:name="z141"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Органы контроля и надзора на постоянной и непрерывной основе обязаны вести ведомственный учет количества проверок проверяемых субъектов (объектов) и иных форм контроля и надзора с посещением, а также выявленных нарушений в соответствии с проверочными листами и принятых к ним мер административного воздействия.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Сводные данные ведомственной отчетности ежемесячно публикуются на официальных интернет-ресурсах центральных и местных исполнительных органов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>органдары жүзеге асыратын тексерулер бойынша ведомстволық есептіліктің жиынтық деректері реттеуші мемлекеттік органның ресми интернет-ресурсында тоқсан сайын жарияланады.</w:t>
-[...36 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>      Сводные данные ведомственной отчетности по проверкам, осуществляемым органами государственных доходов в соответствии с налоговым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId102" w:anchor="z6441" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, публикуются на официальном интернет-ресурсе регулирующего государственного органа ежеквартально.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="130" w:name="z142"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. По иным формам государственного контроля, осуществляемым в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId103" w:anchor="z4180" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О налогах и других обязательных платежах в бюджет» (Налоговый кодекс), ведомственный учет не ведется.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 14-бап жаңа редакцияда - ҚР 29.12.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>Сноска. Статья 14 в редакции Закона РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId104" w:anchor="z2817" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (01.01.2015 бастап қолданысқа енгізіледі).</w:t>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>15-бап. Тексеру парақтары</w:t>
+        <w:t>Статья 15. Проверочные листы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...106 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Для однородных групп проверяемых субъектов (объектов) регулирующие государственные органы в пределах своей компетенции утверждают проверочные листы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Формы проверочных листов </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId105" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>утверждаются</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> совместным актом регулирующих государственных органов и уполномоченного органа по предпринимательству и публикуются на официальных интернет-ресурсах государственных органов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="131" w:name="z143"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Проверочный лист включает в себя только те требования к деятельности проверяемых субъектов, несоблюдение которых влечет за собой угрозу жизни и здоровью человека, окружающей среде, законным интересам физических и юридических лиц, государства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="132" w:name="z144"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Проверке подлежат требования, установленные в проверочных листах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 15-бап жаңа редакцияда - ҚР 29.12.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>Сноска. Статья 15 в редакции Закона РК от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId106" w:anchor="z2817" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (01.01.2015 бастап қолданысқа енгізіледі).</w:t>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>16-бап. Тексеру түрлері</w:t>
+        <w:t>Статья 16. Виды проверок</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...95 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Проверки делятся на следующие виды:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) проверки, проводимые по особому порядку на основе степени риска;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) выборочные;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) внеплановые.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Проверка, проводимая по особому порядку, – проверка, назначаемая органом контроля и надзора на основе оценки степени риска в отношении конкретного проверяемого субъекта (объекта) с целью предупреждения и (или) устранения непосредственной угрозы жизни и здоровью человека, окружающей среде, законным интересам физических и юридических лиц, государства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Выборочная проверка – проверка, назначаемая органом контроля и надзора в отношении конкретного проверяемого субъекта (объекта) на основе оценки степени риска, по результатам анализа отчетности, результатов иных форм контроля с целью предупреждения и (или) устранения непосредственной угрозы жизни и здоровью человека, окружающей среде, законным интересам физических и юридических лиц, государства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Внеплановая проверка – проверка, назначаемая органом контроля и надзора по конкретным фактам и обстоятельствам, послужившим основанием назначения проверки, в отношении конкретного проверяемого субъекта (объекта), с целью предупреждения и (или) устранения непосредственной угрозы жизни и здоровью человека, окружающей среде, законным интересам физических и юридических лиц, государства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="133" w:name="z179"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      2. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Алып тасталды - ҚР 29.12.2014</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71" w:anchor="z1959" w:history="1">
-        <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId107" w:anchor="z2873" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңымен.</w:t>
-[...60 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="134" w:name="z181"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. По объему проверки подразделяются на:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) комплексные;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) тематические.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Кешенді тексеру – тексерілетін субъектінің (объектінің) қызметін осы Заңның 5-бабына сәйкес Қазақстан Республикасының заңнамасында белгіленген талаптарды сақтау мәселелерінің кешені бойынша тексеру.</w:t>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>      Комплексная проверка – проверка деятельности проверяемого субъекта (объекта) по комплексу вопросов соблюдения требований, установленных законодательством Республики Казахстан, в соответствии со статьей 5 настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Тематическая проверка – проверка деятельности проверяемого субъекта (объекта) по отдельным вопросам соблюдения требований, установленных законодательством Республики Казахстан, в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId108" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="135" w:name="z196"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      4. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Алып тасталды - ҚР 29.12.2014</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Исключен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72" w:anchor="z1965" w:history="1">
-        <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId109" w:anchor="z2880" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңымен.</w:t>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="136" w:name="z197"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      5. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Алып тасталды - ҚР 29.12.2014</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Исключен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73" w:anchor="z1965" w:history="1">
-        <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId110" w:anchor="z2880" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңымен.</w:t>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="137" w:name="z199"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Алып тасталды - ҚР 29.12.2014</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Исключен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74" w:anchor="z1965" w:history="1">
-        <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId111" w:anchor="z2880" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңымен.</w:t>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="138" w:name="z532"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      6-1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Алып тасталды - ҚР 29.12.2014</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Исключен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75" w:anchor="z1965" w:history="1">
-        <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId112" w:anchor="z2880" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңымен.</w:t>
-[...169 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="139" w:name="z200"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Основаниями внеплановой проверки проверяемых субъектов являются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="140" w:name="z201"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) контроль исполнения предписаний (постановлений, представлений, уведомлений) об устранении выявленных нарушений в результате проверки и по результатам иных форм контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="141" w:name="z202"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) обращения физических и юридических лиц по конкретным фактам о возникновении угрозы причинения вреда жизни, здоровью человека, окружающей среде и законным интересам физических и юридических лиц, государства, за исключением обращений физических и юридических лиц (потребителей), права которых нарушены, и обращений государственных органов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2-1) обращения физических и юридических лиц по конкретным фактам о причинении вреда жизни, здоровью человека, окружающей среде и законным интересам физических и юридических лиц, государства, за исключением обращений физических и юридических лиц (потребителей), права которых нарушены, и обращений государственных органов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2-2) обращения физических и юридических лиц (потребителей), права которых нарушены;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2-3) поручения органов прокуратуры по конкретным фактам причинения либо угрозы причинения вреда жизни, здоровью человека, окружающей среде и законным интересам физических и юридических лиц, государства;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2-4) обращения государственных органов по конкретным фактам причинения либо угрозы причинения вреда жизни, здоровью человека, окружающей среде и законным интересам физических и юридических лиц, государства;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="142" w:name="z203"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) встречная проверка в отношении третьих лиц, с которыми проверяемый субъект имел гражданско-правовые отношения, с целью получения необходимой для осуществления проверки информации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="143" w:name="z204"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 29.12.2014</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> исключен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76" w:anchor="z1971" w:history="1">
-        <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId113" w:anchor="z2889" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңымен;</w:t>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="144" w:name="z205"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      5) </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 29.12.2014</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>исключен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77" w:anchor="z1971" w:history="1">
-        <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId114" w:anchor="z2889" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңымен;</w:t>
-[...98 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="145" w:name="z206"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) повторная проверка, связанная с обращением проверяемого субъекта о несогласии с первоначальной проверкой;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="146" w:name="z207"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) поручение органа уголовного преследования по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId115" w:anchor="z2168" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Уголовно-процессуальным кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="147" w:name="z208"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) обращения налогоплательщика, сведения и вопросы, определенные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId116" w:anchor="z6443" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 627</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Налогового кодекса Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="148" w:name="z171"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>кодексінің </w:t>
-[...304 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>      9) подача проверяемым субъектом уведомления о начале осуществления деятельности или определенных действий в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId117" w:anchor="z160" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «Об административных процедурах»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="149" w:name="z150"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) результаты отбора и санитарно-эпидемиологической экспертизы продукции в случаях выявления нарушений требований законодательства Республики Казахстан в сфере санитарно-эпидемиологического благополучия населения, гигиенических нормативов и технических регламентов, представляющих опасность для жизни, здоровья человека и среды его обитания.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="150" w:name="z209"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Внеплановые проверки не проводятся в случаях анонимных обращений.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="151" w:name="z210"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9. Внеплановой проверке подлежат факты и обстоятельства, выявленные в отношении конкретных субъектов частного предпринимательства и послужившие основанием для назначения данной внеплановой проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="152" w:name="z211"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10. В случаях возникновения или угрозы возникновения распространения эпидемии, очагов карантинных объектов и особо опасных вредных организмов, инфекционных, паразитарных заболеваний, отравлений, радиационных аварий проводится внеплановая проверка объектов без предварительного уведомления и регистрации акта о назначении проверки с последующим его представлением в течение следующего рабочего дня в уполномоченный орган по правовой статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="153" w:name="z172"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10-1. Внеплановые проверки по вопросам производства (формуляции), транспортировки, хранения, реализации и применения фальсифицированных пестицидов (ядохимикатов), а также производства, закупки, транспортировки, хранения, реализации фальсифицированных лекарственных средств, изделий медицинского назначения и медицинской техники проводятся без предварительного уведомления проверяемого субъекта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="154" w:name="z212"/>
+      <w:bookmarkEnd w:id="154"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11. В случае выявления оснований для проведения внеплановой проверки на объектах или у субъектов, находящихся на значительном отдалении от места расположения органов контроля и надзора и уполномоченного органа по правовой статистике и специальным учетам, внеплановая проверка осуществляется без предварительного уведомления и регистрации акта о назначении проверки с последующим его представлением в течение следующих пяти рабочих дней в уполномоченный орган по правовой статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="155" w:name="z502"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Значительным отдалением от места расположения контролирующих и регистрирующих органов считается расстояние, превышающее сто километров от места регистрации акта о назначении проверки до места ее проведения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="156" w:name="z213"/>
+      <w:bookmarkEnd w:id="156"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12. Перечисленные основания для проведения плановой и внеплановой проверки применяются в отношении структурных подразделений государственных органов, юридических лиц, структурных подразделений юридических лиц-нерезидентов, юридических лиц-нерезидентов, осуществляющих деятельность без регистрации в органах юстиции.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="157" w:name="z214"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13. Запрещается проведение иных видов проверок, не установленных настоящим Законом, за исключением проверок, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId118" w:anchor="z6441" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Налоговым кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 16-бапқа өзгерістер енгізілді - ҚР 2011.07.05 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>Сноска. Статья 16 с изменениями, внесенными законами РК от 05.07.2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId119" w:anchor="z916" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (2011.10.13 бастап қолданысқа енгізіледі), 2012.04.27 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 13.10.2011); от 21.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId120" w:anchor="z114" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 19-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.06.21 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие с 01.01.2013); от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId121" w:anchor="z679" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(2013.01.01 бастап қолданысқа енгізіледі), 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId122" w:anchor="z717" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (қолданысқа енгізілу тәртібін </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>); от 26.12.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId123" w:anchor="z3159" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 61-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қараңыз), 2012.12.26 </w:t>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие с 01.01.2013); Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId124" w:anchor="z357" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 121-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(2013.01.01 бастап қолданысқа енгізіледі) Заңдарымен; 03.07.2013 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 07.11.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId125" w:anchor="z395" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 248-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Конституциялық заңымен; 07.11.2014 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 16.05.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:lastRenderedPageBreak/>
+        <w:t>от 16.05.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId126" w:anchor="z504" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 203-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа енгізіледі); 04.07.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 04.07.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId127" w:anchor="z224" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 233-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі); 29.12.2014</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 01.01.2015); от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92" w:anchor="z1959" w:history="1">
-        <w:r w:rsidRPr="003C4CEC">
+      <w:hyperlink r:id="rId128" w:anchor="z2864" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі); 29.10.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 01.01.2015); от 29.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId129" w:anchor="z572" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 376-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>17-бап. Тексерулерді тағайындау туралы акт</w:t>
+        <w:t>Статья 17. Акт о назначении проверок</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...139 lines deleted...]
-        <w:br/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Проверка проводится на основании акта о назначении проверки государственным органом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="158" w:name="z217"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. В акте о назначении проверки указываются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="159" w:name="z218"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) номер и дата акта;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="160" w:name="z219"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) наименование государственного органа;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="161" w:name="z220"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) фамилия, имя, отчество (при его наличии) и должность лица (лиц), уполномоченного на проведение проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="162" w:name="z221"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) сведения о специалистах, консультантах и экспертах, привлекаемых для проведения проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="163" w:name="z222"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>РҚАО-ның ескертпесі!</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      2013 жылғы 1 қаңтарға дейін осы Заңның 2-тармағының 5) тармақшасындағы «сәйкестендіру нөмірі» деген сөздер «салық төлеушінің тіркеу нөмірі» деп есептелсін (</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>      До 1 января 2013 года в подпункте 5) слова "идентификационный номер" считать словами "регистрационный номер налогоплательщика" (см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId130" w:anchor="z379" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст.31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> қараңыз).</w:t>
-[...204 lines deleted...]
-        <w:t>      11) актіге қол қоюға уәкілетті адамның қолы және мемлекеттік органның мөрі көрсетіледі.</w:t>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) наименование проверяемого субъекта или фамилия, имя, отчество (при его наличии) физического лица, в отношении которого назначено проведение проверки, его место нахождения, идентификационный номер, участок территории.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="164" w:name="z223"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В случае проверки филиала и (или) представительства юридического лица в акте о назначении проверки указываются его наименование и место нахождения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="165" w:name="z224"/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) предмет назначенной проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="166" w:name="z225"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) срок проведения проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="167" w:name="z226"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) правовые основания проведения проверки, в том числе нормативные правовые акты, обязательные требования которых подлежат проверке;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="168" w:name="z227"/>
+      <w:bookmarkEnd w:id="168"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) проверяемый период;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="169" w:name="z228"/>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) права и обязанности проверяемого субъекта, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId131" w:anchor="z335" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 27</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="170" w:name="z229"/>
+      <w:bookmarkEnd w:id="170"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) подпись лица, уполномоченного подписывать акты, и печать государственного органа.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>18-бап. Тексеруді тағайындау туралы актіні тіркеу</w:t>
+        <w:t>Статья 18. Регистрация акта о назначении проверки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Акт о назначении проверки, за исключением внеплановых проверок по соблюдению требований в области безопасности и охраны труда государственной инспекции труда в случае возникновения угрозы жизни и здоровью работников, встречных проверок, осуществляемых органами государственных доходов в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId132" w:anchor="z6481" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Налоговым кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, в обязательном порядке регистрируется в уполномоченном органе по правовой статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Регистрация акта о назначении проверок носит учетный характер и используется для формирования и совершенствования ведомственных систем управления рисками.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Наличие регистрации акта о назначении проверки не является доказательством законности такой проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      Общие сведения об актах о назначении внеплановых проверок по соблюдению требований в области безопасности и охраны труда государственной инспекции труда в случае возникновения угрозы жизни и здоровью работников, встречных проверок, осуществляемых органами государственных доходов, в разрезе субъектов частного предпринимательства ежеквартально передаются в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>заңдылығына дәлел болып табылмайды.</w:t>
-[...98 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>уполномоченный орган по правовой статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="171" w:name="z235"/>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Акт о назначении проверки органом контроля и надзора регистрируется до начала проверки в уполномоченном органе по правовой статистике и специальным учетам путем его представления территориальному подразделению уполномоченного органа по правовой статистике и специальным учетам по месту нахождения проверяемого субъекта, в том числе в электронном формате.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="172" w:name="z236"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Порядок регистрации актов о назначении проверки, уведомлений о приостановлении, возобновлении, продлении сроков проверки, об изменении состава участников и представлении информационных учетных документов о проверке и ее результатах </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId133" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>определяется</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Генеральной прокуратурой Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="173" w:name="z237"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. В случае, когда необходимость проверки вызвана сложившейся социально-экономической ситуацией, требующей немедленного устранения угрозы общественному порядку, здоровью населения и национальным интересам Республики Казахстан, а также при проведении проверки во внеурочное время (ночное, выходные или праздничные дни) в силу необходимости пресечения нарушений непосредственно в момент их совершения и проведения неотложных действий для закрепления доказательств, регистрация актов о назначении проверок производится в уполномоченном органе по правовой статистике и специальным учетам в течение следующего рабочего дня после начала проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 18-бапқа өзгерістер енгізілді - ҚР 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Сноска. Статья 18 с изменениями, внесенными законами РК от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId134" w:anchor="z682" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 27.06.2014 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 27.06.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId135" w:anchor="z614" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 212-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 07.11.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 07.11.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId136" w:anchor="z396" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 248-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>19-бап. Тексеруді жүргізу тәртібі</w:t>
+        <w:t>Статья 19. Порядок проведения проверки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Орган контроля и надзора обязан известить в письменном виде проверяемого субъекта о начале проведения проверки по особому порядку проведения проверок на основе оценки степени риска, выборочной проверки не менее чем за тридцать календарных дней до начала самой проверки с указанием сроков и предмета проведения проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При проведении внеплановой проверки, за исключением случаев, предусмотренных подпунктами 2), 3), 7) и 8) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId137" w:anchor="z200" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId138" w:anchor="z211" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктами 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId139" w:anchor="z172" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>10-1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 16 настоящего Закона, орган контроля и надзора обязан известить проверяемый субъект о начале проведения внеплановой проверки не менее чем за сутки до начала самой проверки с указанием предмета проведения проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="174" w:name="z145"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1. Проверки по особому порядку проведения проверок на основе оценки степени риска, выборочные и внеплановые проверки осуществляются в рабочее время проверяемого субъекта (объекта), установленное правилами внутреннего трудового распорядка, если иное не установлено частью второй настоящего пункта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Внеплановая проверка может проводиться во внеурочное время (ночное, выходные или праздничные дни) в случаях необходимости пресечения нарушений непосредственно в момент их совершения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="175" w:name="z241"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Должностные лица государственных органов, прибывшие для проверки на объект, обязаны предъявить:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="176" w:name="z242"/>
+      <w:bookmarkEnd w:id="176"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) акт о назначении проверки с отметкой о регистрации в уполномоченном органе по правовой статистике и специальным учетам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="177" w:name="z243"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) служебное удостоверение;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="178" w:name="z244"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>уақытында жүзеге асырылады.</w:t>
-[...337 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>      3) при необходимости разрешение компетентного органа на посещение режимных объектов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="179" w:name="z245"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) медицинский допуск, наличие которого необходимо для посещения объектов, выданный в порядке, установленном уполномоченным органом в области здравоохранения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="180" w:name="z246"/>
+      <w:bookmarkEnd w:id="180"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) проверочный лист.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="181" w:name="z247"/>
+      <w:bookmarkEnd w:id="181"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Началом проведения проверки считается дата вручения проверяемому субъекту акта о назначении проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="182" w:name="z248"/>
+      <w:bookmarkEnd w:id="182"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. В случае отказа в принятии акта о назначении проверки или воспрепятствования доступу должностного лица органа контроля и надзора, осуществляющего проверку, к материалам, необходимым для проведения проверки, составляется протокол. Протокол подписывается должностным лицом органа контроля и надзора, осуществляющим проверку, и уполномоченным лицом проверяемого субъекта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="183" w:name="z249"/>
+      <w:bookmarkEnd w:id="183"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уполномоченное лицо проверяемого субъекта вправе отказаться от подписания протокола, дав письменное объяснение о причине отказа. Отказ от получения акта о назначении проверки не является основанием для отмены проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="184" w:name="z250"/>
+      <w:bookmarkEnd w:id="184"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Проверка может проводиться только тем должностным лицом (лицами), которое указано в акте о назначении проверки. При этом состав должностных лиц, проводящих проверку, может изменяться по решению органа контроля и надзора, о чем уведомляются проверяемый субъект и орган по правовой статистике и специальным учетам до начала участия в проверке лиц, не указанных в акте о назначении проверки, с указанием причины замены.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="185" w:name="z146"/>
+      <w:bookmarkEnd w:id="185"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. При необходимости одновременного проведения проверки проверяемого субъекта (объекта) несколькими органами контроля и надзора каждый из данных органов обязан оформить акт о назначении проверки и зарегистрировать его в уполномоченном органе по правовой статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При необходимости одновременного проведения проверки нескольких проверяемых субъектов (объектов) по одному и тому же кругу вопросов одним органом контроля и надзора данный орган обязан оформить акт о назначении проверки на каждого проверяемого субъекта (объекта) и зарегистрировать его в уполномоченном органе по правовой статистике и специальным учетам, за исключением налоговой проверки, проводимой по вопросам:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) постановки на регистрационный учет в налоговых органах;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) наличия контрольно-кассовых машин;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) наличия и подлинности акцизных и учетно-контрольных марок;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) наличия и подлинности сопроводительных накладных на алкогольную продукцию, нефтепродукты и биотопливо;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) наличия лицензии;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) наличия оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 19-бапқа өзгеріс енгізілді - ҚР 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Сноска. Статья 19 с изменениями, внесенными законами РК от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId140" w:anchor="z685" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 29.12.2014</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101" w:anchor="z1972" w:history="1">
-        <w:r w:rsidRPr="003C4CEC">
+      <w:hyperlink r:id="rId141" w:anchor="z2890" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>20-бап. Тексеру жүргізу мерзімі</w:t>
+        <w:t>Статья 20. Срок проведения проверки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...154 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Срок проведения проверки устанавливается с учетом объема предстоящих работ, а также поставленных задач и не должен превышать для субъектов микропредпринимательства – пять рабочих дней, для субъектов малого, среднего и крупного предпринимательства, а также для проверяемых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Тексерілетін субъектіні тексеруді тоқтата тұру не қайта бастау туралы хабардар ету құқықтық статистика және арнайы есепке алу жөніндегі уәкілетті органды хабардар ете отырып, тексеруді тоқтата тұруға не қайта бастауға дейін бір күн бұрын жүргізіледі.</w:t>
-[...61 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>субъектов, не являющихся субъектами частного предпринимательства, – тридцать рабочих дней, за исключением отдельных случаев при проведении налоговой проверки, предусмотренных налоговым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId142" w:anchor="z6512" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, а также проверок, проводимых в области санитарно-эпидемиологического контроля, ветеринарии, карантина и защиты растений, семеноводства, зернового и хлопкового рынка, соблюдения трудового законодательства Республики Казахстан в части безопасности и охраны труда на строительных объектах, для которых с учетом отраслевой особенности установлены следующие сроки проведения проверок:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) проверки в области санитарно-эпидемиологического контроля – до пятнадцати рабочих дней и с продлением до пятнадцати рабочих дней;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) в области ветеринарии, карантина и защиты растений, семеноводства, зернового и хлопкового рынка – не более пяти рабочих дней и с продлением до пяти рабочих дней;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) в области соблюдения трудового законодательства Республики Казахстан в части безопасности и охраны труда на строительных объектах с учетом их технической сложности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      относящихся к технически сложным объектам – не более пяти рабочих дней и с продлением до пяти рабочих дней;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      не относящихся к технически сложным объектам – не более 4 часов рабочего дня и с продлением до 8 часов рабочего дня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="186" w:name="z255"/>
+      <w:bookmarkEnd w:id="186"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При необходимости проведения специальных исследований, испытаний, экспертиз, а также в связи со значительным объемом проверки срок проведения проверки может быть продлен только один раз руководителем органа контроля и надзора (либо лицом, его замещающим) на срок не более тридцати рабочих дней, за исключением отдельных случаев при проведении налоговой проверки, предусмотренных налоговым </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId143" w:anchor="z6514" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, и случаев, предусмотренных настоящим пунктом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="187" w:name="z256"/>
+      <w:bookmarkEnd w:id="187"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В случае продления сроков проверки государственный орган в обязательном порядке оформляет дополнительный акт о продлении проверки с регистрацией в уполномоченном органе по правовой статистике и специальным учетам, в котором указываются номер и дата регистрации предыдущего акта о назначении проверки и причина продления.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="188" w:name="z257"/>
+      <w:bookmarkEnd w:id="188"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Проверка может быть приостановлена один раз на срок не более одного месяца.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="189" w:name="z258"/>
+      <w:bookmarkEnd w:id="189"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В случаях необходимости получения сведений и документов от иностранных государств, имеющих существенное значение в рамках проводимой проверки, проведения специальных исследований, испытаний, экспертиз на сроки свыше указанных настоящей статьей, срок проведения проверки приостанавливается до их получения либо выполнения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="190" w:name="z259"/>
+      <w:bookmarkEnd w:id="190"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уведомление проверяемого субъекта о приостановлении либо возобновлении проверки производится за один день до приостановления либо возобновления проверки с уведомлением уполномоченного органа по правовой статистике и специальным учетам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="191" w:name="z260"/>
+      <w:bookmarkEnd w:id="191"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При приостановлении или возобновлении проверки выносится акт о приостановлении либо возобновлении проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="192" w:name="z261"/>
+      <w:bookmarkEnd w:id="192"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Исчисление срока проведения приостановленной проверки продолжается со дня ее возобновления.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="193" w:name="z262"/>
+      <w:bookmarkEnd w:id="193"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Повторное проведение проверки проверяемого субъекта, по которому проверка была приостановлена и не возобновлена в установленные в настоящей статье сроки, не допускается.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="194" w:name="z263"/>
+      <w:bookmarkEnd w:id="194"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Особенности порядка и сроки проведения, продления и приостановления проверок, осуществляемых органами государственных доходов, определяются </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId144" w:anchor="z6504" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Налоговым кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 20-бапқа өзгеріс енгізілді - ҚР 07.11.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>      Сноска. Статья 20 с изменениями, внесенными законами РК от 07.11.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId145" w:anchor="z397" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 248-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.12.2014</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId104" w:anchor="z1981" w:history="1">
-        <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId146" w:anchor="z2908" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>21-бап. Сараптау (талдау, сынақтан өткізу) үшін өнімдердің</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Статья 21. Порядок отбора образцов продукции для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>үлгілерін іріктеу тәртібі</w:t>
+        <w:t>экспертизы (анализа, испытания)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...179 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Отбор образцов продукции для проведения контроля и надзора, в том числе количество отбираемых образцов, определяется в соответствии с требованиями нормативных правовых актов и нормативных документов Республики Казахстан на продукцию и методы испытаний продукции.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="195" w:name="z266"/>
+      <w:bookmarkEnd w:id="195"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Отбор образцов продукции производится должностным лицом органа контроля и надзора в присутствии руководителя или представителя проверяемого субъекта и уполномоченного лица проверяемого субъекта и удостоверяется актом отбора образцов продукции.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="196" w:name="z267"/>
+      <w:bookmarkEnd w:id="196"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Отобранные образцы продукции должны быть укомплектованы, упакованы и опломбированы (опечатаны).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="197" w:name="z268"/>
+      <w:bookmarkEnd w:id="197"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Акт отбора образцов продукции составляется в трех экземплярах. Все экземпляры акта подписываются должностным лицом, отобравшим образцы продукции, и руководителем либо представителем проверяемого субъекта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="198" w:name="z269"/>
+      <w:bookmarkEnd w:id="198"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Один экземпляр акта отбора вместе с направлением и образцами продукции, отобранными должным образом, направляется в организацию, уполномоченную законодательством Республики Казахстан для проведения экспертизы (анализа, испытания).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="199" w:name="z270"/>
+      <w:bookmarkEnd w:id="199"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Второй экземпляр акта отбора образцов продукции остается у проверяемого субъекта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="200" w:name="z271"/>
+      <w:bookmarkEnd w:id="200"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Третий экземпляр акта отбора образцов продукции хранится у должностного лица органа контроля и надзора, осуществившего отбор образцов продукции.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="201" w:name="z272"/>
+      <w:bookmarkEnd w:id="201"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Условия хранения и транспортировки отобранных образцов продукции не должны изменять параметров, по которым будет проводиться экспертиза (анализ, испытание) этих образцов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="202" w:name="z273"/>
+      <w:bookmarkEnd w:id="202"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Должностное лицо органа контроля и надзора, отбирающее образцы продукции для экспертизы (анализа, испытания), обеспечивает их сохранность и своевременность доставки к месту осуществления экспертизы (анализа, испытания).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="203" w:name="z274"/>
+      <w:bookmarkEnd w:id="203"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Расходы, связанные с отбором образцов продукции, финансируются за счет бюджетных средств.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="204" w:name="z275"/>
+      <w:bookmarkEnd w:id="204"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. В случае подтверждения результатами экспертизы факта нарушения проверяемым субъектом обязательных требований, установленных законодательством Республики Казахстан в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId147" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, он обязан возместить расходы по проведению экспертизы в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="205" w:name="z276"/>
+      <w:bookmarkEnd w:id="205"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Проверяемый субъект по своей инициативе может провести экспертизу (анализ, испытание) образца, оставшегося у него, в организации, уполномоченной в соответствии с законодательством Республики Казахстан на проведение экспертизы (анализа, испытания).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="206" w:name="z277"/>
+      <w:bookmarkEnd w:id="206"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Спор о расхождении результатов экспертизы (анализа, испытания), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      6. Сараптама нәтижелерімен тексерілетін субъектінің осы Заңның </w:t>
-[...60 lines deleted...]
-        <w:t>      Бақылау және қадағалау органы және тексерілетін субъект жүргізген сараптамалар нәтижелерінің алшақтықтары туралы дау сот тәртібімен шешіледі.</w:t>
+        <w:t>проведенный органом контроля и надзора и проверяемым субъектом, решается в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>22-бап. Өнімдердің үлгілерін іріктеу актісі</w:t>
+        <w:t>Статья 22. Акт отбора образцов продукции</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...176 lines deleted...]
-        <w:t>      7) буып-түю түрі және мөрдің (пломбының) нөмірі көрсетіледі.</w:t>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В акте отбора образцов продукции указываются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="207" w:name="z280"/>
+      <w:bookmarkEnd w:id="207"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) место и дата составления;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="208" w:name="z281"/>
+      <w:bookmarkEnd w:id="208"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) номер и дата решения руководителя органа контроля и надзора, на основании которого осуществляется отбор образцов продукции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="209" w:name="z282"/>
+      <w:bookmarkEnd w:id="209"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) должности, фамилии, имена и отчества должностных лиц, осуществляющих отбор образцов продукции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="210" w:name="z283"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) наименование и место нахождения проверяемого субъекта, у которого производится отбор образцов продукции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="211" w:name="z284"/>
+      <w:bookmarkEnd w:id="211"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) должность и фамилия, имя, отчество уполномоченного лица проверяемого субъекта;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="212" w:name="z285"/>
+      <w:bookmarkEnd w:id="212"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) перечень и количество отобранных образцов продукции с указанием производителя, даты производства, серии (номера) партии, общей стоимости образцов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="213" w:name="z286"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) вид упаковки и номер печати (пломбы).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>23-бап. Тексеру жүргізу кезіндегі шектеулер</w:t>
+        <w:t>Статья 23. Ограничения при проведении проверки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...120 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При проведении проверки должностные лица органа контроля и надзора не вправе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="214" w:name="z289"/>
+      <w:bookmarkEnd w:id="214"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) проверять выполнение требований, не установленных в проверочных листах данного органа контроля и надзора, а также если такие требования не относятся к компетенции государственного органа, от имени которого действуют эти должностные лица;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="215" w:name="z290"/>
+      <w:bookmarkEnd w:id="215"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) требовать предоставления документов, информации, образцов продукции, проб обследования объектов окружающей среды и объектов производственной среды, если они не являются объектами проверки или не относятся к предмету проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="216" w:name="z291"/>
+      <w:bookmarkEnd w:id="216"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) отбирать образцы продукции, пробы обследования объектов окружающей среды и объектов производственной среды для проведения их исследований, испытаний, измерений без оформления протоколов об отборе указанных образцов, проб по установленной форме и (или) в количестве, превышающем нормы, установленные национальными стандартами, правилами отбора образцов, проб и методами их исследований, испытаний, измерений, техническими регламентами или действующими до дня их вступления в силу иными нормативными техническими документами, правилами и методами исследований, испытаний, измерений;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="217" w:name="z292"/>
+      <w:bookmarkEnd w:id="217"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) разглашать и (или) распространять информацию, полученную в результате проведения проверки и составляющую </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId148" w:anchor="z273" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>коммерческую</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107" w:anchor="z4563" w:history="1">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:hyperlink r:id="rId149" w:anchor="z5491" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>налоговую</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> или иную охраняемую законом тайну, за исключением случаев, предусмотренных законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="218" w:name="z293"/>
+      <w:bookmarkEnd w:id="218"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) превышать установленные сроки проведения проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="219" w:name="z294"/>
+      <w:bookmarkEnd w:id="219"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) проводить проверку проверяемого субъекта (объекта), в отношении которого ранее проводилась проверка его вышестоящим (нижестоящим) органом либо иным государственным органом по одному и тому же вопросу за один и тот же период, за исключением случаев, предусмотренных подпунктами 2), 6), 7) и 8) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId150" w:anchor="z200" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 16 настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="220" w:name="z295"/>
+      <w:bookmarkEnd w:id="220"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) проводить мероприятия, носящие затратный характер, в целях государственного контроля за счет проверяемых субъектов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>Сноска. Статья 23 с изменениями, внесенными законами РК от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
-[...53 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:hyperlink r:id="rId151" w:anchor="z229" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 31-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вводится в действие по истечении десяти календарных дней </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      6) осы Заңның 16-бабы 7-тармағының 2), 6), 7) және 8)   тармақшаларында көзделген жағдайларды қоспағанда, сол бір кезеңде сол бір мәселе бойынша оның жоғары тұрған (төмен тұрған) органы не өзге мемлекеттік орган бұрын тексеру жүргізген тексерілетін субъектіге (объектіге) тексеру жүргізуге;</w:t>
-[...37 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>после его первого официального опубликования); от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId152" w:anchor="z2916" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 23-бапқа өзгеріс енгізілді - ҚР 2012.07.10 </w:t>
-[...73 lines deleted...]
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>24-бап. Тексерулерді ресімдеу тәртібі</w:t>
+        <w:t>Статья 24. Порядок оформления проверки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...358 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. По результатам проверки должностным лицом органа контроля и надзора составляется акт о результатах проверки в двух экземплярах.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="221" w:name="z490"/>
+      <w:bookmarkEnd w:id="221"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В акте о результатах проверки указываются:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="222" w:name="z298"/>
+      <w:bookmarkEnd w:id="222"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) дата, время и место составления акта;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="223" w:name="z299"/>
+      <w:bookmarkEnd w:id="223"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) наименование органа контроля и надзора;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="224" w:name="z300"/>
+      <w:bookmarkEnd w:id="224"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) дата и номер акта о назначении проверки, на основании которого проведена проверка;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="225" w:name="z301"/>
+      <w:bookmarkEnd w:id="225"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) фамилия, имя, отчество (при его наличии) и должность лица (лиц), проводившего проверку;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="226" w:name="z302"/>
+      <w:bookmarkEnd w:id="226"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) наименование или фамилия, имя, отчество (при его наличии) проверяемого субъекта, должность представителя физического или юридического лица, присутствовавших при проведении проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="227" w:name="z303"/>
+      <w:bookmarkEnd w:id="227"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) дата, место и период проведения проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="228" w:name="z304"/>
+      <w:bookmarkEnd w:id="228"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) сведения о результатах проверки, в том числе о выявленных нарушениях, об их характере;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="229" w:name="z147"/>
+      <w:bookmarkEnd w:id="229"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7-1) наименование проверочного листа и пункты требований, по которым выявлены нарушения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="230" w:name="z305"/>
+      <w:bookmarkEnd w:id="230"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) сведения об ознакомлении или об отказе в ознакомлении с актом представителя проверяемого субъекта, а также лиц, присутствовавших при проведении проверки, их подписи или отказ от подписи;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="231" w:name="z306"/>
+      <w:bookmarkEnd w:id="231"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) подпись должностного лица (лиц), проводившего проверку.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="232" w:name="z307"/>
+      <w:bookmarkEnd w:id="232"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      К акту о результатах проверки прилагаются при их наличии акты об отборе образцов (проб) продукции, обследовании объектов окружающей среды, протоколы (заключения) проведенных исследований (испытаний) и экспертиз и другие документы или их копии, связанные с результатами проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="233" w:name="z308"/>
+      <w:bookmarkEnd w:id="233"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. В случае наличия замечаний и (или) возражений по результатам проверки руководитель юридического лица или физическое лицо либо их представители излагают их в письменном виде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="234" w:name="z309"/>
+      <w:bookmarkEnd w:id="234"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Замечания и (или) возражения прилагаются к акту о результатах проведения проверки, о чем делается соответствующая отметка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="235" w:name="z310"/>
+      <w:bookmarkEnd w:id="235"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Один экземпляр акта о результатах проверки с копиями приложений, за исключением копий документов, имеющихся в оригинале у проверяемого субъекта, вручается руководителю юридического лица или физическому лицу либо их представителям для ознакомления и принятия мер по устранению выявленных нарушений и других действий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="236" w:name="z311"/>
+      <w:bookmarkEnd w:id="236"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. По выявленным в результате проверки нарушениям, в случае необходимости дополнительных временных и (или) финансовых затрат, проверяемый субъект вправе не позднее трех рабочих дней при отсутствии возражений предоставить информацию о мерах, которые будут приняты по устранению выявленных нарушений, с указанием сроков, которые согласовываются с руководителем органа контроля и надзора, проводившего проверку, если иное не установлено законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="237" w:name="z312"/>
+      <w:bookmarkEnd w:id="237"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Проверяемые субъекты имеют право вести книгу учета посещений и проверок. Должностные лица органов контроля и надзора обязаны в книге учета посещений и проверок проверяемых субъектов произвести запись о проводимых действиях с указанием фамилий, должностей и данных, изложенных в акте.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="238" w:name="z313"/>
+      <w:bookmarkEnd w:id="238"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Изъятие и выемка подлинных бухгалтерских и иных документов запрещаются.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="239" w:name="z314"/>
+      <w:bookmarkEnd w:id="239"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>(немесе) қаржылық шығындар қажет болған жағдайда, қарсылықтар болмаған кезде тексерілетін субъект үш жұмыс күнінен кешіктірмей, тексеруді жүргізген бақылау және қадағалау органының басшысымен келісілетін мерзімдерді көрсете отырып, анықталған бұзушылықтарды жою жөнінде қолданылатын шаралар туралы ақпарат беруге құқылы.</w:t>
-[...159 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>      Изъятие и выемка подлинных документов производятся в соответствии с нормами </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId153" w:anchor="z2113" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Уголовно-процессуального кодекса</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан, а также в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId154" w:anchor="z2760" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="240" w:name="z315"/>
+      <w:bookmarkEnd w:id="240"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. В случае отсутствия нарушений требований, установленных законодательством Республики Казахстан в соответствии со статьей 5 настоящего Закона, при проведении проверки в акте о результатах проверки производится соответствующая запись.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="241" w:name="z316"/>
+      <w:bookmarkEnd w:id="241"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. Завершением срока проверки считается день вручения проверяемому субъекту акта о результатах проверки не позднее срока окончания проверки, указанного в акте о назначении проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 24-бапқа өзгеріс енгізілді - ҚР 2011.07.05 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>Сноска. Статья 24 с изменениями, внесенными законами РК от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId155" w:anchor="z924" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (2011.10.13 бастап қолданысқа енгізіледі); 29.12.2014</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 13.10.2011); от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId113" w:anchor="z1987" w:history="1">
-        <w:r w:rsidRPr="003C4CEC">
+      <w:hyperlink r:id="rId156" w:anchor="z2919" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>25-бап. Бақылау және қадағалау органдарының лауазымды</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Статья 25. Меры, принимаемые должностными лицами органов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>адамдарының тексерулер жүргізу кезінде анықталған</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>контроля и надзора по фактам нарушений,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>бұзушылықтар фактілері бойынша қабылдайтын</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>выявленных при проведении проверки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Если в результате проведения проверки будет выявлен факт нарушений проверяемым субъектом требований, установленных законодательством Республики Казахстан в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId157" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона, должностное лицо (лица) органа контроля и надзора в пределах полномочий, предусмотренных законодательством Республики Казахстан, обязано принять предусмотренные законами Республики Казахстан меры по устранению выявленных нарушений, их предупреждению, предотвращению возможного причинения вреда жизни, здоровью людей и окружающей среде, законным интересам физических и юридических лиц, а также меры по привлечению лиц, допустивших нарушения, к ответственности, установленной законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="242" w:name="z319"/>
+      <w:bookmarkEnd w:id="242"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При принятии мер запретительно-ограничительного характера в отношении проверяемого субъекта орган контроля и надзора в случаях и в порядке, определяемых законами Республики Казахстан, уведомляет прокурора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>шаралары</w:t>
+        <w:t>Статья 26. Права и обязанности должностных лиц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>государственных органов при осуществлении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроля и надзора</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...45 lines deleted...]
-        <w:t>      Тексерілетін субъектіге қатысты тыйым салу-шектеу сипатындағы шаралар қабылдаған кезде бақылау және қадағалау органы Қазақстан Республикасының заңдарында айқындалған жағдайларда және тәртіппен прокурорды хабардар етеді.</w:t>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Должностные лица государственных органов при проведении контроля и надзора за проверяемыми субъектами имеют право:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="243" w:name="z322"/>
+      <w:bookmarkEnd w:id="243"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) беспрепятственного доступа на территорию и в помещения проверяемого объекта при предъявлении документов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId158" w:anchor="z241" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 19 настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="244" w:name="z323"/>
+      <w:bookmarkEnd w:id="244"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) получать документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с задачами и предметом проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="245" w:name="z324"/>
+      <w:bookmarkEnd w:id="245"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) привлекать специалистов, консультантов и экспертов государственных органов и подведомственных организаций.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="246" w:name="z325"/>
+      <w:bookmarkEnd w:id="246"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Должностным лицам органов контроля и надзора, осуществляющим проверку, запрещается предъявлять требования и обращаться с просьбами, не относящимися к предмету проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="247" w:name="z326"/>
+      <w:bookmarkEnd w:id="247"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Должностные лица органов контроля и надзора при проведении контроля и надзора обязаны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="248" w:name="z327"/>
+      <w:bookmarkEnd w:id="248"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) соблюдать законодательство Республики Казахстан, права и законные интересы проверяемых субъектов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="249" w:name="z328"/>
+      <w:bookmarkEnd w:id="249"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) проводить проверки на основании и в строгом соответствии с порядком, установленным настоящим Законом и (или) иными законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="250" w:name="z329"/>
+      <w:bookmarkEnd w:id="250"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) не препятствовать установленному режиму работы проверяемых субъектов в период проведения проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="251" w:name="z330"/>
+      <w:bookmarkEnd w:id="251"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) своевременно и в полной мере исполнять предоставленные в соответствии с законами Республики Казахстан полномочия по предупреждению, выявлению и пресечению нарушений требований, установленных законодательством Республики Казахстан в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId159" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="252" w:name="z331"/>
+      <w:bookmarkEnd w:id="252"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) не препятствовать проверяемому субъекту присутствовать при проведении проверки, давать разъяснения по вопросам, относящимся к предмету проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="253" w:name="z332"/>
+      <w:bookmarkEnd w:id="253"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) предоставлять проверяемому субъекту необходимую информацию, относящуюся к предмету проверки при ее проведении;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="254" w:name="z333"/>
+      <w:bookmarkEnd w:id="254"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) вручить проверяемому субъекту акт о результатах проведенной проверки в день ее окончания либо в порядке и сроки, установленные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId160" w:anchor="z200" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан «О Национальном Банке Республики Казахстан»;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="255" w:name="z334"/>
+      <w:bookmarkEnd w:id="255"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) обеспечить сохранность полученных документов и сведений, полученных в результате проведения проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 26 с изменениями, внесенными Законом РК от 05.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId161" w:anchor="z567" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 30-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>26-бап. Мемлекеттiк органдар лауазымды адамдарының</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Статья 27. Права и обязанности проверяемого субъекта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>бақылауды және қадағалауды жүзеге асыру кезiндегi</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>либо его уполномоченного представителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>құқықтары мен мiндеттерi</w:t>
+        <w:t>при проведении контроля и надзора</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...421 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Заголовок статьи 27 в редакции Закона РК от 29.12.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId162" w:anchor="z2924" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...2 lines deleted...]
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...7 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Проверяемые субъекты либо их уполномоченные представители при проведении контроля и надзора вправе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="256" w:name="z337"/>
+      <w:bookmarkEnd w:id="256"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) не допускать к проверке должностных лиц органов контроля и надзора, прибывших для проведения проверки на объект, в случаях:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="257" w:name="z338"/>
+      <w:bookmarkEnd w:id="257"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      несоблюдения временных интервалов по отношению к предшествующей проверке при назначении плановой проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="258" w:name="z339"/>
+      <w:bookmarkEnd w:id="258"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      превышения либо истечения указанных в акте о назначении проверки сроков, не соответствующих срокам, установленным настоящим Законом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="259" w:name="z340"/>
+      <w:bookmarkEnd w:id="259"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      назначения органом контроля и надзора проверки проверяемого субъекта (объекта), в отношении которого ранее проводилась проверка, по одному и тому же вопросу за один и тот же период, за исключением случаев, предусмотренных подпунктами 2), 6), 7) и 8) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId163" w:anchor="z200" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункта 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 16 настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="260" w:name="z341"/>
+      <w:bookmarkEnd w:id="260"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      назначения внеплановой проверки в соответствии с подпунктом 1) пункта 7 статьи 16 настоящего Закона, если предшествующей проверкой не были выявлены нарушения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="261" w:name="z342"/>
+      <w:bookmarkEnd w:id="261"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      отсутствия информации и документов, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId164" w:anchor="z138" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьями 13</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId165" w:anchor="z160" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>14</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId166" w:anchor="z166" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>15</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и пунктом 1 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId167" w:anchor="z230" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 18</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="262" w:name="z343"/>
+      <w:bookmarkEnd w:id="262"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      назначения проверки за период, выходящий за рамки промежутка времени, указанного в заявлении или сообщении о совершенных либо готовящихся уголовных правонарушениях, в иных обращениях о нарушениях прав и законных интересов физических, юридических лиц и государства, если иное не предусмотрено </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId168" w:anchor="z6580" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Налоговым кодексом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="263" w:name="z344"/>
+      <w:bookmarkEnd w:id="263"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      поручения проведения проверки лицам, не имеющим на то соответствующих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>полномочий;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="264" w:name="z345"/>
+      <w:bookmarkEnd w:id="264"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      указания в одном акте о назначении проверки нескольких проверяемых субъектов, подвергаемых проверке, за исключением случаев, указанных в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId169" w:anchor="z181" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 16 настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="265" w:name="z346"/>
+      <w:bookmarkEnd w:id="265"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      продления сроков проверки свыше срока, установленного настоящим Законом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="266" w:name="z528"/>
+      <w:bookmarkEnd w:id="266"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      грубых нарушений требований настоящего Закона в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId170" w:anchor="z365" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пунктом 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> статьи 28 настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="267" w:name="z347"/>
+      <w:bookmarkEnd w:id="267"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) не представлять сведения, если они не относятся к предмету проводимой проверки или не относятся к периоду, указанному в акте;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="268" w:name="z348"/>
+      <w:bookmarkEnd w:id="268"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) обжаловать акт о назначении проверки, акт о результатах проверки и действия (бездействие) должностных лиц государственных органов в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId171" w:anchor="z564" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="269" w:name="z349"/>
+      <w:bookmarkEnd w:id="269"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) не исполнять не основанные на законе запреты органов контроля и надзора или должностных лиц, ограничивающие деятельность проверяемых субъектов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="270" w:name="z350"/>
+      <w:bookmarkEnd w:id="270"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) фиксировать процесс осуществления проверки, а также отдельные действия должностного лица, проводимые им в рамках проверки, с помощью средств аудио- и видеотехники, не создавая препятствий деятельности должностного лица;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="271" w:name="z351"/>
+      <w:bookmarkEnd w:id="271"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) привлекать третьих лиц к участию в проверке в целях представления своих интересов и прав, а также осуществления третьими лицами действий, предусмотренных подпунктом 5) пункта 1 настоящей статьи.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="272" w:name="z352"/>
+      <w:bookmarkEnd w:id="272"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Проверяемые субъекты либо их уполномоченные представители при проведении органами контроля и надзора проверок и иных форм контроля и надзора с посещением проверяемого объекта обязаны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="273" w:name="z353"/>
+      <w:bookmarkEnd w:id="273"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) обеспечить беспрепятственный доступ должностных лиц органов контроля и надзора на территорию и в помещения проверяемого субъекта при соблюдении требований пункта 1 статьи 18 настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="274" w:name="z354"/>
+      <w:bookmarkEnd w:id="274"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) с соблюдением требований по охране коммерческой, налоговой либо иной тайны представлять должностным лицам органов контроля и надзора документы (сведения) на бумажных и электронных носителях либо их копии для приобщения к акту о результатах проверки, а также доступ к автоматизированным базам данных (информационным системам) в соответствии с задачами и предметом проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="275" w:name="z355"/>
+      <w:bookmarkEnd w:id="275"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) сделать отметку о получении на втором экземпляре акта о назначении проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="276" w:name="z356"/>
+      <w:bookmarkEnd w:id="276"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) сделать отметку о получении на втором экземпляре акта о результатах проведенной проверки в день ее окончания;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="277" w:name="z357"/>
+      <w:bookmarkEnd w:id="277"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) не допускать внесения изменений и дополнений в проверяемые документы в период осуществления проверки, если иное не предусмотрено настоящим Законом либо иными законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="278" w:name="z358"/>
+      <w:bookmarkEnd w:id="278"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) обеспечить безопасность лиц, прибывших для проведения проверки на объект, от вредных и опасных производственных факторов воздействия в соответствии с установленными для данного объекта нормативами;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) в случае получения уведомления находиться на месте нахождения проверяемого объекта в назначенные сроки проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 27 с изменениями, внесенными законами РК от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId172" w:anchor="z686" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 03.07.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId173" w:anchor="z247" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 227-</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:lastRenderedPageBreak/>
+          <w:t>V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015); от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId174" w:anchor="z2924" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>27-бап. Бақылау және қадағалау жүргізу кезіндегі</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Статья 28. Недействительность проверки, проведенной с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>тексерілетін субъектінің не оның уәкілетті</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>грубым нарушением требований настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Проверка признается недействительной, если проведенная органом контроля и надзора проверка была осуществлена с грубым нарушением требований к организации и проведению проверок, установленных настоящим Законом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="279" w:name="z361"/>
+      <w:bookmarkEnd w:id="279"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Акт признанной недействительной проверки не может являться доказательством нарушения проверяемыми субъектами требований, установленных законодательством Республики Казахстан в соответствии со </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId175" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьей 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="280" w:name="z362"/>
+      <w:bookmarkEnd w:id="280"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Признание проверки недействительной является основанием для отмены вышестоящим государственным органом или судом акта данной проверки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="281" w:name="z363"/>
+      <w:bookmarkEnd w:id="281"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Рассмотрение вышестоящим государственным органом заявления проверяемого субъекта об отмене акта в связи с недействительностью проверки осуществляется в течение десяти рабочих дней с момента подачи заявления.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="282" w:name="z364"/>
+      <w:bookmarkEnd w:id="282"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Нарушение установленного срока рассмотрения такого заявления решается в пользу проверяемого субъекта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="283" w:name="z365"/>
+      <w:bookmarkEnd w:id="283"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. К грубым нарушениям требований настоящего Закона относятся:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="284" w:name="z366"/>
+      <w:bookmarkEnd w:id="284"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) отсутствие оснований проведения проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="285" w:name="z367"/>
+      <w:bookmarkEnd w:id="285"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) отсутствие акта о назначении проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="286" w:name="z368"/>
+      <w:bookmarkEnd w:id="286"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) несоблюдение сроков уведомления о проведении проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="287" w:name="z369"/>
+      <w:bookmarkEnd w:id="287"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) нарушение требований </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId176" w:anchor="z287" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 23</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="288" w:name="z370"/>
+      <w:bookmarkEnd w:id="288"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) нарушение временного интервала по отношению к предшествующей проверке при назначении плановой проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="289" w:name="z371"/>
+      <w:bookmarkEnd w:id="289"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) непредставление проверяемому субъекту акта о назначении проверки;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="290" w:name="z372"/>
+      <w:bookmarkEnd w:id="290"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) назначение государственными органами проверок по вопросам, не входящим в их компетенцию;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="291" w:name="z518"/>
+      <w:bookmarkEnd w:id="291"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) проведение проверки без </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId177" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>регистрации</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> акта о назначении проверки в органах по правовой статистике и специальным учетам, когда такая регистрация обязательна.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 28 с изменениями, внесенными Законом РК от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId178" w:anchor="z687" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>өкілінің құқықтары мен міндеттері</w:t>
+        <w:t>Статья 29. Порядок обжалования решений, действий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(бездействия) органов контроля и надзора и их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>должностных лиц</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. В случае нарушения прав и законных интересов проверяемых субъектов при осуществлении контроля и надзора проверяемый субъект вправе обжаловать действия (бездействие) соответствующего органа контроля и надзора и (или) должностного лица в вышестоящий государственный орган либо в суд в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId179" w:anchor="z564" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="292" w:name="z375"/>
+      <w:bookmarkEnd w:id="292"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Обжалование действий (бездействия) государственных органов, связанных с расследованием уголовного дела, проверяемым субъектом осуществляется в порядке, установленном уголовно-процессуальным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId180" w:anchor="z995" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Статья 29 с изменениями, внесенными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Законом РК от 04.07.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId181" w:anchor="z225" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 233-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t> Заңымен (01.01.2015 бастап қолданысқа енгізіледі).</w:t>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(вводится в действие с 01.01.2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
-[...1588 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
+        <w:t>Глава 3. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...7 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>30-бап. Қазақстан Республикасының бақылау және қадағалау</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Статья 30. Ответственность за нарушение законодательства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>саласындағы заңнамасын бұзғаны үшiн жауаптылық</w:t>
+        <w:t>Республики Казахстан в сфере контроля и надзора</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...33 lines deleted...]
-        <w:t>белгiленген жауаптылыққа әкеп соғады.</w:t>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Нарушение законодательства Республики Казахстан в сфере контроля и надзора влечет ответственность, установленную </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId182" w:anchor="z562" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>31-бап. Осы Заңды қолданысқа енгізу тәртiбi</w:t>
+        <w:t>Статья 31. Порядок введения в действие настоящего Закона</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...59 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="293" w:name="z381"/>
+      <w:bookmarkEnd w:id="293"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. До 1 января 2013 года в подпункте 5) пункта 2 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId183" w:anchor="z215" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>статьи 17</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> настоящего Закона слова "идентификационный номер" считать словами "регистрационный номер налогоплательщика".</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ескерту. 31-бапқа өзгеріс енгізілді - ҚР 2012.01.12 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>Сноска. Статья 31 с изменением, внесенным Законом РК от 12.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId184" w:anchor="z170" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 538-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (2012.01.01 бастап қолданысқа енгізіледі) Заңымен.</w:t>
+        <w:t>(вводится в действие с 01.01.2012).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Қазақстан Республикасының</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>Президент</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Президенті                                   Н. Назарбаев</w:t>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Н. Назарбаев</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="right"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...68 lines deleted...]
-        <w:t>Заңына қосымша       </w:t>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к Закону Республики Казахстан  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"О государственном контроле   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>и надзоре в Республике Казахстан"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от 6 января 2011 года № 377-IV</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Мемлекеттік бақылау және қадағалау жүзеге асырылатын жеке</w:t>
-[...10 lines deleted...]
-        <w:t>кәсіпкерлік субъектілері қызметінің салалары</w:t>
+        <w:t>     Сферы деятельности субъектов частного предпринимательства, в которых осуществляется государственный контроль и надзор</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. Қосымшаға өзгерістер енгізілді - ҚР 2011.01.26 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>      Сноска. Приложение с изменениями, внесенными законами РК от 26.01.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId185" w:anchor="z74" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 400-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі), 2011.07.21 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования); от 21.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId186" w:anchor="z27" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 470-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2011.07.05 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 05.07.2011 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId187" w:anchor="z925" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 452-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (2011.10.13 бастап қолданысқа енгізіледі), 2012.01.06 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие с 13.10.2011); от 06.01.2012  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId188" w:anchor="z63" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 529-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(алғашқы ресми жарияланғанынан кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі), 2012.01.09 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие по истечении 21 календарного дня после его первого официального опубликования); от 09.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId189" w:anchor="z100" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 533-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.01.25 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие по истечении 10 календарных дней после его первого официального опубликования); от 13.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId190" w:anchor="z211" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 542-IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении шести месяцев после его первого официального опубликования); от 25.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId191" w:anchor="z640" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 548-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.01.18 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 18.01.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId192" w:anchor="z167" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 546-IV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі), 2012.06.22 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие по истечении тридцати календарных дней после его первого официального опубликования); от 22.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId193" w:anchor="z155" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 21-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 10.07.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId194" w:anchor="z688" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 26.11.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId195" w:anchor="z65" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 57-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 21.01.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId196" w:anchor="z52" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 72-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении трех месяцев после его первого официального опубликования); от 21.06.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId197" w:anchor="z196" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 106-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие с 01.01.2014); Конституционным Законом РК от 03.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId198" w:anchor="z358" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 121-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 04.07.2013 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId199" w:anchor="z535" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 132-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 07.03.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId200" w:anchor="z512" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 177-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>қолданысқа енгiзiледi), 2012.01.13 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>действие по истечении десяти календарных дней после дня его первого официального опубликования); от 11.04.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId201" w:anchor="z189" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 189-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (2012.07.26 бастап қолданысқа енгізіледі), 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId202" w:anchor="z233" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ст. 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.11.26 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>); от 23.04.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId203" w:anchor="z93" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 200-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 21.01.2013 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.05.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId204" w:anchor="z505" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 203-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін үш ай өткен соң қолданысқа енгізiледi) Заңдарымен; 21.06.2013 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие по истечении шести месяцев после дня его первого официального опубликования); от 10.06.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId205" w:anchor="z190" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 206-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (01.01.2014 бастап қолданысқа енгізіледі); 03.07.2013 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId206" w:anchor="z2941" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 269-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Конституциялық заңымен; 04.07.2013 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие с 01.01.2015); от 29.12.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId207" w:anchor="z84" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 270-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 07.03.2014 </w:t>
-[...199 lines deleted...]
-        <w:t> (алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Заңдарымен.</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
+    <w:p w:rsidR="00E40C3B" w:rsidRPr="00E40C3B" w:rsidRDefault="00E40C3B" w:rsidP="00E40C3B">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C4CEC">
-[...230 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Государственный контроль осуществляется:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="294" w:name="z385"/>
+      <w:bookmarkEnd w:id="294"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId208" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>электроэнергетики</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="295" w:name="z508"/>
+      <w:bookmarkEnd w:id="295"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1-1) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId209" w:anchor="z105" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>энергосбережения</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и повышения энергоэффективности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="296" w:name="z386"/>
+      <w:bookmarkEnd w:id="296"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) за соблюдением выполнения условий </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId210" w:anchor="z1051" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>контрактов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в области недропользования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="297" w:name="z387"/>
+      <w:bookmarkEnd w:id="297"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId211" w:anchor="z1762" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>изучения и использования недр</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="298" w:name="z388"/>
+      <w:bookmarkEnd w:id="298"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>исключен Законом РК от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId212" w:anchor="z689" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
-[...920 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="299" w:name="z507"/>
+      <w:bookmarkEnd w:id="299"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4-1) в сфере </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId213" w:anchor="z462" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>газа и газоснабжения</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="300" w:name="z389"/>
+      <w:bookmarkEnd w:id="300"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId214" w:anchor="z36" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>радиационной безопасности населения</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="301" w:name="z390"/>
+      <w:bookmarkEnd w:id="301"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) в области проведения </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId215" w:anchor="z1418" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>нефтяных операций</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="302" w:name="z391"/>
+      <w:bookmarkEnd w:id="302"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) за производством и оборотом </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId216" w:anchor="z139" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>отдельных видов нефтепродуктов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="303" w:name="z392"/>
+      <w:bookmarkEnd w:id="303"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId217" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>атомной энергии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="304" w:name="z393"/>
+      <w:bookmarkEnd w:id="304"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId218" w:anchor="z94" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>автомобильного транспорта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="305" w:name="z394"/>
+      <w:bookmarkEnd w:id="305"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId219" w:anchor="z737" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>железнодорожного транспорта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="306" w:name="z395"/>
+      <w:bookmarkEnd w:id="306"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) в области обязательного страхования гражданско-правовой ответственности </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId220" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>владельцев транспортных средств</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId221" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>перевозчика</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> перед пассажирами на пунктах пропуска через Государственную границу;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="307" w:name="z396"/>
+      <w:bookmarkEnd w:id="307"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) в сфере </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId222" w:anchor="z71" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>транспорта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="308" w:name="z1312"/>
+      <w:bookmarkEnd w:id="308"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12-1) в области торгового мореплавания;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="309" w:name="z1313"/>
+      <w:bookmarkEnd w:id="309"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12-2) в области внутреннего водного транспорта;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="310" w:name="z397"/>
+      <w:bookmarkEnd w:id="310"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId223" w:anchor="z50" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>экспортного контроля</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> на предотгрузочном этапе и (или) конечного использования продукции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="311" w:name="z398"/>
+      <w:bookmarkEnd w:id="311"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId224" w:anchor="z256" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>технического регулирования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="312" w:name="z399"/>
+      <w:bookmarkEnd w:id="312"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) за соблюдением законодательства Республики Казахстан об </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId225" w:anchor="z294" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>аккредитации в области оценки соответствия</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="313" w:name="z400"/>
+      <w:bookmarkEnd w:id="313"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId226" w:anchor="z45" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>метрологии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="314" w:name="z401"/>
+      <w:bookmarkEnd w:id="314"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) в сфере управления жилищным фондом;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="315" w:name="z402"/>
+      <w:bookmarkEnd w:id="315"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId227" w:anchor="z167" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>племенного животноводства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId228" w:anchor="z60" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пчеловодства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="316" w:name="z403"/>
+      <w:bookmarkEnd w:id="316"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) в области охраны, воспроизводства и использования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId229" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>животного мира</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="317" w:name="z404"/>
+      <w:bookmarkEnd w:id="317"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId230" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>семеноводства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="318" w:name="z405"/>
+      <w:bookmarkEnd w:id="318"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) в области регулирования рынка </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId231" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>зерна</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="319" w:name="z406"/>
+      <w:bookmarkEnd w:id="319"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      22) в области охраны, защиты, пользования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId232" w:anchor="z25" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лесным фондом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, воспроизводства лесов и лесоразведения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="320" w:name="z407"/>
+      <w:bookmarkEnd w:id="320"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      23) в области использования и охраны водного фонда Республики Казахстан, безопасности плотин;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="321" w:name="z408"/>
+      <w:bookmarkEnd w:id="321"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      24) в области обязательного страхования в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId233" w:anchor="z38" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>растениеводстве</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="322" w:name="z409"/>
+      <w:bookmarkEnd w:id="322"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      25) в области особо охраняемых </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId234" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>природных территорий</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="323" w:name="z410"/>
+      <w:bookmarkEnd w:id="323"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      26) в области безопасности и качества </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId235" w:anchor="z46" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>хлопка</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="324" w:name="z411"/>
+      <w:bookmarkEnd w:id="324"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      27) за использованием и охраной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId236" w:anchor="z165" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>земель</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="325" w:name="z412"/>
+      <w:bookmarkEnd w:id="325"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      21) </w:t>
-[...406 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>      28) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId237" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>геодезической и картографической деятельностью</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="326" w:name="z413"/>
+      <w:bookmarkEnd w:id="326"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      29) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId238" w:anchor="z483" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>охраны окружающей среды</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, воспроизводства и использования природных ресурсов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="327" w:name="z414"/>
+      <w:bookmarkEnd w:id="327"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      30) </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 29.12.2014</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId195" w:anchor="z2007" w:history="1">
-        <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId239" w:anchor="z2941" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңымен;</w:t>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="328" w:name="z415"/>
+      <w:bookmarkEnd w:id="328"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      31) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId240" w:anchor="z1291" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>обращением с отходами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
-[...37 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="329" w:name="z416"/>
+      <w:bookmarkEnd w:id="329"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      32) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId241" w:anchor="z27" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>обязательным экологическим страхованием</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="330" w:name="z417"/>
+      <w:bookmarkEnd w:id="330"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      33) </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 11.04.2014 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>исключен Законом РК от 11.04.2014 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId242" w:anchor="z191" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 189-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі);</w:t>
-[...63 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="331" w:name="z418"/>
+      <w:bookmarkEnd w:id="331"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      34) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId243" w:anchor="z249" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>гражданской обороны</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="332" w:name="z419"/>
+      <w:bookmarkEnd w:id="332"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      35) </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 2012.06.22 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003C4CEC">
+        <w:t>исключен Законом РК от 22.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId244" w:anchor="z157" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 21-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгiзiледi) Заңымен.</w:t>
-[...933 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="333" w:name="z420"/>
+      <w:bookmarkEnd w:id="333"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      36) в области пожарной безопасности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="334" w:name="z421"/>
+      <w:bookmarkEnd w:id="334"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      37) в области обязательного страхования гражданско-правовой ответственности владельцев объектов, деятельность которых связана с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId245" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>опасностью причинения вреда</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> третьим лицам;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="335" w:name="z422"/>
+      <w:bookmarkEnd w:id="335"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      38) в сфере обращения </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId246" w:anchor="z490" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лекарственных средств</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, изделий медицинского назначения и медицинской техники;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="336" w:name="z423"/>
+      <w:bookmarkEnd w:id="336"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      39) за качеством оказываемых </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId247" w:anchor="z420" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>медицинских</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId248" w:anchor="z151" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>специальных социальных услуг</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="337" w:name="z424"/>
+      <w:bookmarkEnd w:id="337"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      40) за организацией и проведением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId249" w:anchor="z1576" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>профилактических прививок</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> населению против инфекционных заболеваний;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="338" w:name="z425"/>
+      <w:bookmarkEnd w:id="338"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      41) за организацией и проведением мероприятий по профилактике инфекционных заболеваний;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="339" w:name="z426"/>
+      <w:bookmarkEnd w:id="339"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      42) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId250" w:anchor="z330" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>системой образования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="340" w:name="z427"/>
+      <w:bookmarkEnd w:id="340"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      43) за соблюдением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId251" w:anchor="z79" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о Национальном архивном фонде и архивах;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="341" w:name="z428"/>
+      <w:bookmarkEnd w:id="341"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      44) контроль за соблюдением законодательства Республики Казахстан </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId252" w:anchor="z1118" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>о труде</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId253" w:anchor="z1047" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>безопасности и охране труда</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="342" w:name="z429"/>
+      <w:bookmarkEnd w:id="342"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      45) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId254" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>обязательного страхования работника</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от несчастных случаев при исполнении им трудовых (служебных) обязанностей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="343" w:name="z430"/>
+      <w:bookmarkEnd w:id="343"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      46) в сфере </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId255" w:anchor="z120" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>занятости населения</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="344" w:name="z431"/>
+      <w:bookmarkEnd w:id="344"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      47) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId256" w:anchor="z227" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>социальной защиты инвалидов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="345" w:name="z432"/>
+      <w:bookmarkEnd w:id="345"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      48) в сфере предоставления </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId257" w:anchor="z151" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>специальных социальных услуг</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="346" w:name="z433"/>
+      <w:bookmarkEnd w:id="346"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      49) за соблюдением законодательства Республики Казахстан о </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId258" w:anchor="z92" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>средствах массовой информации</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="347" w:name="z509"/>
+      <w:bookmarkEnd w:id="347"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      49-1) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId259" w:anchor="z49" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>телерадиовещания</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="348" w:name="z434"/>
+      <w:bookmarkEnd w:id="348"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      50) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId260" w:anchor="z110" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>связи</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="349" w:name="z435"/>
+      <w:bookmarkEnd w:id="349"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      51) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId261" w:anchor="z241" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>информатизации</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="350" w:name="z436"/>
+      <w:bookmarkEnd w:id="350"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      52) за соблюдением законодательства Республики Казахстан об </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId262" w:anchor="z48" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>электронном документе и электронной цифровой подписи</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="351" w:name="z437"/>
+      <w:bookmarkEnd w:id="351"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      53) за поступлением налогов и других обязательных платежей в бюджет, а также полнотой и своевременным перечислением обязательных пенсионных взносов, обязательных профессиональных пенсионных взносов в единый накопительный пенсионный фонд и социальных отчислений в Государственный фонд социального страхования;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="352" w:name="z438"/>
+      <w:bookmarkEnd w:id="352"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      54) за поступлением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId263" w:anchor="z504" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>неналоговых платежей</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в пределах компетенции, установленной законами Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="353" w:name="z439"/>
+      <w:bookmarkEnd w:id="353"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      55) при применении </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId264" w:anchor="z26" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>трансфертных цен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="354" w:name="z440"/>
+      <w:bookmarkEnd w:id="354"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Қазақстан Республикасы заңнамасының сақталуына;</w:t>
-[...199 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>      56) за соблюдением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId265" w:anchor="z128" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="355" w:name="z441"/>
+      <w:bookmarkEnd w:id="355"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      57) </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 29.12.2014</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId225" w:anchor="z2007" w:history="1">
-        <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId266" w:anchor="z2941" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңымен;</w:t>
-[...161 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="356" w:name="z442"/>
+      <w:bookmarkEnd w:id="356"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      58) за осуществлением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId267" w:anchor="z170" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>валютных операций</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и деятельностью, связанной с использованием валютных ценностей;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="357" w:name="z443"/>
+      <w:bookmarkEnd w:id="357"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      59) за деятельностью финансовых организаций в пределах компетенции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="358" w:name="z529"/>
+      <w:bookmarkEnd w:id="358"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      59-1) за деятельностью </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId268" w:anchor="z221" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>микрофинансовых организаций</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="359" w:name="z444"/>
+      <w:bookmarkEnd w:id="359"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      60) за соблюдением законодательства Республики Казахстан по вопросам </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId269" w:anchor="z84" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>платежей и переводов денег</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId229" w:anchor="z98" w:history="1">
-[...73 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:hyperlink r:id="rId270" w:anchor="z232" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>вексельного обращения</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId271" w:anchor="z32" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>валютного законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="360" w:name="z445"/>
+      <w:bookmarkEnd w:id="360"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      61) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>исключен Законом РК от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId272" w:anchor="z691" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="361" w:name="z446"/>
+      <w:bookmarkEnd w:id="361"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      62) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId273" w:anchor="z375" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>экономической концентрацией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
-[...111 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="362" w:name="z447"/>
+      <w:bookmarkEnd w:id="362"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      63) за соблюдением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId274" w:anchor="z515" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>антимонопольного законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="363" w:name="z448"/>
+      <w:bookmarkEnd w:id="363"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      64) за использованием объектов </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId275" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>авторского права и смежных прав</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId236" w:anchor="z37" w:history="1">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:hyperlink r:id="rId276" w:anchor="z146" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>промышленной собственности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId237" w:anchor="z14" w:history="1">
-[...366 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:hyperlink r:id="rId277" w:anchor="z38" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>селекционных достижений</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId278" w:anchor="z31" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>топологии интегральных микросхем</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="364" w:name="z449"/>
+      <w:bookmarkEnd w:id="364"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      65) в области последующего </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId279" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>опубликования</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> официальных текстов нормативных правовых актов;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="365" w:name="z450"/>
+      <w:bookmarkEnd w:id="365"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      66) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId280" w:anchor="z37" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оценочной деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="366" w:name="z451"/>
+      <w:bookmarkEnd w:id="366"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      67) в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId281" w:anchor="z111" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>сферах естественных монополий</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="367" w:name="z452"/>
+      <w:bookmarkEnd w:id="367"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      68) за соблюдением субъектами регулируемых рынков обязанностей, установленных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId282" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан о естественных монополиях и регулируемых рынках, и установленных цен по номенклатуре продукции, товаров и услуг, установленной Правительством Республики Казахстан, на которые вводятся регулируемые государством цены;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="368" w:name="z453"/>
+      <w:bookmarkEnd w:id="368"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      69) за соблюдением законодательства Республики Казахстан о </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId283" w:anchor="z94" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>государственных закупках</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="369" w:name="z454"/>
+      <w:bookmarkEnd w:id="369"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      70) за обеспечением безопасности дорожного движения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="370" w:name="z455"/>
+      <w:bookmarkEnd w:id="370"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      71) за деятельностью физических и юридических лиц, занятых в сфере </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId284" w:anchor="z66" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оборота гражданского и служебного оружия</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и патронов к нему, гражданских пиротехнических веществ и изделий с их применением;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="371" w:name="z456"/>
+      <w:bookmarkEnd w:id="371"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      72) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 2012.07.10 </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>исключен Законом РК от 10.07.2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId285" w:anchor="z691" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен;</w:t>
-[...63 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие по истечении десяти календарных дней после его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="372" w:name="z457"/>
+      <w:bookmarkEnd w:id="372"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      73) за соблюдением установленных правил обращения и функционирования взрывчатых и ядовитых веществ, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId286" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>радиоактивных</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>материалов и веществ;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="373" w:name="z458"/>
+      <w:bookmarkEnd w:id="373"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      74) за соблюдением правил </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId287" w:anchor="z19" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>привлечения иностранной рабочей силы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="374" w:name="z459"/>
+      <w:bookmarkEnd w:id="374"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      75) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId288" w:anchor="z42" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>охранной деятельностью</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="375" w:name="z519"/>
+      <w:bookmarkEnd w:id="375"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      75-1) за деятельностью по монтажу, наладке и техническому обслуживанию средств охранной сигнализации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="376" w:name="z1314"/>
+      <w:bookmarkEnd w:id="376"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      75-2) за состоянием антитеррористической защиты объектов, уязвимых в террористическом отношении, за исключением объектов Республики Казахстан, охраняемых Вооруженными Силами, другими войсками и воинскими формированиями Республики Казахстан, а также специальными государственными органами, и исполнением их руководителями требований, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId289" w:anchor="z207" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о противодействии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      74) </w:t>
-[...64 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>терроризму;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="377" w:name="z537"/>
+      <w:bookmarkEnd w:id="377"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      75-3) за деятельностью специализированных учебных центров по подготовке и повышению квалификации работников, занимающих должности руководителя и охранника в частной охранной организации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="378" w:name="z460"/>
+      <w:bookmarkEnd w:id="378"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      76) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId290" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оборотом наркотических средств</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, психотропных веществ и прекурсоров;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="379" w:name="z461"/>
+      <w:bookmarkEnd w:id="379"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      77) в области обязательного страхования гражданско-правовой ответственности </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId291" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>владельцев транспортных средств</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId292" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>перевозчика перед пассажирами</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
-[...697 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="380" w:name="z462"/>
+      <w:bookmarkEnd w:id="380"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      78) за соблюдением законодательства Республики Казахстан о </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId293" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>туристской деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="381" w:name="z463"/>
+      <w:bookmarkEnd w:id="381"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      79) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId294" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>аудиторской деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и деятельности профессиональных аудиторских организаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="382" w:name="z464"/>
+      <w:bookmarkEnd w:id="382"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      80) за соблюдением законодательства Республики Казахстан об </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId295" w:anchor="z85" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>игорном бизнесе</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="383" w:name="z465"/>
+      <w:bookmarkEnd w:id="383"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      81) за соблюдением законодательства Республики Казахстан о </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId296" w:anchor="z150" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>товарных биржах</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="384" w:name="z466"/>
+      <w:bookmarkEnd w:id="384"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      82) за исполнением законодательства Республики Казахстан в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId297" w:anchor="z305" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>физической культуры и спорта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="385" w:name="z467"/>
+      <w:bookmarkEnd w:id="385"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      83) на предмет соблюдения стандартов, правил и норм по эксплуатации, техническому обслуживанию </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId298" w:anchor="z225" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>спортивных объектов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="386" w:name="z468"/>
+      <w:bookmarkEnd w:id="386"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      84) за проведением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId299" w:anchor="z315" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>антидопинговых мероприятий</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> в спорте;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="387" w:name="z469"/>
+      <w:bookmarkEnd w:id="387"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      85) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId300" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бухгалтерского учета и финансовой отчетности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="388" w:name="z470"/>
+      <w:bookmarkEnd w:id="388"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      86) за деятельностью участников регионального финансового центра в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId301" w:anchor="z1160" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>трудового законодательства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="389" w:name="z471"/>
+      <w:bookmarkEnd w:id="389"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      87) за охраной и использованием </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId302" w:anchor="z71" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>объектов историко-культурного наследия</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="390" w:name="z472"/>
+      <w:bookmarkEnd w:id="390"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      88) </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 29.12.2014</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId261" w:anchor="z2007" w:history="1">
-        <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId303" w:anchor="z2941" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңымен;</w:t>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="391" w:name="z473"/>
+      <w:bookmarkEnd w:id="391"/>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>      89) </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алып тасталды - ҚР 29.12.2014</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>исключен Законом РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId262" w:anchor="z2007" w:history="1">
-        <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29.12.2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId304" w:anchor="z2941" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 269-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C4CEC">
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>(01.01.2015 бастап қолданысқа енгізіледі) Заңымен;</w:t>
-[...442 lines deleted...]
-      <w:r w:rsidRPr="003C4CEC">
+        <w:t>(вводится в действие с 01.01.2015);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="392" w:name="z474"/>
+      <w:bookmarkEnd w:id="392"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      90) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId305" w:anchor="z158" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>оборота биотоплива</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="393" w:name="z475"/>
+      <w:bookmarkEnd w:id="393"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      91) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId306" w:anchor="z158" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>производства биотоплива</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="394" w:name="z492"/>
+      <w:bookmarkEnd w:id="394"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      92) за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="395" w:name="z506"/>
+      <w:bookmarkEnd w:id="395"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      92-1) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId307" w:anchor="z181" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>космической деятельности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="396" w:name="z495"/>
+      <w:bookmarkEnd w:id="396"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      93) за соблюдением законодательства Республики Казахстан о </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId308" w:anchor="z249" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>специальных экономических зонах</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="397" w:name="z494"/>
+      <w:bookmarkEnd w:id="397"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      93-1) за соблюдением законодательства Республики Казахстан о рекламе;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="398" w:name="z503"/>
+      <w:bookmarkEnd w:id="398"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      94) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId309" w:anchor="z64" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>архитектуры</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, градостроительства и строительства;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="399" w:name="z504"/>
+      <w:bookmarkEnd w:id="399"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      95) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId310" w:anchor="z28" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ветеринарии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="400" w:name="z505"/>
+      <w:bookmarkEnd w:id="400"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      96) в области защиты и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId311" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>карантина растений</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="401" w:name="z513"/>
+      <w:bookmarkEnd w:id="401"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      97) за соблюдением законодательства Республики Казахстан о </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId312" w:anchor="z84" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>магистральном трубопроводе</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="402" w:name="z520"/>
+      <w:bookmarkEnd w:id="402"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      98) в сфере автомобильных дорог;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="403" w:name="z521"/>
+      <w:bookmarkEnd w:id="403"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      99) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId313" w:anchor="z113" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>защиты прав ребенка</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="404" w:name="z522"/>
+      <w:bookmarkEnd w:id="404"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      100) в области производства и оборота этилового спирта и алкогольной продукции;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="405" w:name="z523"/>
+      <w:bookmarkEnd w:id="405"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      101) в области производства и оборота табачных изделий; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="406" w:name="z524"/>
+      <w:bookmarkEnd w:id="406"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      102) в области разрешительного контроля; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="407" w:name="z525"/>
+      <w:bookmarkEnd w:id="407"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      103) в области оборота ядов, вооружения, военной техники и отдельных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      98) автомобиль жолдары саласында;</w:t>
-[...240 lines deleted...]
-        <w:t>      107) қалалар мен елді мекендерді абаттандыру қағидаларының сақталуына жүзеге асырылады.</w:t>
+        <w:t>видов оружия, взрывчатых и пиротехнических веществ и изделий с их применением;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="408" w:name="z526"/>
+      <w:bookmarkEnd w:id="408"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      104) в области промышленности;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="409" w:name="z527"/>
+      <w:bookmarkEnd w:id="409"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      105) за соблюдением правил воинского учета военнообязанных и призывников организациями, военнообязанными и призывниками;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="410" w:name="z534"/>
+      <w:bookmarkEnd w:id="410"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      106) за соблюдением законодательства Республики Казахстан о языках в части размещения реквизитов и визуальной информации;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="411" w:name="z535"/>
+      <w:bookmarkEnd w:id="411"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      107) за соблюдением правил благоустройства территорий городов и населенных пунктов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="412" w:name="z476"/>
+      <w:bookmarkEnd w:id="412"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Государственный надзор осуществляется:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="413" w:name="z477"/>
+      <w:bookmarkEnd w:id="413"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId314" w:anchor="z136" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>использования воздушного пространства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="414" w:name="z478"/>
+      <w:bookmarkEnd w:id="414"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) за деятельностью </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId315" w:anchor="z141" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>гражданской авиации</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="415" w:name="z479"/>
+      <w:bookmarkEnd w:id="415"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId316" w:anchor="z903" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>международными воздушными перевозками</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="416" w:name="z480"/>
+      <w:bookmarkEnd w:id="416"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) за обеспечением </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId317" w:anchor="z1127" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>авиационной безопасности</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="417" w:name="z481"/>
+      <w:bookmarkEnd w:id="417"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId318" w:anchor="z82" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>торгового мореплавания</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="418" w:name="z482"/>
+      <w:bookmarkEnd w:id="418"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId319" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>внутреннего водного транспорта</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="419" w:name="z483"/>
+      <w:bookmarkEnd w:id="419"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId320" w:anchor="z239" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>архитектуры, градостроительства и строительства</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="420" w:name="z484"/>
+      <w:bookmarkEnd w:id="420"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId321" w:anchor="z31" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>ветеринарии</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="421" w:name="z485"/>
+      <w:bookmarkEnd w:id="421"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId322" w:anchor="z44" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>карантина растений</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="422" w:name="z486"/>
+      <w:bookmarkEnd w:id="422"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId323" w:anchor="z1461" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>санитарно-эпидемиологического благополучия</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="423" w:name="z487"/>
+      <w:bookmarkEnd w:id="423"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) за </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId324" w:anchor="z27" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>финансовым рынком и финансовыми организациями</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="424" w:name="z530"/>
+      <w:bookmarkEnd w:id="424"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11-1) за деятельностью микрофинансовых организаций;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="425" w:name="z488"/>
+      <w:bookmarkEnd w:id="425"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) за деятельностью </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId325" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>кредитных бюро</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="426" w:name="z489"/>
+      <w:bookmarkEnd w:id="426"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) за деятельностью </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId326" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>инвестиционных фондов</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="427" w:name="z510"/>
+      <w:bookmarkEnd w:id="427"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) в области охраны, воспроизводства и использования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId327" w:anchor="z59" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>животного мира</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="428" w:name="z511"/>
+      <w:bookmarkEnd w:id="428"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) в области охраны, защиты, пользования </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId328" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>лесным фондом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, воспроизводства лесов и лесоразведения;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="429" w:name="z512"/>
+      <w:bookmarkEnd w:id="429"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) в области </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId329" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00E40C3B">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>особо охраняемых природных территорий</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="430" w:name="z514"/>
+      <w:bookmarkEnd w:id="430"/>
+      <w:r w:rsidRPr="00E40C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) в области промышленной безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C4CEC" w:rsidRPr="003C4CEC" w:rsidRDefault="003C4CEC" w:rsidP="003C4CEC">
-[...855 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0032604C" w:rsidRDefault="0032604C">
+      <w:bookmarkStart w:id="431" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="431"/>
     </w:p>
-    <w:p w:rsidR="00E62DA2" w:rsidRDefault="00E62DA2">
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="00E62DA2">
+    <w:sectPr w:rsidR="0032604C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -22651,54 +25286,54 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0041514D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E62DA2"/>
+    <w:rsidRoot w:val="003A3E23"/>
+    <w:rsid w:val="0032604C"/>
+    <w:rsid w:val="003A3E23"/>
+    <w:rsid w:val="00E40C3B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -22848,165 +25483,165 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="003C4CEC"/>
+    <w:rsid w:val="00E40C3B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003C4CEC"/>
+    <w:rsid w:val="00E40C3B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="003C4CEC"/>
+    <w:rsid w:val="00E40C3B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C4CEC"/>
+    <w:rsid w:val="00E40C3B"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C4CEC"/>
+    <w:rsid w:val="00E40C3B"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C4CEC"/>
+    <w:rsid w:val="00E40C3B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="003C4CEC"/>
+    <w:rsid w:val="00E40C3B"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -23133,194 +25768,194 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="003C4CEC"/>
+    <w:rsid w:val="00E40C3B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="003C4CEC"/>
+    <w:rsid w:val="00E40C3B"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="003C4CEC"/>
+    <w:rsid w:val="00E40C3B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C4CEC"/>
+    <w:rsid w:val="00E40C3B"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C4CEC"/>
+    <w:rsid w:val="00E40C3B"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003C4CEC"/>
+    <w:rsid w:val="00E40C3B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="003C4CEC"/>
+    <w:rsid w:val="00E40C3B"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1495996320">
+    <w:div w:id="1110779146">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z950002155_" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000574_" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000312" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000019" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000235" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000200" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000219_" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000298_" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000114_" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z950002155_" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z000000085_" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000542" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000375" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000206" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000061_" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000451_" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000217_" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000234_" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000339_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000284_" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377/z11377_1.htm" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000291_" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K030000442_" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K090000193_" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000474_" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000279_" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000339_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000373_" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000031" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000344_" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008518" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000538" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z000000053_" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000545" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1500000375" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000213_" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K070000251_" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000344_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000061" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000057" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000463" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000332_" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K090000193_" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000237_" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000446_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K100000296_" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z920002900_" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K090000193_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1100000799" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000548" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000548" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000291_" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K030000477_" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377/z110377_.htm" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000278_" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000149_" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000567_" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z960000006_" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z000000109_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000380" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000444_" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000228" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000284_" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000112_" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000061" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000231" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000231" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000189" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z940007000_" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000093_" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K070000212_" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000188" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K090000193_" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000097_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000474_" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000191_" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000272_" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z970000093_" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000469" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z060000175_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000095_" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z950002709_" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000034" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000546" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000474_" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000416_" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000212" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000470" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000270" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000303_" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000533_" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000217_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z050000039_" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z050000057_" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000427_" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000211_" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000228" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000574_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000095_" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1500000432" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000233" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000189" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000339_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z060000124_" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000070" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000015" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000235" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000476_" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000300_" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000326_" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z060000175_" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K090000193_" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000370_" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000272_" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000149_" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000508_" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z950002709_" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K940001000_" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K990000411_" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000573_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000477" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000231" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000021" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000588_" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000532" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000593_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000603_" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K070000251_" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000114_" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000422_" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000228" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1300000109" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000304_" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000339_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P090000220_" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1300008518" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000266_" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K070000212_" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000021" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K1400000231" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000303_" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000351" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000576_" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000132" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000529" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000541" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000385_" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K070000251_" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000112_" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000219_" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000339_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377/z11377_1.htm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z000000107_" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000132" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000446_" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z050000093_" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z960000048_" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000067_" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z980000339_" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1000000351" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000593_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z940004000_" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1300000153" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000233" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000533" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000291_" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z010000143_" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z050000030_" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z080000112_" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000155_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z100000339_" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K080000099_" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K990000411_" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000177" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z030000444_" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1400000189" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z040000580_" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z090000191_" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z990000349_" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1200000528" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/K030000477_" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z000000107_" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000228" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z000000132_" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002709_" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000034" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000474_" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000548" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000206" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z000000053_" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000056" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000416_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000416_" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000339_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1500000375" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002155_" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000233" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000463" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000332_" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000451_" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000213_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z940004000_" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000279_" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000573_" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K990000411_" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000546" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000278_" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000114_" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000237_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/P1400001011" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000376" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z000000109_" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000339_" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000477" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011082" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000235" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000093_" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377/z110377.htm" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K070000212_" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000545" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000349_" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000097_" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000446_" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000351" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000576_" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002155_" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000574_" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000132" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000031" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000021" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000270" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000303_" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000567_" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000272_" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000339_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000019" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000476_" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z050000057_" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000444_" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1000000351" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000474_" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000284_" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000153" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000593_" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000227" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000588_" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000593_" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K070000212_" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000217_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000432" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000272_" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000339_" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000538" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000533" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000266_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000219_" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000385_" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000298_" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000326_" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z050000039_" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000422_" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000228" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000211_" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z920002900_" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000528" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K030000477_" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000231" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000548" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000239" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000231" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K990000411_" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000057" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000541" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000542" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000446_" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000061_" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z050000093_" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002155_" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z000000085_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000373_" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000380" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000233" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000370_" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000303_" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000284_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377/z11377_1.htm" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000432" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K940001000_" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011082" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000231" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000291_" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000291_" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K030000442_" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000114_" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000217_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000143_" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K070000251_" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000112_" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000304_" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000469" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000175_" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K070000251_" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011564" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000235" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000072" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000177" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000291_" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z030000444_" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000189" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000095_" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z980000339_" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000574_" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000095_" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000061" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000470" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z100000291_" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K030000477_" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K070000251_" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000112_" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000219_" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000124_" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000202" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000112_" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000242_" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000106" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000189" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z940007000_" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000188" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z080000067_" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K100000296_" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000339_" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000095_" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1500000312" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000533_" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z050000030_" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000030" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K090000193_" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z960000006_" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000155_" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000234_" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000400" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000212" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011564" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000121" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z020000339_" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000189" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000300_" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000021" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z090000191_" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z970000093_" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000143_" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000529" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000344_" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V14E0009934" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000532" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z060000175_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000149_" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000427_" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000228" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K1400000231" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000248" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000036" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K070000251_" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z990000344_" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000452" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000132" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000200" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z950002709_" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000603_" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z040000580_" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000269" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z010000149_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377/z11377_1.htm" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1400000203" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1100000377" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/K080000099_" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1200000020" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -23569,54 +26204,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>17622</Words>
-  <Characters>100449</Characters>
+  <Words>17994</Words>
+  <Characters>102569</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>837</Lines>
-  <Paragraphs>235</Paragraphs>
+  <Lines>854</Lines>
+  <Paragraphs>240</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>117836</CharactersWithSpaces>
+  <CharactersWithSpaces>120323</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ученик</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>