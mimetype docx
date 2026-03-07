--- v0 (2025-12-12)
+++ v1 (2026-03-07)
@@ -1,513 +1,755 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A20D11" w:rsidRDefault="00A20D11" w:rsidP="00A20D11">
+    <w:p w:rsidR="003C4F01" w:rsidRPr="001E1BF3" w:rsidRDefault="003C4F01" w:rsidP="003C4F01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1BF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00A20D11" w:rsidRPr="00C40785" w:rsidRDefault="00A20D11" w:rsidP="00A20D11">
+        </w:rPr>
+        <w:t>Рекомендации психолога родителям</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C4F01" w:rsidRPr="001E1BF3" w:rsidRDefault="003C4F01" w:rsidP="003C4F01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1BF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00A20D11" w:rsidRPr="00C40785" w:rsidRDefault="00A20D11" w:rsidP="00A20D11">
+        </w:rPr>
+        <w:t>«Как помочь детям подготовиться к ВОУД»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C4F01" w:rsidRPr="001E1BF3" w:rsidRDefault="003C4F01" w:rsidP="003C4F01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00A20D11" w:rsidRDefault="00A20D11" w:rsidP="00A20D11">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB61F7" w:rsidRPr="001E1BF3" w:rsidRDefault="00BB61F7" w:rsidP="003C4F01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C40785">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w:rsidR="00A20D11" w:rsidRPr="00201CB6" w:rsidRDefault="00A20D11" w:rsidP="00A20D11">
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Помогите организовать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дома удобное место для занятий, проследите, чтобы никто из домашних не мешал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB61F7" w:rsidRPr="001E1BF3" w:rsidRDefault="003C4F01" w:rsidP="003C4F01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w:rsidR="00A20D11" w:rsidRPr="00C40785" w:rsidRDefault="00A20D11" w:rsidP="00A20D11">
+      <w:r w:rsidR="00BB61F7" w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ежедневно узнавайте у своего ребенка: что он готовил? Сколько страниц прочитал? Какие вопросы выучил? Как сдал пробное тестирование? Есть ли улучшения?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB61F7" w:rsidRPr="001E1BF3" w:rsidRDefault="00BB61F7" w:rsidP="003C4F01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w:rsidR="00A20D11" w:rsidRPr="00C40785" w:rsidRDefault="00A20D11" w:rsidP="00A20D11">
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подбадривайте детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, хвалите их за то, что они делают хорошо. Поддерживайте их малейшее стремление к самостоятельной организации повторения материала!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB61F7" w:rsidRPr="001E1BF3" w:rsidRDefault="00BB61F7" w:rsidP="003C4F01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w:rsidR="00A20D11" w:rsidRDefault="00A20D11" w:rsidP="00A20D11">
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повышайте их уверенность в себе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, так как чем больше ребенок боится неудачи, тем более вероятности допущения ошибок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB61F7" w:rsidRPr="001E1BF3" w:rsidRDefault="00BB61F7" w:rsidP="003C4F01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00A20D11" w:rsidRDefault="00A20D11" w:rsidP="00A20D11">
+        </w:rPr>
+        <w:t>Наблюдайте за самочувствием ребенка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, никто, кроме Вас, не сможет вовремя заметить и предотвратить ухудшение состояния ребенка, связанное с переутомлением или с бездельем!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB61F7" w:rsidRPr="001E1BF3" w:rsidRDefault="00BB61F7" w:rsidP="003C4F01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00A20D11" w:rsidRPr="004F7D21" w:rsidRDefault="00A20D11" w:rsidP="00A20D11">
+        </w:rPr>
+        <w:t>Обратите внимание на питание ребенка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: во время интенсивного умственного напряжения ему необходима питательная, разнообразная пища и комплекс витаминов. Такие продукты, как рыба, творог, орехи, курага и т. д. Стимулируют работу головного мозга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB61F7" w:rsidRPr="001E1BF3" w:rsidRDefault="00BB61F7" w:rsidP="003C4F01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w:rsidR="00A20D11" w:rsidRPr="00C40785" w:rsidRDefault="00A20D11" w:rsidP="00A20D11">
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проявите интерес к проблемам ребенка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: спросите: что у него получается, что не получается. Какие трудности он испытывает по предмету? Подумайте вместе с преподавателем, что необходимо сделать, чтобы помочь конкретному ребенку в подготовке к ВОУД!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB61F7" w:rsidRPr="001E1BF3" w:rsidRDefault="00BB61F7" w:rsidP="003C4F01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w:rsidR="00A20D11" w:rsidRPr="00C40785" w:rsidRDefault="00A20D11" w:rsidP="00A20D11">
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предложите свою помощь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> в распределении тем подготовки по дням</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB61F7" w:rsidRPr="001E1BF3" w:rsidRDefault="003C4F01" w:rsidP="003C4F01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w:rsidR="00A20D11" w:rsidRDefault="00A20D11" w:rsidP="00A20D11">
+      <w:r w:rsidR="00BB61F7" w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во время тренировки по тестовым заданиям </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB61F7" w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приучайте ребенка ориентироваться во времени и уметь его распределять. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB61F7" w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тогда у ребенка будет навык умения концентрировать внимание на протяжении всего тестирования, что придает ему спокойствие и снимает излишнюю тревожность. Если ребенок не носит часов, обязательно дайте ему часы на экзамен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB61F7" w:rsidRPr="001E1BF3" w:rsidRDefault="003C4F01" w:rsidP="003C4F01">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C40785">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1BF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
+      <w:r w:rsidR="00BB61F7" w:rsidRPr="001E1BF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подготовка к экзамену, ВОУД - это труд, который нужно умело организовать и контролировать именно родителям, чтобы не было стрессов и неожиданностей!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B820F0" w:rsidRDefault="00B820F0" w:rsidP="003C4F01">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B820F0" w:rsidRDefault="00B820F0" w:rsidP="003C4F01">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00201CB6" w:rsidRDefault="003C4F01" w:rsidP="003C4F01">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00201CB6" w:rsidSect="003C4F01">
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1134" w:right="567" w:bottom="1418" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3374864" cy="1752600"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="http://avtopilot-ekb.ru/upload/image/Obuceniebezfona21.png"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="http://avtopilot-ekb.ru/upload/image/Obuceniebezfona21.png"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3381375" cy="1755981"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF6E31" w:rsidRPr="00C40785" w:rsidRDefault="00CF6E31" w:rsidP="003C4F01">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00A81B1D" w:rsidRPr="00A20D11">
+    <w:sectPr w:rsidR="00CF6E31" w:rsidRPr="00C40785" w:rsidSect="003C4F01">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="567" w:bottom="1418" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00B81AEE" w:rsidRDefault="00B81AEE" w:rsidP="00201CB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00B81AEE" w:rsidRDefault="00B81AEE" w:rsidP="00201CB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00201CB6" w:rsidRDefault="00201CB6">
+    <w:pPr>
+      <w:pStyle w:val="a7"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00B81AEE" w:rsidRDefault="00B81AEE" w:rsidP="00201CB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00B81AEE" w:rsidRDefault="00B81AEE" w:rsidP="00201CB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F2326D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F2326D"/>
+    <w:rsidRoot w:val="0049031E"/>
+    <w:rsid w:val="000A695D"/>
+    <w:rsid w:val="001E1BF3"/>
+    <w:rsid w:val="00201CB6"/>
+    <w:rsid w:val="003C4F01"/>
+    <w:rsid w:val="0049031E"/>
+    <w:rsid w:val="004D0356"/>
+    <w:rsid w:val="004F7D21"/>
+    <w:rsid w:val="00544866"/>
+    <w:rsid w:val="00775DF4"/>
+    <w:rsid w:val="00807E77"/>
+    <w:rsid w:val="00816BF2"/>
+    <w:rsid w:val="00A609C6"/>
+    <w:rsid w:val="00AB55F9"/>
+    <w:rsid w:val="00B81AEE"/>
+    <w:rsid w:val="00B820F0"/>
+    <w:rsid w:val="00BB61F7"/>
+    <w:rsid w:val="00C40785"/>
+    <w:rsid w:val="00C56937"/>
+    <w:rsid w:val="00CF6E31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
@@ -644,78 +886,156 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A20D11"/>
+    <w:rsid w:val="00807E77"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003C4F01"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003C4F01"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00201CB6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00201CB6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00201CB6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00201CB6"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -835,91 +1155,119 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A20D11"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="453713948">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="698699573">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1163,59 +1511,86 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{829B5BE7-EEBB-48B8-B8CC-060B33914713}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>251</Words>
-  <Characters>1435</Characters>
+  <Words>272</Words>
+  <Characters>1553</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1683</CharactersWithSpaces>
+  <CharactersWithSpaces>1822</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>дом</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>