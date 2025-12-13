--- v0 (2025-12-10)
+++ v1 (2025-12-13)
@@ -1,2015 +1,1973 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C0133D" w:rsidRDefault="00C0133D" w:rsidP="00344F3C">
+    <w:p w:rsidR="000A5B63" w:rsidRPr="00A61A93" w:rsidRDefault="00A24B1C" w:rsidP="00344F3C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00C0133D" w:rsidRDefault="00C0133D" w:rsidP="00344F3C">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құрметті оқушылар</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5B63" w:rsidRPr="00A61A93">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A5B63" w:rsidRPr="00A61A93" w:rsidRDefault="000A5B63" w:rsidP="000A5B63">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A5B63" w:rsidRPr="00466159" w:rsidRDefault="00A24B1C" w:rsidP="00B4457B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сіздер ҚР Білім және ғылым Министрлігі Ұлттық тестілеу орталығы өткізетін апробациялық тестілеуге қатысасыздар</w:t>
+      </w:r>
+      <w:r w:rsidR="00466159">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A5B63" w:rsidRDefault="00A24B1C" w:rsidP="00B4457B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00466159">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеудің мақсаты:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A24B1C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00466159">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу жетістіктерін сырттай бағалауға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006517E2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арналған </w:t>
+      </w:r>
+      <w:r w:rsidR="00466159">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалпы білім беру</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4457B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пәндер</w:t>
+      </w:r>
+      <w:r w:rsidR="00466159">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006517E2">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тест тапсырмаларына апробация өткізу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00466159">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Апробация 4 және 9 сыныптарда өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2133B" w:rsidRPr="00D93310" w:rsidRDefault="00F2133B" w:rsidP="00F2133B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...126 lines deleted...]
-          <w:b/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D93310">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...75 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4 сынып</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2133B" w:rsidRDefault="00F2133B" w:rsidP="00F2133B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00466159">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеу уақыты:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 70</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00466159">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 сағ. 10 мин.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00466159">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2133B" w:rsidRPr="00F2133B" w:rsidRDefault="00F2133B" w:rsidP="00F2133B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тестте бір ғана дұрыс жауапты </w:t>
+      </w:r>
+      <w:r w:rsidR="003755EF">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жабық түрдегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тест тапсырмалары бар. Әр пән бойынша барлығы 15 тест тапсырма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2133B" w:rsidRDefault="00F2133B" w:rsidP="00F2133B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F2133B" w:rsidRDefault="00F2133B" w:rsidP="00F2133B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B4457B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тест тапсырмалары үш қиындық деңгейіндегі тапсырмалардан тұрады:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А-жеңіл, В-орташа, С-қиын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2133B" w:rsidRDefault="00F2133B" w:rsidP="00F2133B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F2133B" w:rsidRPr="00B4457B" w:rsidRDefault="00F2133B" w:rsidP="00F2133B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұсынылған төрт жауаптан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4457B">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бір </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғана </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4457B">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дұрыс жауапты таңдауға арналған тапсырмалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4457B">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...53 lines deleted...]
-        <w:t>Оценка выполнения учащимся:</w:t>
+      <w:r w:rsidRPr="00B4457B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Таңдаған жауапты жауап парағындағы берілген орынға, дөңгелекшені толық бояу арқылы белгілеу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2133B" w:rsidRDefault="00F2133B" w:rsidP="00F2133B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F2133B" w:rsidRDefault="00F2133B" w:rsidP="00F2133B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576CD0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ест тапсырмалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның орындалуын бағалау:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4786"/>
-        <w:gridCol w:w="5351"/>
+        <w:gridCol w:w="5065"/>
+        <w:gridCol w:w="5072"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000357D5" w:rsidRPr="002D58B0" w:rsidTr="00A52C37">
+      <w:tr w:rsidR="00F2133B" w:rsidRPr="002A38CF" w:rsidTr="00B90723">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcW w:w="5210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000357D5" w:rsidRPr="002D58B0" w:rsidRDefault="002D58B0" w:rsidP="00A52C37">
+          <w:p w:rsidR="00F2133B" w:rsidRPr="00B4457B" w:rsidRDefault="00F2133B" w:rsidP="00B90723">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсынылған төрт жауаптан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B4457B">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бір </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ғана </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B4457B">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дұрыс жауапты таңдауға арналған тапсырмалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5211" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F2133B" w:rsidRDefault="00F2133B" w:rsidP="00B90723">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>З</w:t>
-[...49 lines deleted...]
-              <w:t>а правильно отмеченный ответ в задании ученик получает 1 балл. За неправильно отмеченный ответ в задании ученик получает 0 баллов.</w:t>
+              <w:t>Әрбір дұрыс орындалған тапсырма үшін оқушы 1 балл алады. Дұрыс орындалмаған тапсырма үшін оқушы 0 балл алады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000357D5" w:rsidRPr="002D58B0" w:rsidRDefault="000357D5" w:rsidP="000357D5">
-[...105 lines deleted...]
-          <w:bCs/>
+    <w:p w:rsidR="00F2133B" w:rsidRDefault="00F2133B" w:rsidP="00F2133B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00097A02" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097A02">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жауап парағында сіздерге 9 секторды толтыру ұсынылады. Оқушы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00097A02" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097A02">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 сектор – Тегін (баспа әріптерімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00097A02" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097A02">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 сектор – Атын (баспа әріптерімен);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00097A02" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097A02">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 сектор –</w:t>
+      </w:r>
+      <w:r w:rsidR="002A38CF">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...76 lines deleted...]
-          <w:bCs/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00097A02">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сұрақ-кітапшасынан нұсқа нөмерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097A02">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000357D5" w:rsidRPr="002D58B0" w:rsidRDefault="002D58B0" w:rsidP="002D58B0">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00097A02" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097A02">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4 сектор – Ұлтын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097A02">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000357D5" w:rsidRPr="002D58B0" w:rsidRDefault="002D58B0" w:rsidP="002D58B0">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00097A02" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097A02">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 сектор –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0DA4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097A02">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп атауы мен сыныбын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00097A02" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097A02">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6 сектор –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0DA4">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097A02">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жынысын (ұл немесе қыз)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097A02">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-    </w:p>
-[...31 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="005D0DA4">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000357D5" w:rsidRPr="002D58B0">
-[...7 lines deleted...]
-          <w:bCs/>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00097A02" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097A02">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 және 8 сектор – Пәндер бойынша тиісті дөңгелекшелерге дұрыс жауаптарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00097A02" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00097A02">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9 сектор – Міндетті түрде қол қойып толтырады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00097A02">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F2133B" w:rsidRDefault="00F2133B" w:rsidP="00466159">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F2133B" w:rsidRDefault="00F2133B" w:rsidP="00466159">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00466159" w:rsidRPr="003755EF" w:rsidRDefault="00466159" w:rsidP="00466159">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003755EF">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9 сынып</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00344F3C" w:rsidRDefault="00A24B1C" w:rsidP="00B4457B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00466159">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тестілеу уақыты</w:t>
+      </w:r>
+      <w:r w:rsidR="00344F3C" w:rsidRPr="00466159">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00466159">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13</w:t>
+      </w:r>
+      <w:r w:rsidR="00344F3C" w:rsidRPr="00466159">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0 минут (</w:t>
+      </w:r>
+      <w:r w:rsidR="00466159">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 сағ. 10 мин.</w:t>
+      </w:r>
+      <w:r w:rsidR="00344F3C" w:rsidRPr="00466159">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00466159" w:rsidRDefault="00466159" w:rsidP="00B4457B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бір пән бойынша тест екі түрлі формадағы тест тапсырмаларынан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00466159" w:rsidRDefault="00466159" w:rsidP="00B4457B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бірінші блокта бір ғана дұрыс жауабы бар жабық түрдегі тест тапсырмалары, ал екінші блокта бір немесе бірнеше дұрыс жауапты тест тапсырмалары болады. Бір пән бойынша барлығы 40 тест тапсырмасы болады. Оның ішінде 25 тапсырма ұсынылған бес жауаптан бір ғана дұрыс жауапты таңдауға арналған және 15 тапсырма бір немесе бірнеше дұрыс жауапты тест тапсырмасы</w:t>
+      </w:r>
+      <w:r w:rsidR="003755EF">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нан тұрады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00466159" w:rsidRDefault="00466159" w:rsidP="00B4457B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00466159" w:rsidRDefault="00466159" w:rsidP="00466159">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B4457B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тест тапсырмалары үш қиындық деңгейіндегі тапсырмалардан тұрады:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А-жеңіл, В-орташа, С-қиын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00466159" w:rsidRDefault="00466159" w:rsidP="00B4457B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00466159" w:rsidRPr="00B4457B" w:rsidRDefault="00466159" w:rsidP="00466159">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұсынылған бес жауаптан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4457B">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бір </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғана </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4457B">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дұрыс жауапты таңдауға арналған тапсырмалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4457B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4457B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Таңдаған жауапты жауап парағындағы берілген орынға, дөңгелекшені толық бояу арқылы белгілеу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00466159" w:rsidRPr="00576CD0" w:rsidRDefault="00466159" w:rsidP="00466159">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00466159" w:rsidRPr="00576CD0" w:rsidRDefault="00466159" w:rsidP="00466159">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұсынылған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576CD0">
+        <w:rPr>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000357D5" w:rsidRPr="002D58B0">
-[...92 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сегіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576CD0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жауаптың ішінде бір </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">немес бірнеше </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576CD0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дұрыс жауабы бар жабық түрдегі тест тапсырмалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576CD0">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...41 lines deleted...]
-      <w:r w:rsidRPr="002D58B0">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00200FDE" w:rsidRPr="002D58B0">
-[...187 lines deleted...]
-      <w:r w:rsidR="002D58B0">
+      <w:r w:rsidRPr="00576CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мұндай тапсырмаларда бір немесе бірнеше дұрыс жауаптар болуы мүмкін. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00965EC3">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Таңдаған жауапты жауап парағындағы берілген орынға, дөңгелекшені толық бояу арқылы белгілеу қажет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576CD0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27EAE" w:rsidRPr="002D58B0" w:rsidRDefault="00D27EAE" w:rsidP="00D27EAE">
-[...111 lines deleted...]
-        <w:t>Оценка выполнения учащимся:</w:t>
+    <w:p w:rsidR="00466159" w:rsidRDefault="00466159" w:rsidP="00B4457B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074184" w:rsidRDefault="00074184" w:rsidP="00074184">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576CD0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ест тапсырмалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның орындалуын бағалау:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4786"/>
-        <w:gridCol w:w="5351"/>
+        <w:gridCol w:w="5065"/>
+        <w:gridCol w:w="5072"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF1295" w:rsidRPr="002D58B0" w:rsidTr="00EF1295">
+      <w:tr w:rsidR="00074184" w:rsidRPr="002A38CF" w:rsidTr="00140814">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4786" w:type="dxa"/>
+            <w:tcW w:w="5210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF1295" w:rsidRPr="002D58B0" w:rsidRDefault="002D58B0" w:rsidP="00D27EAE">
+          <w:p w:rsidR="00074184" w:rsidRPr="00B4457B" w:rsidRDefault="00074184" w:rsidP="00074184">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсынылған бес жауаптан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B4457B">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бір </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ғана </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B4457B">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дұрыс жауапты таңдауға арналған тапсырмалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5211" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00074184" w:rsidRDefault="00074184" w:rsidP="00140814">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>З</w:t>
+              <w:t>Әрбір дұрыс орындалған тапсырма үшін оқушы 1 балл алады. Дұрыс орындалмаған тапсырма үшін оқушы 0 балл алады</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00EF1295" w:rsidRPr="002D58B0">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00074184" w:rsidTr="00140814">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5210" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00074184" w:rsidRPr="00B4457B" w:rsidRDefault="00074184" w:rsidP="00074184">
+            <w:pPr>
               <w:rPr>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адания</w:t>
-[...9 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> из пяти предложенных вариантов</w:t>
+              <w:t>Бір немесе бірнеше дұрыс жауапты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B4457B">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тапсырмалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5351" w:type="dxa"/>
+            <w:tcW w:w="5211" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF1295" w:rsidRPr="002D58B0" w:rsidRDefault="002D58B0" w:rsidP="00EF1295">
+          <w:p w:rsidR="00074184" w:rsidRDefault="00074184" w:rsidP="00140814">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>З</w:t>
-[...109 lines deleted...]
-              <w:t>ает 0 баллов</w:t>
+              <w:t>Барлық мүмкін болатын дұрыс жауаптар үшін оқушы 2 балл алады. Әрбір жіберілген қате үшін максималды 2 баллдан 1 балл алынып тасталынады. Тапсырманы орындамаған жағдайда оқушы 0 балл алады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00273A6F" w:rsidRPr="002D58B0" w:rsidRDefault="00273A6F" w:rsidP="00484118">
-[...46 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00466159" w:rsidRDefault="00466159" w:rsidP="00B4457B">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00084F15">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жауап парағында сіздерг</w:t>
+      </w:r>
+      <w:r w:rsidR="00A436EE">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е 9</w:t>
+      </w:r>
+      <w:r w:rsidR="003755EF" w:rsidRPr="00084F15">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> секторды толтыру ұсынылады.</w:t>
+      </w:r>
+      <w:r w:rsidR="003755EF">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқушы</w:t>
+      </w:r>
+      <w:r w:rsidR="00D93310">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00D81B7B" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81B7B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 сектор – Тегін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00D81B7B" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81B7B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 сектор – Өз аты мен әкесінің атының бас әріптерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00D81B7B" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81B7B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 сектор – ЖСН;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00D81B7B" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81B7B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 сектор – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81B7B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жынысын (ұл немесе қыз);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00D81B7B" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81B7B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 сектор – Ұлтын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00D81B7B" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81B7B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6 сектор – Сұрақ-кітапшасынан нұсқа нөмерін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="005D0DA4" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81B7B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 сектор –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D0DA4">
+        <w:rPr>
+          <w:bCs/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00602390" w:rsidRPr="002D58B0">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="002D58B0">
+      <w:r w:rsidRPr="00D81B7B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Таңдалған жауапты жауап парағындағы тиісті дөңгелекшені толық бояу арқылы бірінші пәнді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00D81B7B" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81B7B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 сектор –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000357D5" w:rsidRPr="002D58B0">
-[...147 lines deleted...]
-      <w:r w:rsidR="002D58B0">
+      <w:r w:rsidRPr="00D81B7B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Таңдалған жауапты немесе жауаптарды жауап парағындағы тиісті дөңгелекшені толық бояу арқылы екінші пәнге берілген бір немесе бірнеше дұрыс жауапты тест тапсырмаларының жауаптарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E768CD" w:rsidRPr="00D81B7B" w:rsidRDefault="00E768CD" w:rsidP="00E768CD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D81B7B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9 сектор – Міндетті түрде қол қойып толтырады</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00484118" w:rsidRPr="002D58B0" w:rsidRDefault="00484118" w:rsidP="00F20B5A">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRPr="00084F15" w:rsidRDefault="007C37CF" w:rsidP="00084F15">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00084F15">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Апробациядан өткізілетін тест тапсырмаларының үлгілері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="00084F15">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сіздерге ұсынылған бес жауаптан бір ғана дұрыс жауапты таңдауға арналған тест тапсырмасы беріледі. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4457B">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Таңдаған жауапты жауап парағындағы берілген орынға, дөңгелекшені толық бояу арқылы белгілеу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Дүние жүзіндегі ең үлкен материк</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А) Еуразия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В) Африка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С) Антарктида</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) Аустралия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Е) Солтүстік Америка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="00084F15">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C37CF">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сіздерге ұсынылған сегіз жауаптың ішінде бір немес бірнеше дұрыс жауабы бар жабық түрдегі тест тапсырмалары беріледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C37CF">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Мұндай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тапсырмаларда бір немесе бірнеше дұрыс жауаптар болуы мүмкін. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00965EC3">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Таңдаған жауапты жауап парағындағы берілген орынға, дөңгелекшені толық бояу арқылы белгілеу қажет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Күнге ең жақын орналасқан үш ғаламшар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А) Марс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В) Юпитер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С) Сатурн</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) Венера</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Е) Уран</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRPr="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) Жер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRPr="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003755EF">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) Меркурий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003755EF">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) Нептун</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C37CF" w:rsidRDefault="007C37CF" w:rsidP="007C37CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F2133B" w:rsidRDefault="00F2133B" w:rsidP="00F2133B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F2133B" w:rsidRPr="00F2133B" w:rsidRDefault="00F2133B" w:rsidP="00F2133B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...267 lines deleted...]
-    <w:sectPr w:rsidR="001A7A1B" w:rsidRPr="002D58B0" w:rsidSect="00031F34">
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F2133B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сәттілік тілейміз!</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00F2133B" w:rsidRPr="00F2133B" w:rsidSect="00230F6B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="851" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:11.3pt;height:11.3pt" o:bullet="t">
+      <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:11.55pt;height:11.55pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="clip_image001"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="1B3B5427"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54D4A79C"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="788"/>
         </w:tabs>
         <w:ind w:left="788" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
@@ -2111,163 +2069,50 @@
           <w:tab w:val="num" w:pos="5828"/>
         </w:tabs>
         <w:ind w:left="5828" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6548"/>
         </w:tabs>
         <w:ind w:left="6548" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="30237657"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="59C809BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1388917C"/>
     <w:lvl w:ilvl="0" w:tplc="04190007">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2338,176 +2183,150 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
-[...1 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F50DE6"/>
-    <w:rsid w:val="00031F34"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00071D56"/>
+    <w:rsid w:val="00074184"/>
+    <w:rsid w:val="00084F15"/>
     <w:rsid w:val="000A5B63"/>
     <w:rsid w:val="000C26CD"/>
-    <w:rsid w:val="000E63C0"/>
-[...7 lines deleted...]
-    <w:rsid w:val="002545D9"/>
+    <w:rsid w:val="00230F6B"/>
     <w:rsid w:val="002572A3"/>
-    <w:rsid w:val="00273A6F"/>
-    <w:rsid w:val="002D58B0"/>
+    <w:rsid w:val="002A38CF"/>
     <w:rsid w:val="002F50D7"/>
     <w:rsid w:val="00344F3C"/>
-    <w:rsid w:val="00357EAB"/>
     <w:rsid w:val="003736AE"/>
-    <w:rsid w:val="003D5E91"/>
-    <w:rsid w:val="00484118"/>
+    <w:rsid w:val="003755EF"/>
+    <w:rsid w:val="004415C4"/>
+    <w:rsid w:val="00466159"/>
     <w:rsid w:val="00532240"/>
-    <w:rsid w:val="00593B08"/>
-    <w:rsid w:val="005B04F2"/>
+    <w:rsid w:val="00576CD0"/>
     <w:rsid w:val="005D5D53"/>
-    <w:rsid w:val="00602390"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006E39DC"/>
     <w:rsid w:val="00730F39"/>
-    <w:rsid w:val="00743633"/>
     <w:rsid w:val="00761A69"/>
     <w:rsid w:val="00773E60"/>
-    <w:rsid w:val="007B3111"/>
-    <w:rsid w:val="007F0FCC"/>
+    <w:rsid w:val="007C37CF"/>
+    <w:rsid w:val="007E3228"/>
+    <w:rsid w:val="008235EB"/>
     <w:rsid w:val="008C61F3"/>
-    <w:rsid w:val="008D4BF7"/>
-    <w:rsid w:val="00910A41"/>
     <w:rsid w:val="009303E6"/>
     <w:rsid w:val="009C6074"/>
+    <w:rsid w:val="00A24B1C"/>
+    <w:rsid w:val="00A436EE"/>
     <w:rsid w:val="00A61A93"/>
-    <w:rsid w:val="00AE7BF9"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00D27EAE"/>
+    <w:rsid w:val="00B4457B"/>
+    <w:rsid w:val="00D828D8"/>
+    <w:rsid w:val="00D93310"/>
     <w:rsid w:val="00DA0725"/>
-    <w:rsid w:val="00E53E0E"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F42D25"/>
+    <w:rsid w:val="00E768CD"/>
+    <w:rsid w:val="00F2133B"/>
     <w:rsid w:val="00F50DE6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2740,68 +2559,50 @@
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D5D53"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005D5D53"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
-    </w:rPr>
-[...16 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3051,72 +2852,59 @@
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1015228790">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1493181182">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3364,91 +3152,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>649</Words>
-  <Characters>3705</Characters>
+  <Words>631</Words>
+  <Characters>3601</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4346</CharactersWithSpaces>
+  <CharactersWithSpaces>4224</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Алмагул Сулейменова</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>