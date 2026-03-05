--- v0 (2025-12-13)
+++ v1 (2026-03-05)
@@ -1,3000 +1,4551 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00601DB4" w:rsidRPr="003F29BB" w:rsidRDefault="00601DB4" w:rsidP="00E74374">
-[...3 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="007A52E0" w:rsidRDefault="007A52E0" w:rsidP="007A52E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00672754">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E74374" w:rsidRPr="00EA0BBE" w:rsidRDefault="00E74374" w:rsidP="00530BA7">
+        </w:rPr>
+        <w:t>«Инновационный центр развития образования и воспитания»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A52E0" w:rsidRDefault="007A52E0" w:rsidP="007A52E0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Управления образования Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A52E0" w:rsidRDefault="007A52E0" w:rsidP="007A52E0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D77AE1" w:rsidRPr="00DC4ADE" w:rsidRDefault="005634D8" w:rsidP="00D77AE1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Экзаменационные </w:t>
+      </w:r>
+      <w:r w:rsidR="00D833CC" w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>билеты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по биологии </w:t>
+      </w:r>
+      <w:r w:rsidR="00D833CC" w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 класс</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77AE1" w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D77AE1" w:rsidRPr="00DC4ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за </w:t>
+      </w:r>
+      <w:r w:rsidR="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>курс основной</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77AE1" w:rsidRPr="00DC4ADE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="007A52E0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...16 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4037"/>
+        </w:tabs>
+        <w:spacing w:before="274" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="619"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="427"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="62"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-25"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Уровни организации живой природы. Свойства живых организмов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="427"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="427" w:right="442" w:hanging="365"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Органы кровообращения человека и млекопитающих животных, их роль в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жизнедеятельности организма. Кровь, ее строение и функции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="427"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="427" w:right="1325" w:hanging="365"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С помощью гербарных образцов определите насекомоопыляемые и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ветроопыляемые растения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="4018"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="413"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="413" w:right="883" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Формы размножения организмов. Характеристика полового и бесполого </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>размножения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="413"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="413" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организмы-паразиты. Особенности организации и образа жизни паразитических </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>червей. Профилактика глистных заболеваний человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="413"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="413" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приготовить препарат клетки кожицы чешуи лука, зарисовать клетку и подписать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ее части.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="4003"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="398"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="48"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-25"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вид, критерии вида, видообразование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="398"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="398" w:right="442" w:hanging="350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Строение органов дыхания у позвоночных животных и человека. Значение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дыхания для жизни организмов. Газообмен в легких и тканях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="398"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="398" w:right="442" w:hanging="350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рассмотреть микропрепарат пресноводной гидры и раскрыть особенности строения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="269" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="3974"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="394"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="38"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-30"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Деление клетки. Биологическое значение митоза и мейоза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="394"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="394" w:right="1766" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Многообразие одноклеточных животных, особенности строения, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жизнедеятельности, роль в природе и жизни человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="394"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="394" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С помощью гербарных образцов определите растения, принадлежащие к классу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>однодольные, назовите признаки, по которым вы его определили.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="264" w:line="278" w:lineRule="exact"/>
+        <w:ind w:left="3979"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="379"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
+        <w:ind w:left="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-25"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Химический состав клетки. Органические вещества, их строение и функции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="379"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
+        <w:ind w:left="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Состав, строение и рост костей. Виды соединения костей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="370"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="269" w:lineRule="exact"/>
+        <w:ind w:left="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>По коллекциям насекомых определить приспособленность к среде обитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="274" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="3965"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="350"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="350" w:hanging="346"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-30"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обмен веществ и энергии в клетке, своеобразие обмена веществ в растительной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>клетке. Характеристика процесса фотосинтеза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="350"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="350" w:hanging="346"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сходство скелетов человека и млекопитающих животных, как доказательство их родства. Особенности скелета человека, связанные с прямохождением и трудовой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деятельностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="350"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="350" w:right="442" w:hanging="346"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На ветках сосны найти мужские и женские шишки, выявить их роль в жизни </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>растений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D77AE1" w:rsidP="00D77AE1">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="254" w:line="278" w:lineRule="exact"/>
+        <w:ind w:left="178"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00D833CC" w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="346"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-25"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Обмен веществ и энергии в клетке, характеристика процесса дыхания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="346"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кожа и ее роль в организме. Гигиена кожи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="346"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
+        <w:ind w:left="346" w:hanging="346"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рассмотреть под микроскопом готовый микропрепарат эвглены зеленой, объяснить, почему этот организм называют переходной формой между растениями </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и животными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="264"/>
+        <w:ind w:left="3758"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="101"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Природное сообщество, основные звенья цепи питания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="456" w:right="442" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-25"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Строение органов выделения у позвоночных животных и человека. Значение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>выделения для жизни организмов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="456" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Определите фенотипы растений гороха (семена желтые - А, зеленые - а, гладкие </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, морщинистые - в), генотипы которых: ААВв, АаВв, аавв, Аавв, ааВВ. Каковы возможные генотипы и фенотипы потомства при скрещивании растений гороха с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>генотипами АаВв * аавв?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="3965"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="437"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="82"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Экологические факторы, их характеристика. Действие факторов на организмы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="437"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="437" w:right="883" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Корень - орган минерального питания. Виды корней и корневых систем, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>видоизменения корня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="437"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="10" w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="437" w:right="883" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:spacing w:val="-24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В молекуле ДНК 30 тиминовых нуклеотидов от общего числа азотистых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оснований. Определите количество других нуклеотидов в этой молекуле.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="264" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="4018"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="427"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="427" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Искусственный и естественный отборы. Сравнительная характеристика отборов. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Практическое значение знаний о видах отбора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="427"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="67"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Витамины, их значение для жизнедеятельности организма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="427"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="427" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пользуясь коллекцией насекомых, выявите идиоадаптации, раскройте их значение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в жизни насекомых.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="278" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="3994"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="403"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="403" w:hanging="350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Виды борьбы за существование. Роль борьбы за существование в эволюции живых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организмов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="403"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="53"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Виды растительных тканей, их строение и функции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="403"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="403" w:hanging="350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рассмотрите готовые микропрепараты растительной и бактериальной клеток. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Зарисуйте клетки, обозначьте их: части. Сравните клетки, объясните причины их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сходства и различия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="274" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="3974"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="389"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="38"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-25"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Среда обитания организмов. Приспособленность организмов к среде обитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="389"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="38"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Виды животных тканей, их строение и функции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="389"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="389" w:right="442" w:hanging="350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Постройте вариационный ряд изменчивости признак. Постойте вариационную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кривую и объясните полученные результаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="274" w:line="278" w:lineRule="exact"/>
+        <w:ind w:left="192"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 13</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="365"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
+        <w:ind w:left="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нуклеиновые кислоты, их виды, строение, значение в процессе биосинтеза белка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="365"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
+        <w:ind w:left="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Строение и работа сердца. Регуляция работы сердца.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="365"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
+        <w:ind w:left="365" w:hanging="341"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-19"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отберите из гербарных образцов растения двух видов одного рода, опишите их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">морфологические особенности. Сравните растения, объясните причины сходства и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>различия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="283" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="163"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t>Павлодар облысы бі</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Билет № 14</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="360" w:right="442" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Строение клетки, функции ее органоидов. Взаимосвязь строения и функций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>органоидов в клетке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стебель, его строение, функции, разнообразие видов, видоизменения стебля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
+        <w:ind w:left="360" w:right="442" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Определить на готовых микропрепаратах кровь лягушки и человека. Сравнить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>эритроциты лягушки и человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="264" w:line="283" w:lineRule="exact"/>
+        <w:ind w:left="19" w:right="1766" w:firstLine="3912"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 15</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="264" w:line="283" w:lineRule="exact"/>
+        <w:ind w:left="19" w:right="1766"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.   Эволюционное учение Ч. Дарвина. Движущие силы эволюции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="379"/>
+        </w:tabs>
+        <w:spacing w:line="269" w:lineRule="exact"/>
+        <w:ind w:left="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Железы внутренней секреции. Гормоны и их роль в жизни человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="442"/>
+        </w:tabs>
+        <w:spacing w:line="269" w:lineRule="exact"/>
+        <w:ind w:left="19"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>При условии, что серый цвет у мышей доминирует над белым, какое потомство</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>можно ожидать от скрещивания серого гетерозиготного самца и белой гомозиготной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>самки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="264" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="3922"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 16</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="374"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="19"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-25"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Эмбриональное и постэмбриональное развитие организмов. Органогенез.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="374"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="374" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внешнее и внутреннее строение листьев. Виды листьев, жилкование, способы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>расположения на стебле, видоизменения листьев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="374"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="374" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рассмотреть под микроскопом микропрепараты эпителиальной и соединительной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тканей, выявить их различия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="456"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="269" w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="370"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="14"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прогресс и регресс. Пути достижения эволюционного прогресса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="370"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="370" w:right="442" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Строение и функции нервной системы. Условные и безусловные рефлексы и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>рефлекторная дуга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="370"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="370" w:right="442" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рассмотреть дождевого червя и раскрыть особенности строения и движения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="274" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="3907"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="370"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>История развития органического мира. Многообразие живых организмов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="370"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Строение цветка, виды цветков, формулы цветков. Соцветия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="370"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="370" w:right="442" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рассмотреть под микроскопом микропрепараты мышечной и нервной тканей, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>выявить их различия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="269" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="3907"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 19</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="374"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="14"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Происхождение человека и стадии его развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="374"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="14"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Строение и функции центральной нервной системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="370"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="370" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>У гербарных экземпляров растений определить виды жилкования, виды листьев и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>способы прикрепления их к стеблю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="274" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="3902"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="360" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Закономерности наследования признаков. Опыты Менделя по моногибридному и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дигибридному скрещиванию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Плоды, их классификация, способы распространения в природе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="360" w:right="442" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мать является носительницей гена цветовой слепоты, отец различает цвета </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нормально. Как признак цветовой слепоты могут унаследовать их дети.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="264" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="3926"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Билет № 21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="355"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Виды взаимоотношений организмов в популяциях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="355"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="355" w:hanging="350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Характеристика покрытосеменных растений. Классификация покрытосеменных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>растений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="355"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="355" w:right="442" w:hanging="350"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рассмотреть раковины моллюсков и найти сходства и различия строения раковин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="274" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="3888"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 22</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Биосфера, ее структура и функции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="360" w:right="442" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сенсорная система организма человека. Строение и функции зрительного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анализатора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="360" w:right="883" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>По влажному препарату речного рака определить черты приспособленности к среде обитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:right="883"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="269" w:lineRule="exact"/>
+        <w:ind w:left="182"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 23</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="370"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="269" w:lineRule="exact"/>
+        <w:ind w:left="370" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рациональное использование природных ресурсов в Казахстане. Охрана природы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EA0BBE">
-[...6 lines deleted...]
-        <w:t>л</w:t>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Казахстане</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00EA0BBE">
-[...11 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="370"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="269" w:lineRule="exact"/>
+        <w:ind w:left="370" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Характеристика высших споровых растений. Особенности строения и значение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>растений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="370"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="269" w:lineRule="exact"/>
+        <w:ind w:left="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>По</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  коллекциям насекомых определить приспособленность к среде обитания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="269" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="3965"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 24</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="365"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="365" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Генетика человека. Методы изучения наследственности. Генетические проблемы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сохранения здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="365"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="365" w:right="461" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Характеристика класса птиц. Особенности их строения, приспособленности к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>полету. Классификация птиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="365"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="365" w:right="461" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Рассмотреть коллекцию насекомых и соотнести их к определенным отрядам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="00D77AE1" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="269" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="154"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2719 lines deleted...]
-    <w:sectPr w:rsidR="00AC46F7" w:rsidRPr="00601DB4" w:rsidSect="00CC2F40">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77AE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Билет № 25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="355"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Селекция. Методы выведения новых пород животных и сортов растений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="355"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="355" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особенности строения пищеварительной системы человека и млекопитающих. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Процесс пищеварения, роль пищеварительных желез.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="355"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="355" w:right="461" w:hanging="355"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рассмотреть микропрепарат внутреннего строения корня, определить ткани, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005634D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образующие корень и зоны корня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D833CC" w:rsidRPr="005634D8" w:rsidRDefault="00D833CC" w:rsidP="00D833CC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10861" w:rsidRPr="005634D8" w:rsidRDefault="00A10861">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A10861" w:rsidRPr="005634D8" w:rsidSect="0089371F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="KZ Times New Roman">
-    <w:altName w:val="Times New Roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="0C43100B"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="4164E862"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="355"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="16197FDC"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="5686AB3C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="17B93D22"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="5686AB3C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="20E52FE0"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E3861D5E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="365"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="23E07B81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="7120716A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="355"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="26AB39EE"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="7120716A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="355"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="32080B78"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="7120716A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="356"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="38217823"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="7120716A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="356"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="43402D44"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="A0EE33EC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="350"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="43E44ECF"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="7120716A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="355"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="45C54699"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="7120716A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="355"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="46741CD8"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="547A6428"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="350"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="46DE06A9"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="5686AB3C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="485C3721"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="5686AB3C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="49B722AA"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="5686AB3C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="4F047FBD"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="A0EE33EC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="350"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="51E20143"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="76C6F9B2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="346"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="54A5085A"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="7120716A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="355"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="57C03B8D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="B024E970"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="341"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="642A59C5"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="5686AB3C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="65275B23"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="547A6428"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="351"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="6A8C3FAA"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="7120716A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="355"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="703C0D73"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="5686AB3C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23">
+    <w:nsid w:val="7E2232E2"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="76C6F9B2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="346"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="15"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="7"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="7"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="355"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="10"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="23"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="16"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="17"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="22"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="8"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="20"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="20"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="350"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="18"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="6"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="6"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="355"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="13"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="12"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="9"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="11"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="14"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="19"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="21"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00601DB4"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00E74374"/>
+    <w:rsidRoot w:val="00D833CC"/>
+    <w:rsid w:val="005634D8"/>
+    <w:rsid w:val="007A52E0"/>
+    <w:rsid w:val="0089371F"/>
+    <w:rsid w:val="008E278D"/>
+    <w:rsid w:val="00A10861"/>
+    <w:rsid w:val="00B32257"/>
+    <w:rsid w:val="00D77AE1"/>
+    <w:rsid w:val="00D833CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
@@ -3071,104 +4622,161 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00CC2F40"/>
+    <w:rsid w:val="0089371F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="007A52E0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007A52E0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="1028483158">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1548760280">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFEFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
@@ -3403,70 +5011,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6737</Characters>
+  <Pages>1</Pages>
+  <Words>1089</Words>
+  <Characters>6208</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7903</CharactersWithSpaces>
+  <CharactersWithSpaces>7283</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>админ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>