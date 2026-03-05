--- v0 (2025-12-15)
+++ v1 (2026-03-05)
@@ -4,2556 +4,1838 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00647476" w:rsidRDefault="00647476" w:rsidP="0092726D">
+    <w:p w:rsidR="00133246" w:rsidRDefault="00133246" w:rsidP="0092726D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0092726D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Информатика пәнінен емтихан билеттері – 9сынып</w:t>
+        <w:t>Экзаменационные билеты по информатике -  9 класс</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="008540FD">
-[...2 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="008540FD"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-106" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10368"/>
       </w:tblGrid>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00647476" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>№ 1</w:t>
-[...23 lines deleted...]
-          <w:p w:rsidR="00647476" w:rsidRPr="00E76D43" w:rsidRDefault="00647476" w:rsidP="00FF473C">
+              <w:t>БИЛЕТ № 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00647476" w:rsidRDefault="00647476" w:rsidP="00FF473C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Понятие алгоритма. Свойства и исполнители алгоритма.  Способы представления алгоритмов.  Типы алгоритмов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00647476">
-[...9 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00647476" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Электронные таблицы. Обработка числовой информации на ЭВМ. Структура таблиц.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Задача</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00730833" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00647476" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00730833" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Величины. Типы величин. Константы и переменные. Аргументы и результаты, промежуточные величины. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00730833" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Понятие базы данных. Табличная форма представления информации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00730833" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>№3</w:t>
-[...23 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00730833" w:rsidP="00FF473C">
+              <w:t>БИЛЕТ № 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00730833" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Этапы решения задач. Метод пошаговой детализации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00730833" w:rsidP="00730833">
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Операции поиска информации в базах данных.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Есеп.</w:t>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="007B1764" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...36 lines deleted...]
-          <w:p w:rsidR="00730833" w:rsidRPr="0031689A" w:rsidRDefault="00730833" w:rsidP="0031689A">
+              <w:t>БИЛЕТ № 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="27"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="815" w:hanging="425"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031689A">
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="007B1764" w:rsidRPr="0031689A" w:rsidRDefault="007B1764" w:rsidP="0031689A">
+              </w:rPr>
+              <w:t>Техника безопасности и организация рабочего места.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="27"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="815" w:hanging="425"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031689A">
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="007B1764" w:rsidP="0031689A">
+              </w:rPr>
+              <w:t>Создание и заполнение электронных таблиц.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="27"/>
+                <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:ind w:left="815" w:hanging="425"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0031689A">
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t>.</w:t>
+              </w:rPr>
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="007B1764" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="007B1764" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стандартные функции. Арифметические вычисления. Оператор присваивания.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00013B23" w:rsidP="00013B23">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="005D58DB" w:rsidP="005D58DB">
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidR="00133246" w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Технология обработки числовых данных (электронные таблицы.). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00013B23" w:rsidP="00013B23">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t>Сандық мәліметтерді өңдеу технологиясы. (электрондық кестелер)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidR="00133246" w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...37 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="007B1764" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>№</w:t>
-[...33 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="009D7F17" w:rsidP="0031689A">
+              <w:t>БИЛЕТ № 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="28"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="009D7F17" w:rsidP="0031689A">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Структура  программ на Паскале. Типы данных.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="28"/>
+                <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Элементы таблицы: строка, столбец, ячейка.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00F44F19" w:rsidP="00F44F19">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
-            <w:r w:rsidR="009D7F17">
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00133246" w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="009D7F17" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="009D7F17" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...17 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="009D7F17" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация ввода, вывода. Форматы операторов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вставка таблиц. Панель «Таблицы и границы».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00F44F19" w:rsidP="00F44F19">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
-            <w:r w:rsidR="009D7F17">
-[...14 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00F44D20" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>№ 8</w:t>
-[...23 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00F44D20" w:rsidP="00FF473C">
+              <w:t>БИЛЕТ № 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00F44D20" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Условные операторы.  Простые и составные условия.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Двоичная </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арифметика</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>римеры</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00F44F19" w:rsidP="00F44F19">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="461"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
-            <w:r w:rsidR="00F44D20">
-[...14 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00F44D20" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00F44D20" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...17 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00F44D20" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация  выбора.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Форматирование текста.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00F44F19" w:rsidP="00F44F19">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
-            <w:r w:rsidR="00F44D20">
-[...14 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00F44D20" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00F44D20" w:rsidRPr="00F44D20" w:rsidRDefault="00F44D20" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00F44D20">
-[...6 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00F44D20" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Операторы цикла с известным числом повторения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00F44D20">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Microsoft</w:t>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F44D20">
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Дополнительные возможности </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Word</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00F44D20" w:rsidP="00FF473C">
+              <w:t>Microsoft Word.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00F44D20" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00F44D20" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оператор цикла с предусловием.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вставка рисунков. Панель настройки изображения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00F44F19" w:rsidP="00F44F19">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...50 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
-            <w:r w:rsidR="00F44D20">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Задача.</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>БИЛЕТ № 12</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00236F88" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Соңғы шартты циклдік оператор.</w:t>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оператор цикла с постусловием.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>MS</w:t>
-[...45 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="005D58DB" w:rsidP="005D58DB">
+              <w:t>MSExcel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>: ввод текста, формул, команд.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00013B23" w:rsidP="00013B23">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
-            <w:r w:rsidR="00236F88">
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00133246" w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00236F88" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00236F88" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...35 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00236F88" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Табличная организация данных. Одномерный массив. Операции над одномерным массивом.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...26 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00236F88" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Понятие текстового редактора. Назначение текстовых редакторов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00236F88" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00236F88" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 14</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...28 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00931085" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вспомогательные алгоритмы. Функции.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Создание и редактирование базы данных.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00013B23" w:rsidP="00013B23">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
-            <w:r w:rsidR="00931085">
-[...6 lines deleted...]
-              <w:t>Есеп.</w:t>
+            <w:r w:rsidR="00133246" w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00931085" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00931085" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...5 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00931085" w:rsidRDefault="00931085" w:rsidP="00FF473C">
+              <w:t>Сортировка массивов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...10 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00931085" w:rsidP="00FF473C">
+            </w:pPr>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Поля и записи. Ввод, редактирование и сортировка записей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00931085" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00931085" w:rsidP="00FF473C">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00931085" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00931085" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Операции над символьными величинами. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Системы счисления: ви</w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t>Санау жүйелері: түрлері, бір түрінен екінші түріне аудару әдістері.</w:t>
+              <w:t>ды, способы перевода</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00931085" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -2574,3456 +1856,2336 @@
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>БИЛЕТ № 17</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00B30DB4" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Понятия множества. Операции над множеством. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00434D2B">
-              <w:t xml:space="preserve">Логика </w:t>
-[...7 lines deleted...]
-            <w:r w:rsidR="00B30DB4" w:rsidRPr="00FF473C">
+              <w:t xml:space="preserve">Логика и логические функции: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AND</w:t>
             </w:r>
-            <w:r w:rsidR="00B30DB4" w:rsidRPr="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00B30DB4" w:rsidRPr="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
-            <w:r w:rsidR="00B30DB4" w:rsidRPr="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00B30DB4" w:rsidRPr="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>NOT</w:t>
             </w:r>
-            <w:r w:rsidR="00B30DB4">
-[...11 lines deleted...]
-              <w:t>калық функциялары.</w:t>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00B30DB4" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="003514A1" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="003514A1" w:rsidRDefault="007773D8" w:rsidP="00FF473C">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003514A1">
-[...31 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="003514A1" w:rsidRDefault="003514A1" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003514A1">
-[...34 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="003514A1" w:rsidRDefault="003514A1" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Табличная организация данных. Двумерный  массив. Операции над двумерным массивом.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003514A1">
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>ДК а</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Архитектура ПК (Назначение основных устройств </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00133246" w:rsidRPr="003514A1">
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>рхитектура</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003514A1">
+              <w:t>ПК</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>.Д</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00133246" w:rsidRPr="003514A1">
+              </w:rPr>
+              <w:t>ополнительные</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...25 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="003514A1" w:rsidRDefault="003514A1" w:rsidP="00FF473C">
+              <w:t xml:space="preserve"> устройства).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="003514A1" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+              <w:t>Задача.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00133246" w:rsidRPr="003514A1" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00133246" w:rsidRPr="003514A1" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="003514A1" w:rsidRDefault="00A5428D" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="003514A1" w:rsidRDefault="00A5428D" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 19</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="00A5428D" w:rsidRPr="007F41CB" w:rsidRDefault="00A5428D" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Операции над строковыми величинами.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00A5428D">
-[...12 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="003514A1" w:rsidRDefault="00A5428D" w:rsidP="00FF473C">
+            <w:r>
+              <w:t>Кодирование графической, текстовой, звуковой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t xml:space="preserve"> и числов</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t xml:space="preserve"> информаци</w:t>
+            </w:r>
+            <w:r>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="003514A1" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Задача.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00A5428D" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00A5428D" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...17 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="007F41CB" w:rsidRDefault="00A5428D" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Понятие модели и моделирование. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t xml:space="preserve">Классификация вирусов. Классификация </w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...48 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="0011624A" w:rsidP="00FF473C">
+              <w:t>анти</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>вирусных программ и профилактика от заражения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Есеп.</w:t>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="007F41CB" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="007F41CB" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 21</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...109 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Графический режим. Координатная плоскость экрана. Графические операторы. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="007F41CB" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Операционная система.  Виды. Ядро ОС.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="005054EB" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="005054EB" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 22</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00F658A4" w:rsidRDefault="005054EB" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Электронная почта, телеконференция, доски объявлений.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00F658A4" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>ЭЕМ-ның элементтік базасы және буындары.</w:t>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Элементная база и поколение ЭВМ.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="005054EB" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="005054EB" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="005054EB" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 23</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="005054EB" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Новые роли ЭВМ в современном обществе: Интернет. Мировое информационное сообщество.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="005054EB" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Таблицы истинности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Есеп.</w:t>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="005054EB" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>№</w:t>
-[...33 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="005054EB" w:rsidP="00FF473C">
+              <w:t>БИЛЕТ № 24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="005054EB" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Основные виды компьютерной связи. Локальные сети. Глобальные сети.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-              <w:t>Жады ұяшығы түсінігі, адрестеу принципі.</w:t>
+              <w:t xml:space="preserve">Память ПК. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Понятие ячейки памяти, принцип адресности.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00C81DAA" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Задача.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="009424F5" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="009424F5" w:rsidP="00FF473C">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>БИЛЕТ № 25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w:rsidR="009424F5" w:rsidRPr="009424F5" w:rsidRDefault="009424F5" w:rsidP="009424F5">
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вспомогательные алгоритмы. Функции.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="009424F5" w:rsidRDefault="009424F5" w:rsidP="009424F5">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Программы архивации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...1047 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Задача.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0031689A" w:rsidRPr="008146DF" w:rsidRDefault="0031689A" w:rsidP="0031689A">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...37 lines deleted...]
-              <w:t>Бірөлшемді массив берілген. Массив элементтерін өсу ретімен орналастырыңыз.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Найти произведение цифр заданного четырехзначного числа.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133246" w:rsidRPr="0031689A">
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0031689A" w:rsidRPr="008146DF" w:rsidRDefault="0031689A" w:rsidP="0031689A">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="009776BA" w:rsidRPr="009776BA" w:rsidRDefault="009776BA" w:rsidP="009776BA">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:ind w:left="360" w:right="332"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>Написать программу нахождения суммы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t xml:space="preserve"> положительных чисел из трех данных.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133246" w:rsidRPr="0031689A">
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0031689A" w:rsidRPr="008146DF" w:rsidRDefault="00133246" w:rsidP="0031689A">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="0031689A" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:ind w:left="360" w:right="332"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Даны два действительных числа. Вывести первое число, если оно больше второго, и</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ли оба числа, если первое меньше второго</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133246" w:rsidRPr="0031689A">
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0031689A" w:rsidRDefault="0031689A" w:rsidP="0031689A">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="00417CAB" w:rsidRPr="008146DF" w:rsidRDefault="00417CAB" w:rsidP="0031689A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:ind w:left="360" w:right="332"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Написать программу, которая запрашивает у пользователя номер дня недели и выводит одно из сообщений: «понедельник», «вторник»…</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133246" w:rsidRPr="0031689A">
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417CAB" w:rsidRPr="008146DF" w:rsidRDefault="00133246" w:rsidP="00417CAB">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00417CAB" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:ind w:left="360" w:right="332"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Найти сумму целых положительных чисел из промежутка от</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t xml:space="preserve"> А</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t xml:space="preserve"> до В,  кратных 4   (значения переменных А, В вводятся с клавиатуры).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133246" w:rsidRPr="0031689A">
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417CAB" w:rsidRPr="008146DF" w:rsidRDefault="00133246" w:rsidP="00417CAB">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00417CAB" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="002B00E6" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:ind w:left="360" w:right="332"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Даны 3 числа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B00E6">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B00E6">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">. Если выполняется неравенство </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B00E6">
+              <w:t>&lt;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B00E6">
+              <w:t>&lt;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, то вывести на экран значение суммы этих чисел, а иначе их произведение.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...39 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133246" w:rsidRPr="00417CAB">
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417CAB" w:rsidRDefault="00133246" w:rsidP="00417CAB">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="00417CAB" w:rsidRPr="008146DF" w:rsidRDefault="00417CAB" w:rsidP="00417CAB">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:ind w:left="360" w:right="332"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>Написать   программу  для подсчета количества букв «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>» в тексте.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00C95B23" w:rsidRPr="00C95B23" w:rsidRDefault="00C95B23" w:rsidP="00FF473C">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="4536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10368" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:ind w:left="360" w:right="332"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>С помощью операции вырезка и соединения составьте из слова «канатоходец», слова «ход», «канадец», «док»</w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...5 lines deleted...]
-              <w:t>Трапецияның ауданын табатын программа құрастырыңыз.</w:t>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t xml:space="preserve"> «ходок».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="4536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10368" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:ind w:left="360" w:right="332"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t xml:space="preserve">Дан одномерный массив. Отсортировать его по убыванию. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="4536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10368" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:ind w:left="360" w:right="332"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Дано трёхзначное число. Найти число, полученное перестановкой его цифр в обратном порядке.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="4536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10368" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:ind w:left="360" w:right="332"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t xml:space="preserve">Дан одномерный массив. Отсортировать его по </w:t>
+            </w:r>
+            <w:r>
+              <w:t>возрастанию.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="4536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10368" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:ind w:left="360" w:right="332"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002B00E6">
+              <w:t>Составить программу нахождения максимального элемента в массиве.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="4536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10368" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:ind w:left="360" w:right="332"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Сформировать таблицу квадратов чисел 2, 4, 6, 8 … 20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="4536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10368" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 14</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:ind w:left="360" w:right="332"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t xml:space="preserve">В массиве </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>[1..20] найти количество элементов</w:t>
+            </w:r>
+            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t xml:space="preserve">   меньших 5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="4536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10368" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:ind w:left="360" w:right="332"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t xml:space="preserve">  Написать программу, которая проверяет, является ли введенное с клавиатуры целое число </w:t>
+            </w:r>
+            <w:r>
+              <w:t>чётным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00434D2B">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="4536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10368" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:ind w:left="360" w:right="332"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Напечатать минимальное число больше 200 и нацело делящееся на 17.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="4536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10368" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 17</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Составить программу нахождения площади трапеции.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00417CAB" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00417CAB" w:rsidRDefault="00417CAB" w:rsidP="00417CAB">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00417CAB" w:rsidRPr="008146DF" w:rsidRDefault="00417CAB" w:rsidP="00417CAB">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00417CAB" w:rsidRDefault="00417CAB" w:rsidP="00FF473C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-              <w:t>Программалау тіліне аударыңыз:</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Перевести на язык программирования:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="005D44AE" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -6074,451 +4236,370 @@
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="4933315" cy="846455"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133246" w:rsidRPr="0031689A">
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417CAB" w:rsidRDefault="00417CAB" w:rsidP="00417CAB">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00417CAB" w:rsidRPr="008146DF" w:rsidRDefault="00417CAB" w:rsidP="00417CAB">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 19</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...36 lines deleted...]
-              <w:t>ттерінің көбейтіндісін есептеңіз.</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вычислить произведение всех ненулевых элементов массива.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417CAB" w:rsidRPr="008146DF" w:rsidRDefault="00417CAB" w:rsidP="00417CAB">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00417CAB" w:rsidRDefault="00417CAB" w:rsidP="00FF473C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Даны  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
-            <w:r w:rsidRPr="00751B73">
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
-            <w:r w:rsidRPr="00751B73">
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>z</w:t>
             </w:r>
-            <w:r w:rsidRPr="00751B73">
-[...16 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Вычислить </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>b</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>-ні анықтаңыз.</w:t>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:position w:val="-28"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:object w:dxaOrig="2340" w:dyaOrig="980">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:117.4pt;height:49.05pt" o:ole="" o:allowoverlap="f">
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:117.35pt;height:48.9pt" o:ole="" o:allowoverlap="f">
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1555402877" r:id="rId8"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1555402890" r:id="rId8"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">;      </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:position w:val="-58"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:object w:dxaOrig="1800" w:dyaOrig="960">
-                <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:89.2pt;height:48pt" o:ole="">
+                <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:88.9pt;height:48pt" o:ole="">
                   <v:imagedata r:id="rId9" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1555402878" r:id="rId10"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1555402891" r:id="rId10"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417CAB" w:rsidRPr="008146DF" w:rsidRDefault="00417CAB" w:rsidP="00417CAB">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">№ </w:t>
-[...13 lines deleted...]
-          <w:p w:rsidR="00417CAB" w:rsidRDefault="00417CAB" w:rsidP="00FF473C">
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 21</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-              <w:t>У-тің мәнін анықтайтын программа құрастырыңыз.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Составить  программу для вычисления у.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="005D44AE" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>285115</wp:posOffset>
@@ -6608,342 +4689,262 @@
                       </v:handles>
                     </v:shapetype>
                     <v:shape id="Левая фигурная скобка 1" o:spid="_x0000_s1026" type="#_x0000_t87" style="position:absolute;margin-left:22.45pt;margin-top:16pt;width:11.55pt;height:68.4pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1BGTXtQIAAE0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVF2O0zAQfkfiDpbfu0m6abeNNl0t/UFI&#10;C6y0cADXcZqAYwfbbbogJBC8cwAusYCQEBKcIb0RYyctLfuCEK7kejyTb+abH5+erQuOVkzpXIoY&#10;B0c+RkxQmeRiEeOnT2adAUbaEJEQLgWL8TXT+Gx0985pVUasKzPJE6YQgAgdVWWMM2PKyPM0zVhB&#10;9JEsmQBlKlVBDIhq4SWKVIBecK/r+32vkioplaRMa7idNEo8cvhpyqh5nKaaGcRjDLEZtyu3z+3u&#10;jU5JtFCkzHLahkH+IYqC5AKc7qAmxBC0VPktqCKnSmqZmiMqC0+maU6Z4wBsAv8PNlcZKZnjAsnR&#10;5S5N+v/B0kerS4XyBGoHlRKkgBrVH+uv9ef6ZvMBbd7X3+ovm3ebN/WP5uJt/b3+WX+C/QYFNn1V&#10;qSNAuSovlU2ALi8kfa5B4R1orKDBBs2rhzIBL2RppEvZOlWF/RKSgdauMte7yrC1QRQug7DfH/Qw&#10;oqAa9OHnKueRaPtxqbS5z2SB7CHGnKXmniLUZo9EZHWhjatO0lIkybMAo7TgUOwV4WhwfNxre2HP&#10;pLtv0vNhWRvw2gLCaevXogs5yzl3HcUFqmI87HV7LgAteZ5YpTXTajEfc4XAL/B0q4U9MFNyKRIH&#10;ljGSTNuzITlvzuCcC4sHOWrp2Wy5pns19IfTwXQQdsJuf9oJ/cmkcz4bh53+LDjpTY4n4/EkeG1D&#10;C8Ioy5OECRvddgCC8O8arB3FpnV3I3DA4oDszK3bZL3DMFyKgcv237Fz3WQbqOm4uUyuoZmUbCYa&#10;XiA4ZFK9xKiCaY6xfrEkimHEHwgYl2EQhnb8nRD2TrogqH3NfF9DBAWoGFOjMGqEsWkejWWp8kUG&#10;vgJXWCHPoY3T3Gz7vYmrbX6YWcehfV/so7AvO6vfr+DoFwAAAP//AwBQSwMEFAAGAAgAAAAhAL8b&#10;Lp7fAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoQ6jSEOJUCAkJ8SsK&#10;l97ceJuExOvIdtrw9iwnOK1G82l2plzPdhAH9KFzpOBykYBAqp3pqFHw+XF/kYMIUZPRgyNU8I0B&#10;1tXpSakL4470jodNbASHUCi0gjbGsZAy1C1aHRZuRGJv77zVkaVvpPH6yOF2kGmSZNLqjvhDq0e8&#10;a7HuN5NV8Ogf+ukrfX5dJU8v++2qH+1b3Cp1fjbf3oCIOMc/GH7rc3WouNPOTWSCGBQsl9dMKrhK&#10;eRL7Wc53x1yW5yCrUv4fUP0AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9QRk17UCAABN&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAvxsunt8A&#10;AAAIAQAADwAAAAAAAAAAAAAAAAAPBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABsG&#10;AAAAAA==&#10;" adj="304"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="0092726D" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">              3,5х-12, </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> х</w:t>
+              <w:t xml:space="preserve">              3,5х-12, при х</w:t>
             </w:r>
             <w:r w:rsidRPr="0092726D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>&lt;=1</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">У= </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00133246" w:rsidRPr="0092726D" w:rsidRDefault="00133246" w:rsidP="00751B73">
+          <w:p w:rsidR="00133246" w:rsidRPr="0092726D" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                х</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00FF473C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">-1,2, </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> х</w:t>
+              <w:t>-1,2, при х</w:t>
             </w:r>
             <w:r w:rsidRPr="0092726D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>&gt;1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133246" w:rsidRPr="0031689A">
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417CAB" w:rsidRDefault="00417CAB" w:rsidP="00417CAB">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00417CAB" w:rsidRPr="008146DF" w:rsidRDefault="00417CAB" w:rsidP="00417CAB">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 22</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-              <w:t>Массивтің ең үлкен элементін анықтайтын программа құрастырыңыз.</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Составить программу нахождения максимального элемента в массиве.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133246" w:rsidRPr="0045271C">
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4837"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00751B73" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="0092726D" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00417CAB" w:rsidRPr="008146DF" w:rsidRDefault="00417CAB" w:rsidP="00417CAB">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="00751B73" w:rsidRPr="00751B73" w:rsidRDefault="00751B73" w:rsidP="00FF473C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 23</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00751B73" w:rsidRDefault="005D44AE" w:rsidP="00FF473C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Составить программу вывода на экран данного рисунка.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="005D44AE" w:rsidP="00FF473C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1003300</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>29845</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="3488055" cy="2133600"/>
                       <wp:effectExtent l="50800" t="77470" r="23495" b="17780"/>
                       <wp:wrapNone/>
                       <wp:docPr id="11" name="Группа 9"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -7151,148 +5152,131 @@
                 <mc:Fallback>
                   <w:pict>
                     <v:group id="Группа 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:79pt;margin-top:2.35pt;width:274.65pt;height:168pt;z-index:251659264" coordsize="34882,21336" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBegL2QLQQAAPASAAAOAAAAZHJzL2Uyb0RvYy54bWzsWF2O2zYQfi/QOxB698qUJdsS1hts/bMo&#10;kDYLpDkALVE/qESqpLzebVAgbQ+Qh7y3V1gUyEOSIr2CfKMOScm2nE3TJugCRb0LyKRGHA5nvvlm&#10;pNMH10WOrqiQGWcTC5/0LURZyKOMJRPryTeL3thCsiIsIjlndGLdUGk9OPv8s9N1GVCHpzyPqECg&#10;hMlgXU6stKrKwLZlmNKCyBNeUgbCmIuCVDAViR0JsgbtRW47/f7QXnMRlYKHVEq4OzNC60zrj2Ma&#10;Vo/iWNIK5RMLbKv0VejrUl3ts1MSJIKUaRY2ZpCPsKIgGYNNt6pmpCJoJbJ3VBVZKLjkcXUS8sLm&#10;cZyFVJ8BToP7B6e5EHxV6rMkwTopt24C1x746aPVhl9fXQqURRA7bCFGCohR/WLzbPNz/Qf83yJf&#10;uWhdJgE8eSHKx+WlMOeE4UMefitBbB/K1TwxD6Pl+isegVayqrh20XUsCqUCDo+udSRutpGg1xUK&#10;4ebAHY/7nmehEGQOHgyG/SZWYQoBfWddmM73Vjp765T5NgnMptrQxjB1KsCc3LlVfppbH6ekpDpa&#10;UjmrdSsY07j1V3Dr8/r3+nbzHG1+rN/CZfPT5ln9sn5Tv67f1q+QY5yt10/ZpdCul4EEp3/QjxjD&#10;Tnd5cjQC4Cs/ag9ufUGCUsjqgvICqcHEkpUgWZJWU84Y5A0XWIeLXD2UlXFiu0BFj/FFludwnwQ5&#10;Q+uJ5XuOpxdInmeREiqZFMlymgt0RSABXW/kfzFuItJ5DIDOIq0spSSaN+OKZDmMUXVTKgAJwdeW&#10;2qqgkYVyCoSjRsa2nKntAD9gbTMyCfjU7/vz8Xzs9lxnOO+5/dmsd76Yur3hAo+82WA2nc7wD8py&#10;7AZpFkWUKeNbMsDu30NFQ0smjbd0sPWS3dWuMQnGtr/aaECnibWB5pJHNxoC+j4A9b4QO/gHiB18&#10;AmIBli0qdeR05juAol3WN8FtKaMF4BGxR8Tuc6y7Rewv9W/1bf0GuXu4bGuWNAULMT5NCUvouSIU&#10;xTdA/FgjTSUgULdZ0GbjB5nXGSiGBSjjgaf33aHZc/HIwNkdOjpX3s+/NM+zUqoKQoL3kG6HMzvU&#10;utB/Tbp0HjPs7HguVFCluiPs6hj5Q3d4l46/pOcd/95JYEhw03VBlwiDlIvvgcSh44KK892KCApU&#10;/iWDEPjYdVWLpidQKhyYiH3Jcl9CWAiqJlZYCQuZybQyjd2qFKqOqaCqAzN+Dq1HnOkipoJqiFW3&#10;LboBuC9eBWJrOoEWpd49otT3B5AmgFJ35Gq0d1A6PKL0iFL9GgBIOEDp6B5RioejPjAmwHSMHd0q&#10;dmC6I1PdKh/J9H9LpoCEA5hqtHQqOBS7f63kj7Fvaj728LHoqzfU/beW/0LR1x8D4LOKfgdrPgGp&#10;7zb7c90k7D5Unf0JAAD//wMAUEsDBBQABgAIAAAAIQBzcEtu4AAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BS8NAFITvgv9heYI3u4lpTUmzKaWopyLYCtLbNvuahGbfhuw2Sf+9z5MehxlmvsnX&#10;k23FgL1vHCmIZxEIpNKZhioFX4e3pyUIHzQZ3TpCBTf0sC7u73KdGTfSJw77UAkuIZ9pBXUIXSal&#10;L2u02s9ch8Te2fVWB5Z9JU2vRy63rXyOohdpdUO8UOsOtzWWl/3VKngf9bhJ4tdhdzlvb8fD4uN7&#10;F6NSjw/TZgUi4BT+wvCLz+hQMNPJXcl40bJeLPlLUDBPQbCfRmkC4qQgmUcpyCKX/x8UPwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBegL2QLQQAAPASAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBzcEtu4AAAAAkBAAAPAAAAAAAAAAAAAAAAAIcG&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlAcAAAAA&#10;">
                       <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                         <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                         <o:lock v:ext="edit" shapetype="t"/>
                       </v:shapetype>
                       <v:shape id="Прямая со стрелкой 2" o:spid="_x0000_s1027" type="#_x0000_t32" style="position:absolute;left:112;width:34770;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAPG6GCcEAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERP32vCMBB+H/g/hBN8m8lE3Oyaiq4I&#10;wp7mxOejuTWdzaU0mdb/3gwE3+7j+3n5anCtOFMfGs8aXqYKBHHlTcO1hsP39vkNRIjIBlvPpOFK&#10;AVbF6CnHzPgLf9F5H2uRQjhkqMHG2GVShsqSwzD1HXHifnzvMCbY19L0eEnhrpUzpRbSYcOpwWJH&#10;H5aq0/7PadgNan783Vaqs9fXpTwdynLzWWo9GQ/rdxCRhvgQ3907k+bP4P+XdIAsbgAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEA/iXrpQABAADqAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQCWBTNY1AAAAJcBAAALAAAAAAAAAAAAAAAAADEBAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAUAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;Y29ubmVjdG9yeG1sLnhtbFBLAQItABQABgAIAAAAIQA8boYJwQAAANsAAAAPAAAAAAAAAAAAAAAA&#10;AKECAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABAD5AAAAjwMAAAAA&#10;" strokecolor="#4579b8">
                         <v:stroke endarrow="open"/>
                       </v:shape>
                       <v:shape id="Прямая со стрелкой 3" o:spid="_x0000_s1028" type="#_x0000_t32" style="position:absolute;width:225;height:21336;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAUyIjksAAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWsCMRC9C/0PYQreNGkVbbdGqS6C&#10;4EkrPQ+b6WbrZrJsoq7/3giCt3m8z5ktOleLM7Wh8qzhbahAEBfeVFxqOPysBx8gQkQ2WHsmDVcK&#10;sJi/9GaYGX/hHZ33sRQphEOGGmyMTSZlKCw5DEPfECfuz7cOY4JtKU2LlxTuavmu1EQ6rDg1WGxo&#10;Zak47k9Ow6ZT49//daEae51+yuMhz5fbXOv+a/f9BSJSF5/ih3tj0vwR3H9JB8j5DQAA//8DAFBL&#10;AQItABQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAAAAAAAAAAAAAAAAMQEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABQAAAAAAAAAAAAAAAAALgIAAGRycy9j&#10;b25uZWN0b3J4bWwueG1sUEsBAi0AFAAGAAgAAAAhAFMiI5LAAAAA2wAAAA8AAAAAAAAAAAAAAAAA&#10;oQIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPkAAACOAwAAAAA=&#10;" strokecolor="#4579b8">
                         <v:stroke endarrow="open"/>
                       </v:shape>
                       <v:oval id="Овал 4" o:spid="_x0000_s1029" style="position:absolute;left:2370;top:1354;width:5417;height:4623;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAZz1v5sEA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbERP32vCMBB+F/Y/hBv4Ipo6hko1yiYUBEWwm/h6NGdT&#10;bC6lyWz335vBwLf7+H7eatPbWtyp9ZVjBdNJAoK4cLriUsH3VzZegPABWWPtmBT8kofN+mWwwlS7&#10;jk90z0MpYgj7FBWYEJpUSl8YsugnriGO3NW1FkOEbSl1i10Mt7V8S5KZtFhxbDDY0NZQcct/rIJP&#10;l+2z0vjTMT+PLgfq5u5a7JUavvYfSxCB+vAU/7t3Os5/h79f4gFy/QAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4bWwu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAGc9b+bBAAAA2wAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPUAAACGAwAAAAA=&#10;" strokecolor="#f79646" strokeweight="2pt"/>
                       <v:oval id="Овал 5" o:spid="_x0000_s1030" style="position:absolute;left:9934;top:4741;width:5416;height:4623;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEACHHKfcEA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbERP32vCMBB+F/Y/hBv4Ipo6mEo1yiYUBEWwm/h6NGdT&#10;bC6lyWz335vBwLf7+H7eatPbWtyp9ZVjBdNJAoK4cLriUsH3VzZegPABWWPtmBT8kofN+mWwwlS7&#10;jk90z0MpYgj7FBWYEJpUSl8YsugnriGO3NW1FkOEbSl1i10Mt7V8S5KZtFhxbDDY0NZQcct/rIJP&#10;l+2z0vjTMT+PLgfq5u5a7JUavvYfSxCB+vAU/7t3Os5/h79f4gFy/QAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4bWwu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAAhxyn3BAAAA2wAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPUAAACGAwAAAAA=&#10;" strokecolor="#f79646" strokeweight="2pt"/>
                       <v:oval id="Овал 7" o:spid="_x0000_s1031" style="position:absolute;left:16707;top:8128;width:5417;height:4622;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEA+KNUCsIA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCQBC9C/6HZYReRDftQUt0E7QQKFgKporXITtm&#10;g9nZkN2a9N93CwVv83ifs81H24o79b5xrOB5mYAgrpxuuFZw+ioWryB8QNbYOiYFP+Qhz6aTLaba&#10;DXykexlqEUPYp6jAhNClUvrKkEW/dB1x5K6utxgi7GupexxiuG3lS5KspMWGY4PBjt4MVbfy2yrY&#10;u+JQ1MYfP8vz/PJBw9pdq4NST7NxtwERaAwP8b/7Xcf5K/j7JR4gs18AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBleG1s&#10;LnhtbFBLAQItABQABgAIAAAAIQD4o1QKwgAAANsAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABAD1AAAAhwMAAAAA&#10;" strokecolor="#f79646" strokeweight="2pt"/>
                       <v:oval id="Овал 8" o:spid="_x0000_s1032" style="position:absolute;left:23819;top:11514;width:5417;height:4623;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAl+/xkcEA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCQBC9C/0PyxR6EbOxB5XUVVohUFAEY4vXITtm&#10;Q7OzIbs18d+7guBtHu9zluvBNuJCna8dK5gmKQji0umaKwU/x3yyAOEDssbGMSm4kof16mW0xEy7&#10;ng90KUIlYgj7DBWYENpMSl8asugT1xJH7uw6iyHCrpK6wz6G20a+p+lMWqw5NhhsaWOo/Cv+rYIv&#10;l2/zyvjDvvgdn3bUz9253Cr19jp8foAINISn+OH+1nH+HO6/xAPk6gYAAP//AwBQSwECLQAUAAYA&#10;CAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4bWwu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAJfv8ZHBAAAA2wAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPUAAACGAwAAAAA=&#10;" strokecolor="#f79646" strokeweight="2pt"/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133246" w:rsidRPr="0045271C">
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00133246" w:rsidRPr="00751B73" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00417CAB" w:rsidRPr="008146DF" w:rsidRDefault="00417CAB" w:rsidP="00417CAB">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="0092726D" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-          <w:p w:rsidR="00751B73" w:rsidRPr="00751B73" w:rsidRDefault="00751B73" w:rsidP="00751B73">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00751B73" w:rsidRDefault="005D44AE" w:rsidP="00FF473C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Составить программу вывода на экран данного рисунка.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="005D44AE" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>878840</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>75565</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="4876800" cy="1918970"/>
                       <wp:effectExtent l="78740" t="75565" r="16510" b="15240"/>
                       <wp:wrapNone/>
                       <wp:docPr id="2" name="Группа 19"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -7556,276 +5540,255 @@
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:group id="Группа 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:69.2pt;margin-top:5.95pt;width:384pt;height:151.1pt;z-index:251660288" coordsize="48768,21674" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3V7svcAQAAOIYAAAOAAAAZHJzL2Uyb0RvYy54bWzsWd2O4zQUvkfiHazcdxqnaZpEk1nN9meE&#10;tLAjLTyAmzhNRGIHO53OsEJa4HalveABeIWVEBLswvAK6RtxbKeddqZA2YVKiM5IGSeOT47P+fyd&#10;z57TR9dlga6okDlnkYVPbAtRFvMkZ7PI+uzTSce3kKwJS0jBGY2sGyqtR2cffnC6qELq8IwXCRUI&#10;jDAZLqrIyuq6CrtdGWe0JPKEV5RBZ8pFSWq4FbNuIsgCrJdF17Ftr7vgIqkEj6mU8HRkOq0zbT9N&#10;aVw/TVNJa1REFvhW66vQ16m6ds9OSTgTpMryuHWDvIMXJckZfHRtakRqguYif2CqzGPBJU/rk5iX&#10;XZ6meUz1HGA22L43mwvB55WeyyxczKp1mCC09+L0zmbjT64uBcqTyHIsxEgJKWq+W75Yftv8Br+v&#10;EQ5UiBbVLIQ3L0T1rLoUZp7QfMLjzyV0d+/3q/uZeRlNFx/zBMySec11iK5TUSoTMHl0rTNxs84E&#10;va5RDA9df+D5NiQshj4cYD8YtLmKM0jog3FxNt4cacY52Bu4yv0uCc1HtaOtY2pWgDl5F1b5fmF9&#10;lpGK6mxJFaw2rL11WL+HsL5qfmleL1+h5dfNLVyW3yxfND82b5s3zW3zM8J6jsotGD9kl0KHXoYS&#10;gv4ecTTR0LbXkSBhJWR9QXmJVCOyZC1IPsvqIWcMVg0XWCeLXD2RtQnhaoDKHeOTvCjgOQkLhhaR&#10;FfSdvh4geZEnqlP1STGbDguBrggsP7c/CB77bT62XgOYs0QbyyhJxm27JnkBbVTfVAo+QvCFpT5V&#10;0sRCBQW6US3jW8HU5wA94G3bMsvveWAHY3/sux3X8cYd1x6NOueTodvxJnjQH/VGw+EIf6U8x26Y&#10;5UlCmXJ+RQXY3Q8TLSmZRbwmg3WUutvWNSLB2dVf7TRg02TaAHPKkxsNAP0cYHogvLp/B69Yhf+f&#10;xGu74h+u3CNej3jdya/9B3i9heL1A/Dp2+XL5tfmp+YNws4GTlcVTJryhRgfZoTN6LkiGMU/UAY0&#10;rvXCAyI2A1ar8y95uGe7oHlU2fKCnvqu5iVd1Xwbg7uqpPXcQBfWP+ZjAST8Zwy8RaDbPDvx8eNR&#10;S4xbrxmqdvouVFbl11bnlg3H7U28VcXYeq3MaxBsRV5GFhRo+DFT3EHcd8y8k9qQ4EaNgXqERsbF&#10;l0DvoMSgFn0xJ4ICyX/EIBkBdl0l3fQNFBEHbsRmz3Szh7AYTEVWXAsLmZthbQTfvBKqwqn0qtkz&#10;fg6SJM11eVPpNZSr5YwWBgdiXG8fBGsd0zLtv41g3BsMQA0eIaw0CaxQJS6OEDYbrN0id7APhPsH&#10;JGGnb3vYQLjvtxS12lscWVhLNsN2RxZu92lQs9vt72qftkNHeAeE8FpHDBxHs/9OHdE3BfioIyx1&#10;CvW/1hHBPggeHBLBHgbkHnWEPs846oitg9rdOgIOwPZgYX2GdCAtvGZh3HNs/eGdNHzczv0XhASI&#10;eH2QrlV9e+ivTuo377XUv/vXxNnvAAAA//8DAFBLAwQUAAYACAAAACEAbaq5AeAAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3FgaOqatNJ2mCThNSGxIiFvWeG21xqmarO3+&#10;PeYENz/76fl7+XpyrRiwD40nDWqWgEAqvW2o0vB5eH1YggjRkDWtJ9RwxQDr4vYmN5n1I33gsI+V&#10;4BAKmdFQx9hlUoayRmfCzHdIfDv53pnIsq+k7c3I4a6Vj0mykM40xB9q0+G2xvK8vzgNb6MZN6l6&#10;GXbn0/b6fXh6/9op1Pr+bto8g4g4xT8z/OIzOhTMdPQXskG0rNPlnK08qBUINqySBS+OGlI1VyCL&#10;XP6vUPwAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA91e7L3AEAADiGAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAbaq5AeAAAAAKAQAADwAAAAAA&#10;AAAAAAAAAADKBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANcHAAAAAA==&#10;">
                       <v:shape id="Прямая со стрелкой 10" o:spid="_x0000_s1027" type="#_x0000_t32" style="position:absolute;width:48768;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEABEIZt8IAAADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPT2sCMRTE7wW/Q3hCbzVRS7Vbo6iL&#10;IHjyDz0/Nq+b1c3Lsom6fvumIPQ4zMxvmNmic7W4URsqzxqGAwWCuPCm4lLD6bh5m4IIEdlg7Zk0&#10;PCjAYt57mWFm/J33dDvEUiQIhww12BibTMpQWHIYBr4hTt6Pbx3GJNtSmhbvCe5qOVLqQzqsOC1Y&#10;bGhtqbgcrk7DtlPv3+dNoRr7mHzKyynPV7tc69d+t/wCEamL/+Fne2s0jOHvSroBcv4LAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEABEIZt8IAAADaAAAADwAAAAAAAAAAAAAA&#10;AAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJADAAAAAA==&#10;" strokecolor="#4579b8">
                         <v:stroke endarrow="open"/>
                       </v:shape>
                       <v:shape id="Прямая со стрелкой 11" o:spid="_x0000_s1028" type="#_x0000_t32" style="position:absolute;width:0;height:21674;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAi6uBw8IAAADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPT2sCMRTE74V+h/AK3mqiSLWrUVoX&#10;QfDkH3p+bJ6b1c3Lsom6fvtGEDwOM/MbZrboXC2u1IbKs4ZBX4EgLrypuNRw2K8+JyBCRDZYeyYN&#10;dwqwmL+/zTAz/sZbuu5iKRKEQ4YabIxNJmUoLDkMfd8QJ+/oW4cxybaUpsVbgrtaDpX6kg4rTgsW&#10;G1paKs67i9Ow7tTo77QqVGPv4295PuT57ybXuvfR/UxBROriK/xsr42GETyupBsg5/8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAi6uBw8IAAADaAAAADwAAAAAAAAAAAAAA&#10;AAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJADAAAAAA==&#10;" strokecolor="#4579b8">
                         <v:stroke endarrow="open"/>
                       </v:shape>
                       <v:rect id="Прямоугольник 12" o:spid="_x0000_s1029" style="position:absolute;left:3048;top:1693;width:8015;height:3499;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAcj533sQA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPwWrDMBBE74H+g9hCL6GWXUgojpWQhhYCzcVuP2Cx&#10;NraJtTKSYjv9+ipQ6HGYmTdMsZtNL0ZyvrOsIEtSEMS11R03Cr6/Pp5fQfiArLG3TApu5GG3fVgU&#10;mGs7cUljFRoRIexzVNCGMORS+rolgz6xA3H0ztYZDFG6RmqHU4SbXr6k6Voa7DgutDjQoaX6Ul2N&#10;Ap+9HfxPGbL30/W4PpU3t6yGT6WeHuf9BkSgOfyH/9pHrWAF9yvxBsjtLwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4&#10;bWwueG1sUEsBAi0AFAAGAAgAAAAhAHI+d97EAAAA2gAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPUAAACJAwAAAAA=&#10;" fillcolor="#4f81bd" strokecolor="#243f60" strokeweight="2pt"/>
                       <v:rect id="Прямоугольник 14" o:spid="_x0000_s1030" style="position:absolute;left:13772;top:1693;width:8015;height:3499;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAguzpqcIA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQYvCMBSE7wv+h/AEL4um3UNZqlFUXBD00uoPeDTP&#10;tti8lCRq9debhYU9DjPzDbNYDaYTd3K+tawgnSUgiCurW64VnE8/028QPiBr7CyTgid5WC1HHwvM&#10;tX1wQfcy1CJC2OeooAmhz6X0VUMG/cz2xNG7WGcwROlqqR0+Itx08itJMmmw5bjQYE/bhqpreTMK&#10;fLrZ+lcR0t3xts+OxdN9lv1Bqcl4WM9BBBrCf/ivvdcKMvi9Em+AXL4BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBleG1s&#10;LnhtbFBLAQItABQABgAIAAAAIQCC7OmpwgAAANoAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABAD1AAAAhwMAAAAA&#10;" fillcolor="#4f81bd" strokecolor="#243f60" strokeweight="2pt"/>
                       <v:rect id="Прямоугольник 15" o:spid="_x0000_s1031" style="position:absolute;left:25061;top:1580;width:8015;height:3499;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEA7aBMMsIA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQYvCMBSE78L+h/AWvMia1oNKNYorKwjrpXV/wKN5&#10;tsXmpSRRq79+Iwgeh5n5hlmue9OKKznfWFaQjhMQxKXVDVcK/o67rzkIH5A1tpZJwZ08rFcfgyVm&#10;2t44p2sRKhEh7DNUUIfQZVL6siaDfmw74uidrDMYonSV1A5vEW5aOUmSqTTYcFyosaNtTeW5uBgF&#10;Pv3e+kce0p/DZT895Hc3KrpfpYaf/WYBIlAf3uFXe68VzOB5Jd4AufoHAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBleG1s&#10;LnhtbFBLAQItABQABgAIAAAAIQDtoEwywgAAANoAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABAD1AAAAhwMAAAAA&#10;" fillcolor="#4f81bd" strokecolor="#243f60" strokeweight="2pt"/>
                       <v:rect id="Прямоугольник 16" o:spid="_x0000_s1032" style="position:absolute;left:3048;top:7224;width:8015;height:3500;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAnD/YQL4A&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbERPzYrCMBC+C75DGGEvomn3IFKNoqIgrJdWH2BoxrbY&#10;TEoStfr05rDg8eP7X65704oHOd9YVpBOExDEpdUNVwou58NkDsIHZI2tZVLwIg/r1XCwxEzbJ+f0&#10;KEIlYgj7DBXUIXSZlL6syaCf2o44clfrDIYIXSW1w2cMN638TZKZNNhwbKixo11N5a24GwU+3e78&#10;Ow/p/nQ/zk75y42L7k+pn1G/WYAI1Iev+N991Ari1ngl3gC5+gAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4bWwueG1s&#10;UEsBAi0AFAAGAAgAAAAhAJw/2EC+AAAA2gAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPUAAACDAwAAAAA=&#10;" fillcolor="#4f81bd" strokecolor="#243f60" strokeweight="2pt"/>
                       <v:rect id="Прямоугольник 17" o:spid="_x0000_s1033" style="position:absolute;left:36124;top:1693;width:8015;height:3499;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEA83N928IA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQYvCMBSE78L+h/AWvMia1oNoNYorKwjrpXV/wKN5&#10;tsXmpSRRq79+Iwgeh5n5hlmue9OKKznfWFaQjhMQxKXVDVcK/o67rxkIH5A1tpZJwZ08rFcfgyVm&#10;2t44p2sRKhEh7DNUUIfQZVL6siaDfmw74uidrDMYonSV1A5vEW5aOUmSqTTYcFyosaNtTeW5uBgF&#10;Pv3e+kce0p/DZT895Hc3KrpfpYaf/WYBIlAf3uFXe68VzOF5Jd4AufoHAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBleG1s&#10;LnhtbFBLAQItABQABgAIAAAAIQDzc33bwgAAANoAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABAD1AAAAhwMAAAAA&#10;" fillcolor="#4f81bd" strokecolor="#243f60" strokeweight="2pt"/>
                       <v:rect id="Прямоугольник 18" o:spid="_x0000_s1034" style="position:absolute;left:3048;top:13208;width:8015;height:3499;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAC5VX/MQA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBCF74X+h2UKvRTdpAcp0VVUWhDqJdEfMGTH&#10;JJidDburRn+9cyj0NsN78943i9XoenWlEDvPBvJpBoq49rbjxsDx8DP5AhUTssXeMxm4U4TV8vVl&#10;gYX1Ny7pWqVGSQjHAg20KQ2F1rFuyWGc+oFYtJMPDpOsodE24E3CXa8/s2ymHXYsDS0OtG2pPlcX&#10;ZyDmm218lCn/3l92s315Dx/V8GvM+9u4noNKNKZ/89/1zgq+0MsvMoBePgEAAP//AwBQSwECLQAU&#10;AAYACAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4&#10;bWwueG1sUEsBAi0AFAAGAAgAAAAhAAuVV/zEAAAA2wAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPUAAACJAwAAAAA=&#10;" fillcolor="#4f81bd" strokecolor="#243f60" strokeweight="2pt"/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00133246" w:rsidRPr="0045271C">
+      <w:tr w:rsidR="00133246" w:rsidRPr="00434D2B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="4536"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00417CAB" w:rsidRPr="008146DF" w:rsidRDefault="00417CAB" w:rsidP="00417CAB">
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...45 lines deleted...]
-          <w:p w:rsidR="00133246" w:rsidRPr="00751B73" w:rsidRDefault="00133246" w:rsidP="00FF473C">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ К БИЛЕТУ № 25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00BF5EC5">
+            <w:pPr>
+              <w:pStyle w:val="3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Найти наибольший общий делитель двух чисел  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF473C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по алгоритму Евклида</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00133246" w:rsidRPr="00FF473C" w:rsidRDefault="00133246" w:rsidP="00FF473C">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00133246" w:rsidRPr="00751B73" w:rsidRDefault="00133246" w:rsidP="008540FD">
+    <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="008540FD">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00133246" w:rsidRPr="00751B73" w:rsidRDefault="00133246" w:rsidP="008540FD">
+    <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="008540FD">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00133246" w:rsidRPr="00751B73" w:rsidRDefault="00133246" w:rsidP="008540FD">
+    <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="008540FD">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00133246" w:rsidRPr="00751B73" w:rsidRDefault="00133246" w:rsidP="008540FD">
+    <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="008540FD">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00133246" w:rsidRPr="00751B73" w:rsidRDefault="00133246" w:rsidP="008540FD">
+    <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="008540FD">
       <w:pPr>
         <w:ind w:left="360" w:right="332"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00133246" w:rsidRPr="00751B73" w:rsidRDefault="00133246" w:rsidP="008540FD">
+    <w:p w:rsidR="00133246" w:rsidRPr="00434D2B" w:rsidRDefault="00133246" w:rsidP="008540FD">
       <w:pPr>
         <w:ind w:left="360" w:right="332"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00133246" w:rsidRPr="00751B73" w:rsidRDefault="00133246">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00133246" w:rsidRPr="00751B73" w:rsidSect="009A6426">
+    <w:p w:rsidR="00133246" w:rsidRDefault="00133246"/>
+    <w:sectPr w:rsidR="00133246" w:rsidSect="009A6426">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Impact">
     <w:panose1 w:val="020B0806030902050204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="069A7B50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E39C53C4"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="B48E3426"/>
+    <w:lvl w:ilvl="0" w:tplc="0BAE7252">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
@@ -8446,163 +6409,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="1AC116F7"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="23220F8C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3796E6F4"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8671,51 +6521,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="233A153E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="501A625A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8784,51 +6634,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="244C2BEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D31696EA"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8897,51 +6747,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="2850495F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1DF246B2"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9010,51 +6860,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="2AEA16F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5D285988"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9123,51 +6973,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="2B2C64DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD8AB7D6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9236,51 +7086,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="364A7857"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E08E2816"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9349,51 +7199,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="43F13941"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="634610AA"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9462,51 +7312,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="4E4A3DD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0CB6EF6A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9575,51 +7425,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="4E7817D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="256E7242"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9688,51 +7538,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="53CD1E25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6EB81204"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9801,223 +7651,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
-[...171 lines deleted...]
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="54EB750E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B96CD9C8"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10086,51 +7764,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="56943C93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01A21492"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10199,64 +7877,64 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="5C67368B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A32A4F2"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
-[...1 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+          <w:tab w:val="num" w:pos="821"/>
+        </w:tabs>
+        <w:ind w:left="821" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
@@ -10312,51 +7990,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="5E5E0915"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4488A128"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10425,51 +8103,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="6E337443"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F014C2C4"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10538,51 +8216,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="22">
     <w:nsid w:val="6E7D70D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="663C7C46"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10651,51 +8329,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="23">
     <w:nsid w:val="720C78C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F3442BC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10764,51 +8442,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
+  <w:abstractNum w:abstractNumId="24">
     <w:nsid w:val="74122D83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90685ACC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10881,212 +8559,171 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="13">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="9">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="10">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="11">
-[...2 lines deleted...]
-  <w:num w:numId="12">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="13">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="14">
-    <w:abstractNumId w:val="27"/>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="16">
-[...10 lines deleted...]
-  </w:num>
   <w:num w:numId="20">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="22">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="23">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="24">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="5"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="144"/>
+  <w:zoom w:percent="84"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008540FD"/>
-    <w:rsid w:val="00077E02"/>
-    <w:rsid w:val="0011624A"/>
+    <w:rsid w:val="00013B23"/>
     <w:rsid w:val="001207A3"/>
     <w:rsid w:val="00133246"/>
     <w:rsid w:val="001A55AF"/>
-    <w:rsid w:val="001D305D"/>
     <w:rsid w:val="00222218"/>
-    <w:rsid w:val="00236F88"/>
-    <w:rsid w:val="002679BB"/>
     <w:rsid w:val="002B00E6"/>
     <w:rsid w:val="002F2389"/>
-    <w:rsid w:val="0031689A"/>
     <w:rsid w:val="003279F0"/>
-    <w:rsid w:val="003514A1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00417CAB"/>
     <w:rsid w:val="00434D2B"/>
-    <w:rsid w:val="0045271C"/>
-    <w:rsid w:val="005054EB"/>
     <w:rsid w:val="00525E37"/>
     <w:rsid w:val="005647D6"/>
     <w:rsid w:val="005D44AE"/>
-    <w:rsid w:val="005D58DB"/>
     <w:rsid w:val="006211C6"/>
     <w:rsid w:val="00625FB6"/>
-    <w:rsid w:val="00647476"/>
-    <w:rsid w:val="00730833"/>
     <w:rsid w:val="00736802"/>
-    <w:rsid w:val="00751B73"/>
     <w:rsid w:val="007614C4"/>
     <w:rsid w:val="00764874"/>
-    <w:rsid w:val="007773D8"/>
-[...3 lines deleted...]
-    <w:rsid w:val="008146DF"/>
     <w:rsid w:val="008540FD"/>
     <w:rsid w:val="0092416E"/>
     <w:rsid w:val="0092726D"/>
-    <w:rsid w:val="00931085"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009776BA"/>
     <w:rsid w:val="009A6426"/>
-    <w:rsid w:val="009D7F17"/>
-    <w:rsid w:val="00A5428D"/>
     <w:rsid w:val="00A62454"/>
-    <w:rsid w:val="00B30DB4"/>
     <w:rsid w:val="00B76F62"/>
+    <w:rsid w:val="00BC094A"/>
     <w:rsid w:val="00BF5EC5"/>
-    <w:rsid w:val="00C81DAA"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DB5549"/>
     <w:rsid w:val="00DF689F"/>
     <w:rsid w:val="00E24FF0"/>
-    <w:rsid w:val="00E65397"/>
-    <w:rsid w:val="00E76D43"/>
     <w:rsid w:val="00EF149E"/>
-    <w:rsid w:val="00F425DF"/>
-    <w:rsid w:val="00F44D20"/>
+    <w:rsid w:val="00F44F19"/>
     <w:rsid w:val="00F658A4"/>
     <w:rsid w:val="00FF473C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -12208,65 +9845,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>876</Words>
-  <Characters>4995</Characters>
+  <Words>853</Words>
+  <Characters>4864</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
+  <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>X-team Group</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5860</CharactersWithSpaces>
+  <CharactersWithSpaces>5706</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>23</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>