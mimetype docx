--- v0 (2025-12-12)
+++ v1 (2025-12-14)
@@ -1,250 +1,231 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
+    <w:p w:rsidR="00292656" w:rsidRDefault="00A106AA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0005077B">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Перечень документов в 1 класс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0005077B" w:rsidRPr="0005077B" w:rsidRDefault="0005077B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A106AA" w:rsidRDefault="00A106AA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.Заявление в 1 класс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A106AA" w:rsidRDefault="00A106AA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.Копия свидетельства о рождении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A106AA" w:rsidRDefault="00A106AA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.Медицинский паспорт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A106AA" w:rsidRDefault="00A106AA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00696056">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Медформа </w:t>
+      </w:r>
+      <w:r w:rsidR="0005077B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00696056">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>63</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696056" w:rsidRDefault="00696056">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.Справка с места работы родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696056" w:rsidRDefault="00696056">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.Адресная справка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696056" w:rsidRDefault="00696056">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7.3 жото 3*4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696056" w:rsidRDefault="00696056">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8.ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696056" w:rsidRDefault="00696056">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9.Личное дело ученика(синяя папкас перфорациями)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696056" w:rsidRDefault="00696056">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10.Копии удостоверения личности родителей.</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00696056" w:rsidRDefault="00696056">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00696056" w:rsidRPr="0005077B" w:rsidRDefault="00696056" w:rsidP="0005077B">
-[...189 lines deleted...]
-    <w:sectPr w:rsidR="00A106AA" w:rsidRPr="00A106AA" w:rsidSect="00292656">
+    <w:sectPr w:rsidR="00696056" w:rsidSect="00292656">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -372,57 +353,57 @@
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="116"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A106AA"/>
     <w:rsid w:val="0005077B"/>
+    <w:rsid w:val="000C65F2"/>
     <w:rsid w:val="001722EB"/>
     <w:rsid w:val="00292656"/>
     <w:rsid w:val="005A27B4"/>
     <w:rsid w:val="00696056"/>
     <w:rsid w:val="00722591"/>
     <w:rsid w:val="0090484F"/>
-    <w:rsid w:val="009F52DF"/>
     <w:rsid w:val="00A106AA"/>
     <w:rsid w:val="00A61A56"/>
     <w:rsid w:val="00B93CCF"/>
     <w:rsid w:val="00CE7CCC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -1114,65 +1095,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>43</Words>
-  <Characters>250</Characters>
+  <Words>44</Words>
+  <Characters>251</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>292</CharactersWithSpaces>
+  <CharactersWithSpaces>294</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>