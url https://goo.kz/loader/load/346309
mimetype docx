--- v0 (2025-12-06)
+++ v1 (2026-01-12)
@@ -1,4424 +1,5015 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="009608F0" w:rsidRPr="004205DF" w:rsidRDefault="00A9788D" w:rsidP="009608F0">
+    <w:p w:rsidR="003E786C" w:rsidRPr="002D5C56" w:rsidRDefault="001765F0" w:rsidP="00FF24CA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004205DF">
-[...7 lines deleted...]
-        <w:t>Лист  ответов  учащегося</w:t>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқушының жауап парағы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009608F0" w:rsidRPr="004205DF" w:rsidRDefault="00A9788D" w:rsidP="009608F0">
-[...67 lines deleted...]
-        <w:t>__</w:t>
+    <w:p w:rsidR="001765F0" w:rsidRPr="002D5C56" w:rsidRDefault="001765F0" w:rsidP="001765F0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аудан/қала______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009608F0" w:rsidRPr="004205DF" w:rsidRDefault="00A9788D" w:rsidP="009608F0">
-[...37 lines deleted...]
-        <w:t>__________</w:t>
+    <w:p w:rsidR="001765F0" w:rsidRPr="002D5C56" w:rsidRDefault="001765F0" w:rsidP="001765F0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп_________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009608F0" w:rsidRPr="004205DF" w:rsidRDefault="00A9788D" w:rsidP="00A9788D">
+    <w:p w:rsidR="001765F0" w:rsidRPr="002D5C56" w:rsidRDefault="001765F0" w:rsidP="001765F0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сынып__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001765F0" w:rsidRPr="002D5C56" w:rsidRDefault="001765F0" w:rsidP="001765F0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқушының Т.А.________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1._______________________________________________________________________2._______________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...100 lines deleted...]
-        <w:t>___</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3._______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009608F0" w:rsidRPr="004205DF" w:rsidRDefault="009608F0" w:rsidP="009608F0">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4._______________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E174B2" w:rsidRPr="004205DF" w:rsidRDefault="009608F0" w:rsidP="00E174B2">
-[...196 lines deleted...]
-      <w:r w:rsidRPr="004205DF">
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004205DF">
+      <w:r w:rsidRPr="002D5C56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004205DF">
-[...6 lines deleted...]
-        <w:t>Заполните таблицу:</w:t>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кестені толтырыңыз: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1279"/>
         <w:gridCol w:w="4638"/>
         <w:gridCol w:w="4111"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidTr="004205DF">
+      <w:tr w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
         <w:trPr>
-          <w:trHeight w:val="499"/>
+          <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="81"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="320" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004205DF">
+            <w:r w:rsidRPr="002D5C56">
               <w:rPr>
                 <w:rStyle w:val="827"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="81"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:ind w:left="300" w:firstLine="0"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004205DF">
-[...1 lines deleted...]
-                <w:rStyle w:val="827"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Количество яблонь</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алма ағаштарының саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="81"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004205DF">
-[...1 lines deleted...]
-                <w:rStyle w:val="827"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Количество хвойных деревьев</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қылқан жапырақты ағаштар саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidTr="004205DF">
+      <w:tr w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="546"/>
+          <w:trHeight w:hRule="exact" w:val="517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="481"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="320"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004205DF">
+            <w:r w:rsidRPr="002D5C56">
               <w:rPr>
                 <w:rStyle w:val="480"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="481"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1160"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004205DF">
+            <w:r w:rsidRPr="002D5C56">
               <w:rPr>
                 <w:rStyle w:val="480"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="481"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004205DF">
+            <w:r w:rsidRPr="002D5C56">
               <w:rPr>
                 <w:rStyle w:val="480"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidTr="004205DF">
+      <w:tr w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="546"/>
+          <w:trHeight w:hRule="exact" w:val="517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="481"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="320"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004205DF">
+            <w:r w:rsidRPr="002D5C56">
               <w:rPr>
                 <w:rStyle w:val="480"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="481"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1160"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004205DF">
+            <w:r w:rsidRPr="002D5C56">
               <w:rPr>
                 <w:rStyle w:val="480"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidTr="004205DF">
+      <w:tr w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="546"/>
+          <w:trHeight w:hRule="exact" w:val="517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="481"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="320"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004205DF">
+            <w:r w:rsidRPr="002D5C56">
               <w:rPr>
                 <w:rStyle w:val="480"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidTr="004205DF">
+      <w:tr w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="546"/>
+          <w:trHeight w:hRule="exact" w:val="517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="481"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="320"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004205DF">
+            <w:r w:rsidRPr="002D5C56">
               <w:rPr>
                 <w:rStyle w:val="480"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidTr="004205DF">
+      <w:tr w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="546"/>
+          <w:trHeight w:hRule="exact" w:val="517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="481"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="320"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004205DF">
+            <w:r w:rsidRPr="002D5C56">
               <w:rPr>
                 <w:rStyle w:val="480"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4638" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="009608F0">
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009608F0" w:rsidRPr="004205DF" w:rsidRDefault="009608F0" w:rsidP="009608F0">
-[...33 lines deleted...]
-        <w:t>___</w:t>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6._______________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009608F0" w:rsidRPr="004205DF" w:rsidRDefault="009608F0" w:rsidP="00E174B2">
-[...15 lines deleted...]
-        <w:t>_________________________________________________________________________</w:t>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009608F0" w:rsidRPr="004205DF" w:rsidRDefault="009608F0" w:rsidP="009608F0">
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004205DF">
-[...6 lines deleted...]
-        <w:t>7.________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7._______________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E174B2" w:rsidRPr="004205DF" w:rsidRDefault="009608F0" w:rsidP="009608F0">
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004205DF">
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8._______________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9. ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10. ________________________________________________________________________11.______________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>8._________________________________________________________________________________</w:t>
-[...134 lines deleted...]
-        <w:t>________________</w:t>
+        <w:t>________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA3C30" w:rsidRDefault="009608F0" w:rsidP="009608F0">
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004205DF">
-[...24 lines deleted...]
-        <w:t>_________</w:t>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009608F0" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="009608F0">
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...35 lines deleted...]
-        <w:t>________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009608F0" w:rsidRPr="004205DF" w:rsidRDefault="009608F0" w:rsidP="009608F0">
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004205DF">
-[...42 lines deleted...]
-        <w:t>________________________________________________________________</w:t>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009608F0" w:rsidRPr="004205DF" w:rsidRDefault="009608F0" w:rsidP="009608F0">
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">12. </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13. ________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009608F0" w:rsidRPr="004205DF" w:rsidRDefault="009608F0" w:rsidP="009608F0">
-[...34 lines deleted...]
-        <w:t>____</w:t>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:pStyle w:val="CM79"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-759"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әр жолдан «Иә» немесе «Жоқ» жауаптарының бірін айналдыра сызыңыз. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009608F0" w:rsidRPr="004205DF" w:rsidRDefault="009608F0" w:rsidP="00E174B2">
-[...50 lines deleted...]
-    <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00050600">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10485" w:type="dxa"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8286"/>
+        <w:gridCol w:w="2199"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
+        <w:trPr>
+          <w:trHeight w:val="559"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8286" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-759"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жүйелі денешынықтыру жаттығулары пайдалы ма? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-759"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Иә немесе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-759"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
+        <w:trPr>
+          <w:trHeight w:val="1193"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8286" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-759"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Денешынықтыру жаттығулары жүрек және қан </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-759"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тамыры  жүйесінің ауруларының </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-759"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>профилактикасына пайдалы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-759"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        Иә/Жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
+        <w:trPr>
+          <w:trHeight w:val="886"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8286" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-759"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Денешынықтыру жаттығулары дұрыс </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-759"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тамақтануға үйретеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Иә/Жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
+        <w:trPr>
+          <w:trHeight w:val="894"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8286" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-759"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Денешынықтыру жаттығулары артық салмақтан арылуға көмектеседі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Иә/Жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004205DF">
-[...15 lines deleted...]
-        <w:t>Обведите «Да» или «Нет» для каждого утверждения.</w:t>
+    </w:p>
+    <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00A133E6">
+      <w:pPr>
+        <w:pStyle w:val="CM84"/>
+        <w:spacing w:line="256" w:lineRule="atLeast"/>
+        <w:ind w:right="-1" w:firstLine="718"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Төменде келтірілген мүмкін пайымдауларды әр қатардан</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Иә» </w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Жоқ» </w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>деп айналдыра сызыңыз</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10229" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7604"/>
+        <w:gridCol w:w="2625"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
+        <w:trPr>
+          <w:trHeight w:val="783"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7604" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Көміртек атомының пайда болуына келесі пайымдаулар дұрыс па? </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Иә немесе Жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
+        <w:trPr>
+          <w:trHeight w:val="520"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7604" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кейбір көміртек атомдары қанттан шығады. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Иә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
+        <w:trPr>
+          <w:trHeight w:val="720"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7604" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кейбір көміртек атомдары тұз молекулаларының құрамына кіреді.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Иә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
+        <w:trPr>
+          <w:trHeight w:val="509"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7604" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кейбір көміртек атомдары судан шығады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2625" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="-1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Иә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00A133E6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00A133E6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>16. _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00D56868">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00A133E6">
+      <w:pPr>
+        <w:pStyle w:val="CM79"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="-759"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әр жолдан «Иә» немесе «Жоқ» жауаптарының бірін айналдыра сызыңыз. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7927"/>
-        <w:gridCol w:w="2498"/>
+        <w:gridCol w:w="8298"/>
+        <w:gridCol w:w="2007"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidTr="003A31FF">
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
         <w:trPr>
-          <w:trHeight w:val="120"/>
+          <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7927" w:type="dxa"/>
+            <w:tcW w:w="8298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Полезны ли систематические физические упражнения? </w:t>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мына  ақпараттар бақшашы үшін керек пе?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2498" w:type="dxa"/>
+            <w:tcW w:w="2007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="Default"/>
-              <w:rPr>
-[...29 lines deleted...]
-              <w:t xml:space="preserve">ет </w:t>
+              <w:ind w:right="-759"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Иә немесе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidTr="003A31FF">
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
         <w:trPr>
-          <w:trHeight w:val="266"/>
+          <w:trHeight w:val="137"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7927" w:type="dxa"/>
+            <w:tcW w:w="8298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">заболеваний сердца и сосудистой системы. </w:t>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Интернет </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2498" w:type="dxa"/>
+            <w:tcW w:w="2007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">ет </w:t>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Иә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоқ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidTr="003A31FF">
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
         <w:trPr>
-          <w:trHeight w:val="271"/>
+          <w:trHeight w:val="137"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7927" w:type="dxa"/>
+            <w:tcW w:w="8298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Физические упражнения приводят к правильному питанию. </w:t>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кітапхана</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2498" w:type="dxa"/>
+            <w:tcW w:w="2007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">ет </w:t>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ия</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоқ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidTr="003A31FF">
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
         <w:trPr>
-          <w:trHeight w:val="171"/>
+          <w:trHeight w:val="137"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7927" w:type="dxa"/>
+            <w:tcW w:w="8298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Физические упражнения помогают избежать лишнего веса. </w:t>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кешкі теледидардағы  жаңалықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2498" w:type="dxa"/>
+            <w:tcW w:w="2007" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">ет </w:t>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Иә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоқ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="00050600" w:rsidP="00A9788D">
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00A133E6">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18. ______________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00050600" w:rsidRPr="004205DF" w:rsidRDefault="009608F0" w:rsidP="00050600">
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>19.___________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20. ________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00A133E6">
+      <w:pPr>
+        <w:pStyle w:val="CM84"/>
+        <w:spacing w:after="120" w:line="256" w:lineRule="atLeast"/>
+        <w:ind w:right="278" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әрбір пайымдауда </w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Иә» немесе «Жоқ»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жауаптарының бірін айналдыра сызыңыз. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10280" w:type="dxa"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7596"/>
+        <w:gridCol w:w="2684"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
+        <w:trPr>
+          <w:trHeight w:val="811"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="276"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Көліктегі заттармен келесі жағдайлар болды ма? </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="276"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Иә немесе Жоқ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
+        <w:trPr>
+          <w:trHeight w:val="467"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="276"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Барлық заттардың температурасы бірдей болды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="276"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Иә </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
+        <w:trPr>
+          <w:trHeight w:val="522"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="276"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біраз уақыттан кейін су қайнай бастады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="276"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Иә </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="002D5C56">
+        <w:trPr>
+          <w:trHeight w:val="544"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="278"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біраз уақыттан кейін шегелер ыстықтан қызара бастады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:ind w:right="278"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Иә</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00A133E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00A133E6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>22. ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>23. ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>24._</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>25.__________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>26.____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>27___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>28______________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>30. ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>31_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>32__________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>33.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E0CAA" w:rsidRPr="002D5C56" w:rsidRDefault="003E0CAA" w:rsidP="003E0CAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E0CAA" w:rsidRPr="002D5C56" w:rsidRDefault="003E0CAA" w:rsidP="00D56868">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00A133E6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Обведите </w:t>
-[...5 lines deleted...]
-          <w:iCs/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">«Да» или «Нет» </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>для каждого из приведенных ниже возможных объяснений.</w:t>
-[...893 lines deleted...]
-          <w:b/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:iCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-мәтіннен орындалуы осы мамандардың әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...830 lines deleted...]
-        <w:t xml:space="preserve"> Заполните таблицу, выписав из Текста 1 одно из указаний по сцене, выполнение которого потребует участия каждого из этих специалистов</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>інің қатысуын талап ететін көрініс бойынша бір нұсқауды жазып, кестені толтырыңыз.  Бірінші мысалда қалай жұмыс жасау керектігі көрсетілген.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3652"/>
-        <w:gridCol w:w="6662"/>
+        <w:gridCol w:w="2802"/>
+        <w:gridCol w:w="7512"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidTr="00390B10">
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="00A133E6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3652" w:type="dxa"/>
+            <w:tcW w:w="2802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
-[...126 lines deleted...]
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Театр маманы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ініс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нұсқаулар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="003E0CAA" w:rsidTr="00A133E6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Суретш</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дизайнер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кішкентай ескерткіштің жанындағы дөңгелек орындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="00A133E6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Реквизитке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жауапты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...29 lines deleted...]
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="00A133E6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">Осветитель </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дыбыстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> режиссер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6662" w:type="dxa"/>
+            <w:tcW w:w="7512" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00FE5347">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidTr="00A133E6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2802" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Жарық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D5C56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>беруші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7512" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00FE5347">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00F52ABE">
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00A133E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00390B10">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004205DF">
+    <w:p w:rsidR="00A133E6" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="002D5C56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>37.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004205DF">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00390B10">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004205DF">
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00A133E6" w:rsidP="00D56868">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56868" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56868" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>38.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004205DF">
+      <w:r w:rsidRPr="002D5C56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00390B10">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004205DF">
+    <w:p w:rsidR="00D56868" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>39.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004205DF">
+      <w:r w:rsidRPr="002D5C56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidRDefault="00390B10" w:rsidP="00390B10">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004205DF">
+    <w:p w:rsidR="000438A4" w:rsidRPr="002D5C56" w:rsidRDefault="00D56868" w:rsidP="00D56868">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D5C56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>40.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004205DF">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> ___________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A133E6" w:rsidRPr="002D5C56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00390B10" w:rsidRPr="004205DF" w:rsidSect="00E174B2">
+    <w:p w:rsidR="00FF24CA" w:rsidRPr="002D5C56" w:rsidRDefault="00FF24CA" w:rsidP="00FF24CA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00FF24CA" w:rsidRPr="002D5C56" w:rsidSect="001765F0">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="709" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="00000006"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="34CAA60C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1495" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="201E6784"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B78AD518"/>
+    <w:lvl w:ilvl="0" w:tplc="89FE7C12">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:lang w:val="ru-RU"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="62260E0E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DDBE85D2"/>
+    <w:lvl w:ilvl="0" w:tplc="43880A06">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0036047C"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00F70F26"/>
+    <w:rsidRoot w:val="0006558B"/>
+    <w:rsid w:val="000358C7"/>
+    <w:rsid w:val="00036659"/>
+    <w:rsid w:val="000438A4"/>
+    <w:rsid w:val="0006558B"/>
+    <w:rsid w:val="001621CD"/>
+    <w:rsid w:val="001765F0"/>
+    <w:rsid w:val="00211A8B"/>
+    <w:rsid w:val="0022356B"/>
+    <w:rsid w:val="00231C9C"/>
+    <w:rsid w:val="002A3392"/>
+    <w:rsid w:val="002D5C56"/>
+    <w:rsid w:val="002E707B"/>
+    <w:rsid w:val="00303956"/>
+    <w:rsid w:val="003B3230"/>
+    <w:rsid w:val="003B779B"/>
+    <w:rsid w:val="003C2F7E"/>
+    <w:rsid w:val="003C7380"/>
+    <w:rsid w:val="003D1979"/>
+    <w:rsid w:val="003E0CAA"/>
+    <w:rsid w:val="003E786C"/>
+    <w:rsid w:val="00400EE7"/>
+    <w:rsid w:val="00407350"/>
+    <w:rsid w:val="004E007C"/>
+    <w:rsid w:val="005049F5"/>
+    <w:rsid w:val="00505EEE"/>
+    <w:rsid w:val="00523F89"/>
+    <w:rsid w:val="005814D4"/>
+    <w:rsid w:val="005B72C6"/>
+    <w:rsid w:val="005C12AD"/>
+    <w:rsid w:val="00611785"/>
+    <w:rsid w:val="00622ED1"/>
+    <w:rsid w:val="00673160"/>
+    <w:rsid w:val="006C1CB8"/>
+    <w:rsid w:val="006E5E28"/>
+    <w:rsid w:val="006F0F2A"/>
+    <w:rsid w:val="007209A9"/>
+    <w:rsid w:val="0076183D"/>
+    <w:rsid w:val="00761D90"/>
+    <w:rsid w:val="00784A69"/>
+    <w:rsid w:val="0079252C"/>
+    <w:rsid w:val="007D7342"/>
+    <w:rsid w:val="007F32F8"/>
+    <w:rsid w:val="008A2137"/>
+    <w:rsid w:val="00976F07"/>
+    <w:rsid w:val="00994AA3"/>
+    <w:rsid w:val="009B0CE5"/>
+    <w:rsid w:val="00A07DC7"/>
+    <w:rsid w:val="00A133E6"/>
+    <w:rsid w:val="00A901C1"/>
+    <w:rsid w:val="00AA29B4"/>
+    <w:rsid w:val="00AB59BD"/>
+    <w:rsid w:val="00AC70D0"/>
+    <w:rsid w:val="00AD3AD1"/>
+    <w:rsid w:val="00B32A31"/>
+    <w:rsid w:val="00B75654"/>
+    <w:rsid w:val="00BC6B4B"/>
+    <w:rsid w:val="00C70269"/>
+    <w:rsid w:val="00C722CB"/>
+    <w:rsid w:val="00CD7A99"/>
+    <w:rsid w:val="00CE018E"/>
+    <w:rsid w:val="00CE1547"/>
+    <w:rsid w:val="00D22EF5"/>
+    <w:rsid w:val="00D40BDD"/>
+    <w:rsid w:val="00D56868"/>
+    <w:rsid w:val="00D61631"/>
+    <w:rsid w:val="00D94B7E"/>
+    <w:rsid w:val="00E206A6"/>
+    <w:rsid w:val="00E36E65"/>
+    <w:rsid w:val="00E45A22"/>
+    <w:rsid w:val="00F3216E"/>
+    <w:rsid w:val="00F3721E"/>
+    <w:rsid w:val="00F42363"/>
+    <w:rsid w:val="00F61C65"/>
+    <w:rsid w:val="00F80ED7"/>
+    <w:rsid w:val="00FB1CC1"/>
+    <w:rsid w:val="00FC31FE"/>
+    <w:rsid w:val="00FF24CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -4469,51 +5060,51 @@
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -4561,236 +5152,307 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009608F0"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="8">
-[...130 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00390B10"/>
+    <w:rsid w:val="00FF24CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="006C1CB8"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AB59BD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB59BD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="8">
+    <w:name w:val="Основной текст (8)_"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="81"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D56868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="81">
+    <w:name w:val="Основной текст (8)1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D56868"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="300" w:after="240" w:line="264" w:lineRule="exact"/>
+      <w:ind w:hanging="1720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="827">
+    <w:name w:val="Основной текст (8)27"/>
+    <w:basedOn w:val="8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D56868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="stemP2012">
+    <w:name w:val="stem_P2012"/>
+    <w:link w:val="stemP2012Char"/>
+    <w:rsid w:val="00D56868"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="220" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stemP2012Char">
+    <w:name w:val="stem_P2012 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="stemP2012"/>
+    <w:locked/>
+    <w:rsid w:val="00D56868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="48">
+    <w:name w:val="Основной текст (48)_"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="481"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00D56868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="480">
+    <w:name w:val="Основной текст (48)"/>
+    <w:basedOn w:val="48"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D56868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="481">
+    <w:name w:val="Основной текст (48)1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="48"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D56868"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00D56868"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CM79">
+    <w:name w:val="CM79"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D56868"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="228"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CM84">
+    <w:name w:val="CM84"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A133E6"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="318"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -4818,51 +5480,51 @@
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -4910,249 +5572,320 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009608F0"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="8">
-[...130 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00390B10"/>
+    <w:rsid w:val="00FF24CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="006C1CB8"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AB59BD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AB59BD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="8">
+    <w:name w:val="Основной текст (8)_"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="81"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D56868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="81">
+    <w:name w:val="Основной текст (8)1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D56868"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:before="300" w:after="240" w:line="264" w:lineRule="exact"/>
+      <w:ind w:hanging="1720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="827">
+    <w:name w:val="Основной текст (8)27"/>
+    <w:basedOn w:val="8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D56868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="stemP2012">
+    <w:name w:val="stem_P2012"/>
+    <w:link w:val="stemP2012Char"/>
+    <w:rsid w:val="00D56868"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="220" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stemP2012Char">
+    <w:name w:val="stem_P2012 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="stemP2012"/>
+    <w:locked/>
+    <w:rsid w:val="00D56868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="48">
+    <w:name w:val="Основной текст (48)_"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="481"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00D56868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="480">
+    <w:name w:val="Основной текст (48)"/>
+    <w:basedOn w:val="48"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D56868"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:noProof/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="481">
+    <w:name w:val="Основной текст (48)1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="48"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D56868"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00D56868"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CM79">
+    <w:name w:val="CM79"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D56868"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="228"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CM84">
+    <w:name w:val="CM84"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A133E6"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="318"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5401,66 +6134,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1235</Words>
-  <Characters>7043</Characters>
+  <Words>1161</Words>
+  <Characters>6619</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8262</CharactersWithSpaces>
+  <CharactersWithSpaces>7765</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>user</dc:creator>
+  <dc:creator>Специалист</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>