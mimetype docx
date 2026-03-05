--- v0 (2025-12-15)
+++ v1 (2026-03-05)
@@ -1,1803 +1,370 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:background w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
   <w:body>
-    <w:p w:rsidR="002E5B92" w:rsidRDefault="002E5B92" w:rsidP="002E5B92">
+    <w:p w:rsidR="009A792A" w:rsidRPr="009A792A" w:rsidRDefault="009A792A" w:rsidP="009A792A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основы правильного питания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A792A" w:rsidRDefault="009A792A" w:rsidP="009A792A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A792A" w:rsidRDefault="009A792A" w:rsidP="009A792A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цель лекции: формирование у детей основных представлений и навыков рационального питания, связанных с соблюдением режима, правил гигиены, умением выбирать полезные продукта и блюда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A792A" w:rsidRDefault="009A792A" w:rsidP="009A792A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A792A" w:rsidRDefault="009A792A" w:rsidP="009A792A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...579 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3933343" cy="2949298"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="D:\2016 год\сайт\СЕГОДНЯ\01.05.2018\МЫ ЗА ЗОЖ\ЗОЖ У НАС ФОТО\IMG_20180515_105241.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="D:\2016 год\сайт\СЕГОДНЯ\01.05.2018\МЫ ЗА ЗОЖ\ЗОЖ У НАС ФОТО\IMG_20180515_105241.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3933343" cy="2949298"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A5CFB" w:rsidRDefault="002E5B92" w:rsidP="007A5CFB">
-[...14 lines deleted...]
-        <w:br/>
+    <w:p w:rsidR="009A792A" w:rsidRDefault="009A792A" w:rsidP="009A792A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В ходе лекции специалистом центра поддержки ЗОЖ с воспитанниками клубов ДПК «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A792A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Дәріс</w:t>
+        <w:t>Жигер</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A792A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>» были проведены следующие формы работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>• Групповая работа, работа в парах (сюжетно-ролевые игры, игры с правилами);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">• Фронтальная работа </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беседы, рассказы);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>• Индивидуальная работа.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>• Слайдовая презентация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">С кружковцами был проведен опрос на следующие </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A792A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>барысында</w:t>
+        <w:t>подтемы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009A792A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> С</w:t>
+        <w:t xml:space="preserve"> :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009A792A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ӨС </w:t>
-[...1024 lines deleted...]
-    <w:p w:rsidR="007A5CFB" w:rsidRDefault="007A5CFB" w:rsidP="007A5CFB">
+        <w:br/>
+        <w:t>• «Плох обед, если хлеба нет»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>• «Витаминная азбука»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>• «Хлеб всему голова»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>• «Кулинарный глобус»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Так же ребята просмотрели слайдовую презентацию:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>• Правильное питание;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>• Овощи, фрукты, ягоды - самые витаминные продукты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A792A" w:rsidRDefault="009A792A" w:rsidP="009A792A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A5CFB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3260081" cy="2444473"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Рисунок 3" descr="D:\2016 год\сайт\СЕГОДНЯ\01.05.2018\МЫ ЗА ЗОЖ\ЗОЖ У НАС ФОТО\IMG_20180515_105257.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="D:\2016 год\сайт\СЕГОДНЯ\01.05.2018\МЫ ЗА ЗОЖ\ЗОЖ У НАС ФОТО\IMG_20180515_105257.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
@@ -1805,2142 +372,253 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3260081" cy="2444473"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A5CFB" w:rsidRDefault="002E5B92" w:rsidP="007A5CFB">
-[...1188 lines deleted...]
-    <w:p w:rsidR="007A5CFB" w:rsidRDefault="007A5CFB" w:rsidP="007A5CFB">
+    <w:p w:rsidR="009A792A" w:rsidRDefault="009A792A" w:rsidP="009A792A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В результате проведения лектория и использовании разных форм работы у детей сформировывались такие качества как ответственность, взаимопомощь, взаимовыручка, любознательность, коллективизм.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Тема беседы «Разговор о правильном питании» так же способствовала развитию творческих способностей и кругозора у детей, их интересов и познавательных способностей, развитию коммуникативных навыков, умению эффективно взаимодействовать со сверстниками и взрослыми в процессе решения проблем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A792A" w:rsidRDefault="009A792A" w:rsidP="009A792A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A792A" w:rsidRDefault="00226FBD" w:rsidP="009A792A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A5CFB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3895233" cy="2920723"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Рисунок 4" descr="D:\2016 год\сайт\СЕГОДНЯ\01.05.2018\МЫ ЗА ЗОЖ\ЗОЖ У НАС ФОТО\IMG_20180515_161425.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="D:\2016 год\сайт\СЕГОДНЯ\01.05.2018\МЫ ЗА ЗОЖ\ЗОЖ У НАС ФОТО\IMG_20180515_161425.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3895233" cy="2920723"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A5CFB" w:rsidRDefault="002E5B92" w:rsidP="007A5CFB">
-[...600 lines deleted...]
-        <w:t>;</w:t>
+    <w:p w:rsidR="00226FBD" w:rsidRDefault="009A792A" w:rsidP="009A792A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В результате лекции освоения темы кружковцы получили следующие представления:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>• О правилах и основах рационального питания;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>• О необходимости соблюдения гигиены питания;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>• О полезных продуктах питания;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>• О структуре ежедневного рациона питания;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>• Об ассортименте наиболее типичных продуктов питания;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>• Об особенностях питания в летний и зимний периоды;</w:t>
       </w:r>
       <w:r w:rsidRPr="009A792A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="009A792A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">• </w:t>
-[...210 lines deleted...]
-    <w:p w:rsidR="007A5CFB" w:rsidRDefault="007A5CFB" w:rsidP="007A5CFB">
+        <w:t>• Об основных группах питательных веществ – белках, жирах, углеводах, витаминах и минеральных солях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00226FBD" w:rsidRDefault="00226FBD" w:rsidP="00AC7A11">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A5CFB">
+      <w:r w:rsidRPr="00226FBD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3752850" cy="2814638"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Рисунок 1" descr="D:\2016 год\сайт\СЕГОДНЯ\01.05.2018\МЫ ЗА ЗОЖ\ЗОЖ У НАС ФОТО\IMG-20180516-WA0019.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="D:\2016 год\сайт\СЕГОДНЯ\01.05.2018\МЫ ЗА ЗОЖ\ЗОЖ У НАС ФОТО\IMG-20180516-WA0019.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
@@ -3949,260 +627,101 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3752850" cy="2814638"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E5B92" w:rsidRPr="009A792A" w:rsidRDefault="002E5B92" w:rsidP="007A5CFB">
+    <w:p w:rsidR="009A792A" w:rsidRPr="009A792A" w:rsidRDefault="009A792A" w:rsidP="009A792A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A792A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Дети получили знания и навыки, связанные с этикетом в области питания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A792A" w:rsidRPr="009A792A" w:rsidRDefault="009A792A" w:rsidP="009A792A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A792A" w:rsidRPr="009A792A" w:rsidRDefault="009A792A" w:rsidP="009A792A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A792A">
-[...198 lines deleted...]
-    <w:sectPr w:rsidR="00CA6D4A">
+    </w:p>
+    <w:p w:rsidR="00F27F3D" w:rsidRPr="009A792A" w:rsidRDefault="00F27F3D" w:rsidP="009A792A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F27F3D" w:rsidRPr="009A792A" w:rsidSect="00B766B7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -4212,55 +731,55 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002E5B92"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CA6D4A"/>
+    <w:rsidRoot w:val="009A792A"/>
+    <w:rsid w:val="00226FBD"/>
+    <w:rsid w:val="009A792A"/>
+    <w:rsid w:val="00AC7A11"/>
+    <w:rsid w:val="00F27F3D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormenu v:ext="edit" fillcolor="none [1300]"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -4438,82 +957,82 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="002E5B92"/>
+    <w:rsid w:val="009A792A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007A5CFB"/>
+    <w:rsid w:val="009A792A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007A5CFB"/>
+    <w:rsid w:val="009A792A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -4777,54 +1296,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>279</Words>
-  <Characters>1594</Characters>
+  <Words>268</Words>
+  <Characters>1530</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>ГУ Отдел экономики и бюджетного планирования г.Пав</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1870</CharactersWithSpaces>
+  <CharactersWithSpaces>1795</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ахметова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>