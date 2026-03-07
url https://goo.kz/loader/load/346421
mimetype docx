--- v0 (2025-12-13)
+++ v1 (2026-03-07)
@@ -1,6653 +1,5336 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00620154" w:rsidRPr="00E52488" w:rsidRDefault="00620154" w:rsidP="00620154">
+    <w:p w:rsidR="00D96D8D" w:rsidRPr="00B24CC7" w:rsidRDefault="009D17C6" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E52488">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B24CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
-          <w:sz w:val="32"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Күндіз жататын жаздық «Ұрпаққ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A400B0" w:rsidRPr="00B24CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E52488">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а аманат» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00B24CC7" w:rsidRDefault="00A400B0" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E52488">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B24CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E52488">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Этноауылдағы</w:t>
+      </w:r>
+      <w:r w:rsidR="009D17C6" w:rsidRPr="00B24CC7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
-          <w:sz w:val="32"/>
-[...10 lines deleted...]
-          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> демалыс» лагерінің бағдарламасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00B24CC7" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="00B050"/>
-          <w:sz w:val="32"/>
-[...49 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00B24CC7" w:rsidRDefault="004B1C9E" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00E52488" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B24CC7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Түсіндірме жазба</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00D96D8D" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00E52488" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="004B1C9E" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жазғы демалыс – Балалардың көптен күткен мезгілі</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00D96D8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Демалысты қызықты және қауіпсіз ету - «Жігер» БЖК оқытушыларының міндеті.Оқытушылар мен ата-аналар демалыс уақытында оқыту аяқталмайтынын жақсы біледі, бұл кезде оқуды жалғастыру әлеуметтенудің белсенді кезеңіне енеді. </w:t>
+      </w:r>
+      <w:r w:rsidR="005E4EC5" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқытушылар үшін бұл уақыт ерекше жауапкершілікті талап етеді.Оларға жеңіл емес мәселені шешуі керек: демалыс уақытын қалай ұйымдастыру керек, балалар жақсы демалуы үшін, денсаулығын сауықтырып, күш жинап, өз білімдерін толықтырып, жаңа нәрсені үйреніп, жаңа достар тауып, сонымен қатар, жалықтырмайтын, </w:t>
+      </w:r>
+      <w:r w:rsidR="00573B4E" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үлкендердің абайлап қарайтын бақылауында ұстауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00573B4E" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...304 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>16 «Жігер» балалар мен жасөспірімдер клубының базасында тәрбиеленушілердің жазғы демалысы мен жазғы жұмыспен қамтылуын ұйымдастыру мақсатында күндіз балалар жататын лагерь ұйымдастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00573B4E" w:rsidP="00A400B0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="32"/>
-[...92 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Күндіз жата</w:t>
+      </w:r>
+      <w:r w:rsidR="00422F02" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ын жаздық лагерь балалардың </w:t>
+      </w:r>
+      <w:r w:rsidR="00422F02" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос уақытын ұйымдастырудың түрі, сондай-ақ оларға көркем-эстетикалық мәдениетті дарыту, денсаулығын сауықтыру мен сақтау, шығармашылық белсенділігін арттыру кеңістігі болып табылады. «Жігер» балалар мен жасөпірімдер клубы оқытушыларының </w:t>
+      </w:r>
+      <w:r w:rsidR="00A14E25" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жазғы жобаны ұйымдастыру барысын ойластыру барысында оның қайнар көзіне тағы бір үңілуге тура келді. Ойланып қарасақ, белгілі бір жас шамасында қандайда бір кезеңді аңсау сағыну кезеңі туады. Клуб оқытушылары өз балалық шағының рухы қоршаған ортаны құруға ниет етті.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Осылай «Этноауыл» құ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A14E25" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ру идеясы туды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00FF63BA" w:rsidP="00A400B0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="32"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жобаның мақсаты өз тарихын ардақтап есте сақтау, және оны басқаларға таныстыру</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өйткені, бұл бай рухани мұра, яғни ұрпақтан ұрпаққа жалғасып келе жатқан. Міндет, </w:t>
+      </w:r>
+      <w:r w:rsidR="004E40E0" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әрбір бала әр халықтың өткеніне терең үңіліп, олардың дәстүрлерін, ғұрыптарын </w:t>
+      </w:r>
+      <w:r w:rsidR="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және ұлттық ойындарын жаңғыртып</w:t>
+      </w:r>
+      <w:r w:rsidR="004E40E0" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, оларға таныту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...17 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Этноау</w:t>
+      </w:r>
+      <w:r w:rsidR="004E40E0" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л </w:t>
+      </w:r>
+      <w:r w:rsidR="004E40E0" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–«Жігер» балалар мен жасөспірімдер клубындағы балалар мен жасөспірімдердің жазғы демалысы мен сауықтыруды ұйы</w:t>
+      </w:r>
+      <w:r w:rsidR="00270628" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="004E40E0" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дастыру жайлы қалалық бағдарламаның бір бағыты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A400B0" w:rsidRDefault="00270628" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4965"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00181123" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағдарламаның өзектілігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A400B0" w:rsidRDefault="00A400B0" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4965"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00270628" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="underscore" w:pos="6405"/>
+          <w:tab w:val="left" w:pos="4965"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00263330">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:ind w:firstLine="360"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Барлық балалар қала маңындағы лагерьлерге, ауылдағы туыстарына баруға мүмкіндіктері бола бермейді. Балалардың көпшілігі үйлерінде қалады. Өздеріне өзі қожа болып қалған балаларға көшенің ықпалы көбірек тиеді, жол-көлік апаты мен бақытсыз жағдайларға ұшырап, олар қауіп-қатер тобына ілігеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00270628" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00263330" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағдаламаның өзектілігі келесі факторлар</w:t>
+      </w:r>
+      <w:r w:rsidR="00B758AF" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен шарттасқан</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...39 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00B758AF" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ата-аналардың тұрақты сұранымына клуб тәрбиенушілері мен қала мектептері оқушыларының ұйыдастырылған демалысы ие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00620154" w:rsidRPr="00181123" w:rsidRDefault="00620154" w:rsidP="00620154">
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00B758AF" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалардың денсаулығын күшейту және салауатты өмір сүру қажеттілігін қалыптастыру жұмыстары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="002741B0" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00B758AF" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқытушылардың бай шығармашылық шығармашылық әлеуетін бағдарламның мақсаты мен міндеттерін іске асыруға пайдалану қажеттілігі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A400B0" w:rsidRDefault="00187CE6" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...276 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жазғы демалыс уақыттарында «Жігер» балалар мен жасөспірімдер клубы базасында ҚР аумағында тұратын ұлттардың этноауылы жұмыс істеп тұрады</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әрбір қатысушы көшпенділердің тұрмыс-тіршілігіне кіре алады, қазақ халқы мен біздің Отанымызда тұрып жатқан басқа ұлт өкілдерінің дәстүрлері жайлы көбірек біліп, белсенді қатысып, сондай-ақ ұлттық ойындарды ойнап үйрене алады.Этноауылда әрбір ұнатқан қатысушы әртүрлі халықтың </w:t>
+      </w:r>
+      <w:r w:rsidR="0001710F" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұрмысына терең бойлап, мәдениеті мен дәстүрлерін жете ұғына алады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00946B35" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тосыннан әзірленген ауылда қалалық мектеп маңынндағы лагерьлерге жиналған балалар мен клуб тәрбиенушілері келеді, олардың демалыстары естен кетпес тамаша оқиғаларға толы болады деп есептейміз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00946B35" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағдарламаны жасағанда «Жігер» БЖК мен барлық бөлімшелердің дәстүрлері мен мүмкіндіктері</w:t>
+      </w:r>
+      <w:r w:rsidR="001E5EA7" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагогикалық ұжымның дайындық деңгейі, балалар мен ата-аналардың  тілектері мен қызығушылықтары, өткен жылдардың жаздық лагерьлерді ұйымдастыру тәжірибелері есепке алынды.Осы бағдарлама өзінің бағыттары бойынша кешенді болып табылады, оның ішіне әртүрлі жоспарлы қызметтер кіреді</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001E5EA7" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біздің</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «фишка» - </w:t>
+      </w:r>
+      <w:r w:rsidR="001E5EA7" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>белсенді демалыс</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001E5EA7" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біздің тәрбиенушілер мен қала мектептерінің оқушылары біздің 16 этно ауылдарда жоспарланған іс-шаралардың белсенді қатысушылары бола алады.</w:t>
+      </w:r>
+      <w:r w:rsidR="004209A4" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осындай қаланың этнореалти ұлттық клубтары «Жігер» клубының аумағында жаз аяғына дейін дейін өткізіледі, онда 4 мыңға тарта қала мектептерінің оқушылары Қазақстанда тұратын ұлттар мен ұлыстар</w:t>
+      </w:r>
+      <w:r w:rsidR="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дың дәстүрлерімен таныса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...99 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...18 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Этноау</w:t>
+      </w:r>
+      <w:r w:rsidR="004209A4" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidR="004209A4" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="004209A4" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әртүрлі ұлттардың ұлттық байлықтарын шоғырландырамыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004209A4" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бұл білгіштерді де қызықтырады деп </w:t>
+      </w:r>
+      <w:r w:rsidR="00985B17" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сенеміз.Жоспарланған әрбір шара барлық халықтардың мәдениеттеріне қатысты болып, қатысушыларды олардың өзіндік тұрмыс-тіршілігі таң қалдырады деп есептеймін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00A400B0" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Любое </w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00D97500" w:rsidRDefault="00620154" w:rsidP="00620154">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Этноауылдардағы басты ойын-сауық</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="00985B17" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұлттық киімдер киіп көрсетілетін дәстүрлі ойындар мен ғұрыптар көрсетілім шоуы болып табылады. Ү</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>йреншікті бағдарлама қонақтарды</w:t>
+      </w:r>
+      <w:r w:rsidR="00985B17" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, мысалы «шашу» дәстүрімен қарсы алудан басталады.</w:t>
+      </w:r>
+      <w:r w:rsidR="008440C1" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Таңертеңгі жаттығулардың орнын Қазақстан халықтарының билерін билеуден басталады. </w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="008440C1" w:rsidP="00A400B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...80 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00D97500" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Клуб педагогтарының қоржындарында мол театрландырылған көрсетілімдер бар.Әр оқиғаға байланысты олар жеке бағдарламалар құруға қабілетті, сондай-ақ қолданбалы өнердің өнімдерін дайындаудан шеберлік класстарын өткізуге дайын.Осындай көрсетілімдерді көрсету алдында оқытушылар тәрбиенушілермен бірге дәстүрлер мен ғұрыптар жайлы айтып, оның элементтерін көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="008440C1" w:rsidP="00A400B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...98 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00B930CA" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Этникалық шоу мен </w:t>
+      </w:r>
+      <w:r w:rsidR="00C04C19" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дәстүрлерді көрсетуден басқа, балалар үшін Қазақстанда тұратын халықтардың ойындары ұйымдастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00D97500" w:rsidRDefault="00620154" w:rsidP="00620154">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00C04C19" w:rsidP="00A400B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...382 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балаларды барлық тартымды шараларға кірістіреміз. </w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лар Қазақтың ұлттық киімдерін киіп, онымен суретке түсе алады, этнографиялық «Қыз ұзату», «Бесікке салу», «Тұсау кесу» және т.б.көріністеріне қатыса алады. Оқытушылардың қатысуымен халық шығармашылығынан көрмелер өткіземіз</w:t>
+      </w:r>
+      <w:r w:rsidR="004A3E23" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, көркем-қолданбалы өнер оқытушыларының қатысуымен</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, «Жыр м</w:t>
+      </w:r>
+      <w:r w:rsidR="004A3E23" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шайрасы», «Күйш</w:t>
+      </w:r>
+      <w:r w:rsidR="004A3E23" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», «Бишiлер сайысы», </w:t>
+      </w:r>
+      <w:r w:rsidR="004A3E23" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұлттық ойындар түрлері </w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: к</w:t>
+      </w:r>
+      <w:r w:rsidR="004A3E23" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кпар, тенге алу, </w:t>
+      </w:r>
+      <w:r w:rsidR="004A3E23" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыз </w:t>
+      </w:r>
+      <w:r w:rsidR="004A3E23" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уу, асы</w:t>
+      </w:r>
+      <w:r w:rsidR="004A3E23" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ату</w:t>
+      </w:r>
+      <w:r w:rsidR="004A3E23" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дан сайыстар ұйымдастырылады. Спорттық ойын түрлерін табиғат құбылыстарын есепке ала отырып жоспарлаймыз</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004A3E23" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Маусым соңында клуб аумағында мерзімді ұлттық мәдениет фестивальдары өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00B930CA" w:rsidRDefault="00620154" w:rsidP="00620154">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="004A3E23" w:rsidP="00A400B0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Клуб оқытушылары ең жақын уақытта барғысы келетін балалардың саны өсіп, олардың әрқайсысы «Этноауылда» өз мүмкіндіктері</w:t>
+      </w:r>
+      <w:r w:rsidR="00576AD3" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">н, ептілігі мен өз дарындарын паш ете алатындығына сенімді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00B97912" w:rsidRDefault="00620154" w:rsidP="00620154">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00576AD3" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...88 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00B97912" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Этноауылдар клубының тәрбиенушілері 5 өнер түрлері кіретін атаулар бойынша: орындаушылық, бейнелеу, шешендік, көркем-қолданбалы, әлеуметтік өнерлер бойынша сайысқа түсе алады</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00576AD3" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...143 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00B97912" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Этноауылдағы демалыс «Ұрпаққа аманат» жазғы демалысты ұйымдастыру бағдарламасы </w:t>
+      </w:r>
+      <w:r w:rsidR="00615B9B" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балалар мен жасөспірімдердің қажеттіліктерін жан-жақты қанағаттандыруға арналып, олардың демалысын сан қилы қызмет түрлері арқылы толыққанды, мазмұнды демалыспен тқамтамасыз ету болып табылады, олар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B97912">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">художественно </w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00B97912" w:rsidRDefault="00620154" w:rsidP="00620154">
+      </w:r>
+      <w:r w:rsidR="00615B9B" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көркем-эстетикалық және музыкалық шығармашылық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B97912">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">декоративно </w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00B97912" w:rsidRDefault="00620154" w:rsidP="00620154">
+      </w:r>
+      <w:r w:rsidR="00615B9B" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көркем-қолданбалы шығармашылық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B97912">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>интеллектуальное развитие;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00B97912" w:rsidRDefault="00620154" w:rsidP="00620154">
+        <w:t>интеллектуал</w:t>
+      </w:r>
+      <w:r w:rsidR="00615B9B" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дыдаму</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B97912">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>физическ</w:t>
-[...34 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00B97912" w:rsidRDefault="00620154" w:rsidP="00620154">
+      </w:r>
+      <w:r w:rsidR="00615B9B" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дене тәрбиесі мен спорт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B97912">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>досуг;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00B97912" w:rsidRDefault="00620154" w:rsidP="00620154">
+      </w:r>
+      <w:r w:rsidR="00615B9B" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B97912">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>социально – психологическ</w:t>
-[...29 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:r>
+      <w:r w:rsidR="00566CCF" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – психологи</w:t>
+      </w:r>
+      <w:r w:rsidR="00566CCF" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ялық бейімдеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00620154" w:rsidRPr="00181123" w:rsidRDefault="00620154" w:rsidP="00620154">
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B97912">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>экскурсионн</w:t>
-[...29 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:r>
+      <w:r w:rsidR="00566CCF" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>саяхат жұмысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00265AF7" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00265AF7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00265AF7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Практи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00566CCF" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>калық маңызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00265AF7">
+      <w:r w:rsidR="00566CCF" w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00227708">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Этноауылдағы демалыс «Ұрпаққа аманат» бағдарламасы «Жігер» Балалар-жасөспірімдер клубының білім беру кеңістігіне шектеулі енгілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...185 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00265AF7">
-[...8 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00265AF7" w:rsidRDefault="00620154" w:rsidP="00620154">
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00566CCF" w:rsidP="00A400B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00265AF7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00265AF7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жазғы лагерьдегі тәрбие жұмысын ұйымдастыру үдерісінде баланың жеке қабілетін есепке ала отырып, оны шығармашылық және қоғамдық өмірге тарту</w:t>
+      </w:r>
+      <w:r w:rsidR="003E05FE" w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, салауатты өмір сүруге деген қасиет құндылықтарын жетілдіріп осы негізде оның адамгершілік, эстетикалық, азаматтық санасын қалыптастыру болып табылады.Лагерьде осы мақсатта демалыс-тәрбие қызметін ұйымдастыру жүйесі балаларды  тәрбиелеудің толыққанды болуын қамтамасыз етеді</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...45 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00265AF7" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="001874ED" w:rsidP="00A400B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00265AF7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Демалыс баланың шығармашылық жағынан өзін неғұрлым толық және айқын табиғи қажеттілігінің ашылуына құрылған және балалалардың рухани белсенді шыңдалуына мүмкіндік береді.Бағдарламаны іске асыру өзінің тарихы арқылы оны клубтың басқа тәрбиенушілерімен таныстыру</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00265AF7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0099461B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл дегеніміз рухани бай мұра, ұрпақтан ұрпаққа жалғасын тауып келе жатқан. Жазғы демалыс кезеңінде бала энергиясы шығармашылық қызметтен шығуға мүмкіндік табады</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF62D8" w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, шын мәнінде өзінің әрқашан психотерапиялық әсер алады.Демалысты өткізудің бұқаралық түрлерін пайдалану, мысалы, ойындар, саяхат, сайыстар, ойын бағдарламалары барлық балаларды шығармашылық қызметке кірістіруге, балалардың ой-өрісін кеңейтуге, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7A6D" w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00265AF7" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызығушылығын дамытуға ықпал етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00CD7A6D" w:rsidP="00A400B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00265AF7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағдарлама сондай-ақ, балалардың даралығын қалыптастыруға бірлескен шығармашылық қызмет арқылы топ, отряд деңгейінде балаларды ұжымда тәрбиелеп дамытуды қарастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00CD7A6D" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағдарламаның мақсаты мен міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00CD7A6D" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00265AF7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мақсаты</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзінің тарихын қастерлеуге, басқа барлық халықтардың мәдениетімен танысып, тануына мүмкіндік береді</w:t>
+      </w:r>
+      <w:r w:rsidR="00430E99" w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және олардың өткен тыныс-тіршілігін көзімен көреді.Қазақ халқының және басқа халықтардың бай тарихын көріп, мәдениетімен,шығармашылығымен танысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00430E99" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...63 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...168 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00E84142" w:rsidRDefault="00620154" w:rsidP="00620154">
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00430E99" w:rsidP="00A400B0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E84142">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Клуб тәрбиенушілері мен қала мектептері оқушыларының шығармашылық әлеуетін ашады</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Раскрыть творческий потенциал </w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00620154" w:rsidRPr="00E84142" w:rsidRDefault="00620154" w:rsidP="00620154">
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00430E99" w:rsidP="00A400B0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E84142">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалпы адамгершілік құндылықтары негізінде тұлғаның рухани сапасын дамыту</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Развивать нравственные качества личности на основе общечеловеческих ценностей.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00E84142" w:rsidRDefault="00620154" w:rsidP="00620154">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00430E99" w:rsidP="00A400B0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E84142">
-[...56 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00E84142" w:rsidRDefault="00620154" w:rsidP="00620154">
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балалардың сабақтан тыс қызметінің жұмыс жүйесін ұйымдастыру, </w:t>
+      </w:r>
+      <w:r w:rsidR="0003346B" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тек әрбір бала әртүрлі халықтардың өткенін есіне ұстап, оның көптеген дәстүрлері,ғұрыптарын өз көзімен көріп, ұлттық ойындары, дәстүрлері мен ғұрыптарын жандандыруы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="0003346B" w:rsidP="00A400B0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E84142">
-[...9 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалар ұжымында жайлы эмоциялық орта құру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0003346B" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4965"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00620154" w:rsidRPr="00056031" w:rsidRDefault="00620154" w:rsidP="00620154">
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00E92FFF" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00227708">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...75 lines deleted...]
-      <w:r w:rsidRPr="00A50F19">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Этноауылдағы демалыс «Ұрпаққа аманат» бағдарламасы педагогикалық принциптерге негізделген</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...29 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00056031">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Гуманизм</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92FFF" w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...73 lines deleted...]
-      <w:r w:rsidRPr="00056031">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге</w:t>
+      </w:r>
+      <w:r w:rsidR="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92FFF" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әрбір балаға деген қатынас өзіндік құндылық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00056031">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Толерантност</w:t>
+      </w:r>
+      <w:r w:rsidR="00A21726" w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidR="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidR="00A21726" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басқа адамдардың пікірі, басқаша өмір сүру салтына төзімділікпен қарау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00A21726" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шығармашылық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00056031">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пеншығармашылық қатынас ісіне</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шығармашылық қабілетінің толық ашылып көрінуі</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00A21726" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...44 lines deleted...]
-      <w:r w:rsidRPr="00056031">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Руханият</w:t>
+      </w:r>
+      <w:r w:rsidR="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балалар мен жасөспірімдерде адамгершілік құндылықтарын, морал нормаларының сақталуы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52A34" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00056031">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның қалыптасуы</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00056031">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00E52A34" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қолжетімділік–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...32 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балалардың жас ерекшеліктерін есепке алу және олармен жұмыс істеу түрлерін таңдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A400B0" w:rsidRDefault="00A400B0" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00E52A34" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...26 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағдарламаны іске асыру кезеңдері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00056031" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00E52A34" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00056031" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дайындық кезеңі</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...86 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E52A34" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>клубтар бойынша жазғы уақытта клуб тәрбиенушілерінің жұмысбастылығы бойынша мониторинг өткізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00620154" w:rsidRPr="00056031" w:rsidRDefault="00620154" w:rsidP="00620154">
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">подбор </w:t>
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:r>
+      <w:r w:rsidR="00E52A34" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>клуб оқытушылары арасында жауапты</w:t>
+      </w:r>
+      <w:r w:rsidR="00690388" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастырушы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52A34" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:r w:rsidR="00690388" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды таңдау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00620154" w:rsidRPr="00056031" w:rsidRDefault="00620154" w:rsidP="00620154">
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00056031">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>разработка документации;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00056031" w:rsidRDefault="00620154" w:rsidP="00620154">
+      </w:r>
+      <w:r w:rsidR="00690388" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжаттарды әзірлеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r w:rsidRPr="00056031">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>комплектование отрядов;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+      </w:r>
+      <w:r w:rsidR="00690388" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отрядтарды жасақтау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">подготовка </w:t>
+      </w:r>
+      <w:r w:rsidR="00690388" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балалар- жасөспірімдер клубын дайындау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00690388" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұйымдастыру кезеңі</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidR="00690388" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отрядтарды қалыптастыру мен жұмылдыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00690388" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бірлескен әрекетке дайындық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00690388" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Негізгі кезең</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00690388" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағдарламаның негізгі ережелерін іске асыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidR="00C971EE" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балаларды әртүрлі ұжымдық- шығармашылық жұмыстарға тарту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00C971EE" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбиенушілер мен жобаны ұйымдастырушылардың бірлескен қызметі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C971EE" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балалар өздерінің шығармашылық қабілеттерін іске асырады, іс-шараны өткізуге атсалысады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00C971EE" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды кезең</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C971EE" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жазғы демалыстың нәтижесіне педагогикалық талдау жүргізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C971EE" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балалар, ата-аналармен </w:t>
+      </w:r>
+      <w:r w:rsidR="006C0387" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сауалнама өткізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>•</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006C0387" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БАҚ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>детско – подростковых</w:t>
+      <w:r w:rsidR="006C0387" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...538 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006C0387" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараттар жинау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4710"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="006C0387" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00103549" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағдарламаны іске асырудың мазмұны мен түрлері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4710"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00227708" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="006C0387" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4710"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">«Каникулы в </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балардың күндіз жазғы лагерьде болуының мақсаты мен міндеттері«Этноауылдағы демалыс «Ұрпаққа аманат» бағдарламасы бойынша іске асырылады.Клубтың барлық тәрбиенушылері отрядтарға бөлінеді</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-14 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D9085B" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жастағы топтар әр топта</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13-16 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D9085B" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адамнан</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9085B" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарай делегация</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00D9085B" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Этноауылдағы демалыс «Ұрпаққа аманат» бағдарламасына байқаулар, фестивальдық бөлігі, этнауылдың ашылу және жабылу рәсімі, шеберлік класы, шығармашылық көрмелер, көңілді эстафеталар, ұлттық ойындар, халықтық дәстүрлерді, салттарды, ғұрыптарды сахналандыру және т.б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00D9085B" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балалар клубы ауысым уақытында шығармашылық этноауылға айналады.</w:t>
+      </w:r>
+      <w:r w:rsidR="004278C4" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Отрядтағы балалар – делагация өкілдері</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004278C4" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әрбір д</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>этноауле</w:t>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>елегация</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...88 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004278C4" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">этноауылдағы өз халқын танытады.Делегацияны таныстырудың бірінші күні тәрбиенушілерге бұқаралық би немесе флешмоб, таныстыру, </w:t>
+      </w:r>
+      <w:r w:rsidR="004278C4" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">этноауылды аралау, шығармашылық номер </w:t>
+      </w:r>
+      <w:r w:rsidR="004278C4" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="004278C4" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ән, би, тақпақ, монолог, эссе және т.б.</w:t>
+      </w:r>
+      <w:r w:rsidR="004278C4" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00227708" w:rsidRDefault="00620154" w:rsidP="00620154">
+      <w:r w:rsidR="00D965B1" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚКӨ бойынша шеберлік класын, ұлттық ойындар, қандайда-бір дәстүр не ғұрыпты сахналап </w:t>
+      </w:r>
+      <w:r w:rsidR="004278C4" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетуі керек.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D965B1" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осының бәрін жазғы лагерьдің өздері басында таңдап алған 1 аусымы өз халқының тойын көрсетеді</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00D965B1" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...125 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00AF3DD4" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әр делегацияның өзіндік ерекше атрибуты болады</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бант</w:t>
+      </w:r>
+      <w:r w:rsidR="00777786" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, галстук</w:t>
+      </w:r>
+      <w:r w:rsidR="00777786" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тер</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00777786" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байламдар</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, лент</w:t>
+      </w:r>
+      <w:r w:rsidR="00777786" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алар</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00777786" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әртүрлі орамалдаржәне т.б.</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00777786" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұраны</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00777786" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шумақты ұрандар</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, эмблем</w:t>
+      </w:r>
+      <w:r w:rsidR="00777786" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алар</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="00777786" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Барлық</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атрибут</w:t>
+      </w:r>
+      <w:r w:rsidR="00777786" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарклуб таңдап алған халқына сай болуыкерек</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00777786" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...99 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әрбір </w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">делегация </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12 шеберлі-класына қатысады</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>онда әрбірі шығармашылық жұмысты орындайды</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
-[...69 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сөйтіп, клубтың барлық тәрбиенушілері көркем қолданбалы өнер мен сурет өнерінің әртүрлі техникаларымен</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD75F9" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> танысады, ұлттық ойындарға, сайыстарға, дәстүрлер мен ғұрыптарға қатысып үйренеді, Қазақстанда тұратын халықтардың тарихы мен мәдениеті туралы көбірек таниды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00AD75F9" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...113 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Клуб тәрбиенушілеріне қойылатын жұмысты өздері ән, биді әзірлейді, ақпаратпен алмасуды іске асырады</w:t>
+      </w:r>
+      <w:r w:rsidR="0000458F" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, ортақ шығармашылық жұмысты дайындаумен айналысады.Әр күні таңертең делегация шығармашылық тапсырма алады, оның орындалуына белгілі бір мерзім беріледі</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00620154" w:rsidRPr="00AF3DD4" w:rsidRDefault="00620154" w:rsidP="00620154">
+      <w:r w:rsidR="0000458F" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағдарламаны орындау барысында әр делегация: спектакль, сахналандырылған көрініс, шығармашылық жұмыс көрмесін әзірлейді</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A400B0" w:rsidRDefault="0000458F" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00AF3DD4" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лагерлік аусым кезеңін өткізу кезеңінде оқытушылар шығармашылық, ынтымақтастық, жеке жетістіктер </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4D7C" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кеңістіктерін құрады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="003D4D7C" w:rsidP="00A400B0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...219 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ауысым ішінде шеберлік класы, жарыстар, байқаулар, викториналар өткізіледі</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аусым соңында «Жігер» БЖК он алты клубымен «Бір шаңырақ астында» атты достық фестивальін ұйымдастырады.Осы фестивальда барлық халықтар өздерінің дайындаған барлық шығармашылық номерлерін көрсетеді</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:contextualSpacing/>
-        <w:jc w:val="center"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="003D4D7C" w:rsidP="00A400B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:contextualSpacing/>
-        <w:jc w:val="center"/>
-[...31 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағдарламаны жүзеге асырудың іске қосу механизмі әзірленген, олар модуль түрінде көрсетілген</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="709"/>
         <w:contextualSpacing/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00C15DDA" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="num" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="709"/>
         <w:contextualSpacing/>
-        <w:rPr>
-[...26 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұйымдастырушылық м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одуль</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жұмыс түрлері</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00C15DDA" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709" w:hanging="437"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоспарлау</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00C15DDA" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709" w:hanging="437"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лагерлік аусымға дайындық</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00C15DDA" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709" w:hanging="437"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лагерді безендіру</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00C15DDA" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709" w:hanging="437"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>міндеттерді анықтау</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00C15DDA" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709" w:hanging="437"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қабылдау қомиссиясына тапсыруға әзірлік</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00C15DDA" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="709"/>
         <w:contextualSpacing/>
-        <w:rPr>
-[...26 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сауықтыру м</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одул</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жұмыс түрлері</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00C15DDA" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ТҚ бойынша нұсқаулық</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00C15DDA" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00616CC8" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>таңғы</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> БОДРЯЧОК;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00C15DDA" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ылғалды </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6B59" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тазалық</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6B59" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>желдету</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>спорт</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6B59" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тықмерекелер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>экскурси</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E6B59" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ялар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="002E6B59" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қозғаушы ойындар</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="709"/>
         <w:contextualSpacing/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00345CD3">
-[...33 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.  </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6B59" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шығармашылық модуль</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6B59" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жұмыс түрлері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="002E6B59" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұжымдық-шығармашылық қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="002E6B59" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>клуб ішіндегі шараларға қатысу</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="002E6B59" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...57 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жігер» БЖК шараларына қатысу</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>экскурси</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E6B59" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ялар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="002E6B59" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="006B3A67" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>байқаулар</w:t>
+      </w:r>
+      <w:r w:rsidR="00620154" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00620154" w:rsidRPr="00F4629E" w:rsidRDefault="00620154" w:rsidP="00620154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>викторин</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6B59" w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A400B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620154" w:rsidRPr="00A400B0" w:rsidRDefault="00620154" w:rsidP="00A400B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:sectPr w:rsidR="00BA18A1" w:rsidSect="00E52488">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA18A1" w:rsidRPr="00A400B0" w:rsidRDefault="00BA18A1" w:rsidP="00A400B0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00BA18A1" w:rsidRPr="00A400B0" w:rsidSect="00B24CC7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
         <w:left w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
         <w:bottom w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
         <w:right w:val="balloons3Colors" w:sz="20" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -6656,57 +5339,50 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman CYR">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0019723B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3982ADC2"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7520,85 +6196,129 @@
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00620154"/>
-    <w:rsid w:val="004F2294"/>
-    <w:rsid w:val="00582CF3"/>
+    <w:rsid w:val="0000458F"/>
+    <w:rsid w:val="0001710F"/>
+    <w:rsid w:val="0003346B"/>
+    <w:rsid w:val="001874ED"/>
+    <w:rsid w:val="00187CE6"/>
+    <w:rsid w:val="001A3784"/>
+    <w:rsid w:val="001E5EA7"/>
+    <w:rsid w:val="002033F2"/>
+    <w:rsid w:val="00244174"/>
+    <w:rsid w:val="00270628"/>
+    <w:rsid w:val="002E6B59"/>
+    <w:rsid w:val="003D4D7C"/>
+    <w:rsid w:val="003E05FE"/>
+    <w:rsid w:val="004209A4"/>
+    <w:rsid w:val="00422F02"/>
+    <w:rsid w:val="004278C4"/>
+    <w:rsid w:val="00430E99"/>
+    <w:rsid w:val="004A3E23"/>
+    <w:rsid w:val="004B1C9E"/>
+    <w:rsid w:val="004E40E0"/>
+    <w:rsid w:val="00566CCF"/>
+    <w:rsid w:val="00573B4E"/>
+    <w:rsid w:val="00576AD3"/>
+    <w:rsid w:val="005E4EC5"/>
+    <w:rsid w:val="00615B9B"/>
     <w:rsid w:val="00620154"/>
+    <w:rsid w:val="00690388"/>
+    <w:rsid w:val="006C0387"/>
+    <w:rsid w:val="00777786"/>
+    <w:rsid w:val="008440C1"/>
+    <w:rsid w:val="00946B35"/>
+    <w:rsid w:val="00985B17"/>
+    <w:rsid w:val="009D17C6"/>
+    <w:rsid w:val="00A14E25"/>
+    <w:rsid w:val="00A21726"/>
+    <w:rsid w:val="00A400B0"/>
+    <w:rsid w:val="00AD75F9"/>
+    <w:rsid w:val="00AE7D22"/>
+    <w:rsid w:val="00B24CC7"/>
+    <w:rsid w:val="00B758AF"/>
     <w:rsid w:val="00BA18A1"/>
-    <w:rsid w:val="00E52488"/>
-    <w:rsid w:val="00EA1060"/>
+    <w:rsid w:val="00C04C19"/>
+    <w:rsid w:val="00C15DDA"/>
+    <w:rsid w:val="00C971EE"/>
+    <w:rsid w:val="00CD7A6D"/>
+    <w:rsid w:val="00D9085B"/>
+    <w:rsid w:val="00D965B1"/>
+    <w:rsid w:val="00D96D8D"/>
+    <w:rsid w:val="00E47116"/>
+    <w:rsid w:val="00E52A34"/>
+    <w:rsid w:val="00E92FFF"/>
+    <w:rsid w:val="00FF62D8"/>
+    <w:rsid w:val="00FF63BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -7723,51 +6443,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004F2294"/>
+    <w:rsid w:val="001A3784"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -7790,50 +6510,52 @@
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00620154"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -8084,55 +6806,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>11110</Characters>
+  <Pages>7</Pages>
+  <Words>1960</Words>
+  <Characters>11178</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
+  <Lines>93</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>ГУ Отдел экономики и бюджетного планирования г.Пав</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13033</CharactersWithSpaces>
+  <CharactersWithSpaces>13112</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ахметова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>