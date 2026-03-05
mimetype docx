--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,870 +1,1109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="0045067B" w:rsidRDefault="0045067B" w:rsidP="0045067B">
-[...20 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="005D4203" w:rsidRPr="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D4203">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...402 lines deleted...]
-    <w:p w:rsidR="005D4203" w:rsidRPr="0045067B" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+          <w:color w:val="000000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Как правильно выбрать ВУЗ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Жизнь показывает, что большинство абитуриентов выбирают вуз, как правило, случайно: за компанию с другом, по совету родителей или родственников. В результате больше половины выпускников вузов не работают по избранной специальности. Но диплом большинство студентов стремится получить все-таки не ради "корочки" как таковой, а для успеха в будущей профессии. Вот почему так важно не ошибиться с выбором ВУЗа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Как показали результаты исследований, процесс выбора вуза чаще всего начинается за 1-2 года до момента поступления (42% респондентов). 20% начинают выбирать вуз за полгода-год, 17% - менее чем за полгода до момента поступления, 13% за 2-3 года. Окончательно решение также, чаще всего (в 29% случаев), принимается ранее, чем за год. Однако 20% окончательно определяются уже в момент поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Основными критерием выбора вуза, согласно ответам респондентов, являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>- наличие интересующих направлений подготовки и профилям (43%),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>- стоимость обучения (25%),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>- перспективы дальнейшего трудоустройства (24%).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>- количество изучаемых иностранных языков (20%),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>- удобное расположение вуза (19%),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>- известный и хорошо узнаваемый бренд (18%),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>- контакты с зарубежными вузами и организациями (15%),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>- форма обучения (10%).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Более половины абитуриентов (57%) пробуют поступать в несколько вузов одновременно, 20% поступают сначала в один вуз, а в случае неудачи - в другие. 23% ориентируются на поступление только в одно учебное заведение. В случае неудачи на экзаменах 62% опрошенных делают попытку поступить в другой вуз, 18% - на другое направление того же вуза, 9% указали, что будут поступать в тот же вуз через год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Практические советы при выборе вуза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Все, перед кем стоит проблема поступления в то или иное учебное заведение, ориентируются на определенную информацию. Давайте посмотрим, на что следует обращать внимание при выборе учебного заведения, чем руководствоваться, какая информация будет для вас важной:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>- посетите Дни открытых дверей вуза. Как правило, они проводятся несколько раз, в апреле-мае, иногда еще в июне. В это время вуз информационно максимально открыт, проводятся встречи с руководством института и фак</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ультетов, открыты все аудитории</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>- ознакомьтесь с сайтом института в Интернете. В настоящее время, практически все высшие учебные заведения имеют свой сайт в Интернете, где размещается много полезной информации. Это и программы обучения, и расписание, и указаны преподаватели - их фамилии, опыт работы, стаж. На институтских сайтах подробно указаны все правила приема в данное учебное заведение: какие документы надо подавать, в какие сроки, какие сдаются вступительные экзамены, как проходит процесс зачисления в институт.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="0045067B">
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>- побеседуйте с кем-нибудь из студентов, которые уже учатся в данном вузе. Лучше всего со студентами 3-4 курсов, которые уже достаточно проучились в данном институте, чтобы дать исчерпывающую характеристику. Как правило, редко кто из них откажется рассказать о своем институте и если у вас найдется время побеседовать с ним за чашкой кофе, то вы многое узнаете из неформального общения. Студенты рассказывают то, что вы не прочитаете в справочниках: какая атмосфера царит в вузе, какие преподаватели, насколько жесткие требования, что интересного предлагает институт, кто, куда устроился работать после института и т. п.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>-Оқу көрмесіне барыңыз. Мұндай көрмелер жиі өткізіледі, әсіресе университетке түсу қарсаңында. Көрмелер ыңғайлы, өйткені оларда көптеген оқу орындары бар, сіз бір немесе басқа стендке барсаңыз, институт өкілдерімен әңгімелесіп, түрлі ақпарат пен буклеттерге қол жеткізе аласыз. Бір күнде қорытындыларды жасауды жеңілдететін көптеген түрлі ақпаратты бірден алуға болады.</w:t>
-[...65 lines deleted...]
-    <w:p w:rsidR="004A4833" w:rsidRPr="0045067B" w:rsidRDefault="004A4833" w:rsidP="0045067B">
+        <w:t>- посетите образовательную выставку. Такие выставки часто проводятся, особенно в преддверии поступления в вузы. Выставки удобны тем, что на них присутствует много учебных заведений, можно подойти то к одному, то к другому стенду, побеседовать с представителями института, взять различную справочную информацию и буклеты. Можно за один день получить сразу много разнообразной информации, которая позволит легче сделать выводы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="004A4833" w:rsidRPr="0045067B" w:rsidSect="00D87EB9">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>- ознакомьтесь с документами о платных образовательных услугах. Выясните стоимость обучения и график платежей. Приятным бонусом будет возможность рассрочки платежей и оплата образовательных услуг через банк или </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="156B9B"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>платежный терминал</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Таковы Основные рекомендации тем, кто выбирает высшее учебное заведение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4203" w:rsidRDefault="005D4203" w:rsidP="005D4203">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Самое главное, ориентируйтесь не на громкое имя вуза, а на то, какое обучение он предоставляет, на то, насколько данная специальность, которую вы получите - интересна вам и востребована в обществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A4833" w:rsidRDefault="004A4833"/>
+    <w:sectPr w:rsidR="004A4833">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...7 lines deleted...]
-    <w:altName w:val="Arial"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005D4203"/>
-    <w:rsid w:val="0045067B"/>
     <w:rsid w:val="004A4833"/>
     <w:rsid w:val="005D4203"/>
-    <w:rsid w:val="00D87EB9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{A883B23A-460A-4E17-BC0A-EAADF3B13D67}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D87EB9"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D4203"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -876,326 +1115,158 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="005D4203"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D4203"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML">
-[...48 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="474026147">
-[...102 lines deleted...]
-    </w:div>
     <w:div w:id="1864708964">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="2094859442">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bytewerk.com/ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1328,65 +1399,65 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3489</Characters>
+  <Pages>2</Pages>
+  <Words>638</Words>
+  <Characters>3642</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
+  <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4093</CharactersWithSpaces>
+  <CharactersWithSpaces>4272</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>