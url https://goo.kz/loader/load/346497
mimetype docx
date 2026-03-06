--- v0 (2026-03-06)
+++ v1 (2026-03-06)
@@ -1,437 +1,568 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0081515A" w:rsidRDefault="0081515A" w:rsidP="0081515A">
+    <w:p w:rsidR="0081515A" w:rsidRPr="004D4F51" w:rsidRDefault="0081515A" w:rsidP="0081515A">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0081515A">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Лексикограф</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0081515A" w:rsidRPr="0081515A" w:rsidRDefault="0081515A" w:rsidP="0081515A">
+    <w:p w:rsidR="004D4F51" w:rsidRPr="004D4F51" w:rsidRDefault="004D4F51" w:rsidP="004D4F51">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лексикограф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - сөздіктерді дамыту және оларды зерттеу бойынша маман.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D4F51" w:rsidRPr="004D4F51" w:rsidRDefault="004D4F51" w:rsidP="004D4F51">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лексикография (ежелгі грек λεξικόν, Lexikon - «жазу» - «Сөздік» және γράφω, grapho.) - сөздіктер құрастыру және оларды зерттеу мәселелерімен айналысатын тіл білімінің филиалы; сөздер, әсіресе, сөздер, олардың түсіндіру семантикалық құрылымын зерттейтін ғылым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D4F51" w:rsidRPr="004D4F51" w:rsidRDefault="004D4F51" w:rsidP="004D4F51">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Практикалық лексикография тілдік дайындықтан, сипаттамасы және тілі, тіларалық коммуникация, тіл ғылыми зерттеу қалыпқа қамтамасыз ететін қоғамдық функцияларды орындайды. Лексикография тілін білу жиынтығы лексикалық өкілдіктерінің қабылдау үшін ең оңтайлы және қолайлы әдістерін табуға ұмтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D4F51" w:rsidRPr="004D4F51" w:rsidRDefault="004D4F51" w:rsidP="004D4F51">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Теориялық лексикография макроструктураның дамуына байланысты (лексиканы таңдау, көлемі мен сипаты, материалдардың орналасу принциптері) және сөздіктің микроқұрылымын (сөздікке кірудің құрылымы, сөздік анықтамаларының түрлері, сөздік ақпараттың әртүрлі түрлерінің корреляциясы, тілдік иллюстрациялардың түрлері, ), лексикография тарихы бар сөздіктер типологиясын құру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D4F51" w:rsidRPr="004D4F51" w:rsidRDefault="004D4F51" w:rsidP="004D4F51">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лексикография барлық қасиеттердің жиынтығында сөзді білдіреді, сондықтан сөздік тек тіл үшін бірегей және қажетті құрал емес, сонымен қатар ғылыми зерттеулердің маңызды құралы болып табылады. ХХІ ғасырдың лингвистикалық ғылымы алынған білімдердің барлық аспектілерін сөздік түрінде аударуға тырысады, сондықтан жаңа сөздіктерде сөздерді ғана емес, сонымен қатар басқа тілдік бірліктер де сипаттамаға айналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081515A" w:rsidRPr="004D4F51" w:rsidRDefault="004D4F51" w:rsidP="0081515A">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>Лексикограф — специалист, занимающийся вопросами составления словарей и их изучения.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жеке қасиеттер</w:t>
+      </w:r>
+      <w:r w:rsidR="0081515A" w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0081515A" w:rsidRPr="0081515A" w:rsidRDefault="0081515A" w:rsidP="0081515A">
+    <w:p w:rsidR="0081515A" w:rsidRPr="004D4F51" w:rsidRDefault="0081515A" w:rsidP="0081515A">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...81 lines deleted...]
-        <w:t xml:space="preserve"> — «пишу») — раздел языкознания, занимающийся вопросами составления словарей и их изучения; наука, изучающая семантическую структуру слова, особенности слов, их толкование.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4F51" w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сауаттылықтың жоғары деңгейі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0081515A" w:rsidRPr="0081515A" w:rsidRDefault="0081515A" w:rsidP="0081515A">
+    <w:p w:rsidR="0081515A" w:rsidRPr="004D4F51" w:rsidRDefault="0081515A" w:rsidP="0081515A">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>Практическая лексикография выполняет общественно важные функции, обеспечивая обучение языку, описание и нормализацию языка, межъязыковое общение, научное изучение языка. Лексикография стремится найти наиболее оптимальные и допустимые для восприятия способы словарного представления всей совокупности знаний о языке.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4F51" w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лингвистик</w:t>
+      </w:r>
+      <w:r w:rsidR="004D4F51" w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а білімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0081515A" w:rsidRPr="0081515A" w:rsidRDefault="0081515A" w:rsidP="0081515A">
+    <w:p w:rsidR="0081515A" w:rsidRPr="004D4F51" w:rsidRDefault="0081515A" w:rsidP="0081515A">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>Теоретическая лексикография охватывает комплекс проблем, связанных с разработкой макроструктуры (отбор лексики, объём и характер словника, принципы расположения материала) и микроструктуры словаря (структура словарной статьи, типы словарных определений, соотношение разных видов информации о слове, типы языковых иллюстраций и т. п.), созданием типологии словарей, с историей лексикографии.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4F51" w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білімді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0081515A" w:rsidRPr="0081515A" w:rsidRDefault="0081515A" w:rsidP="0081515A">
+    <w:p w:rsidR="0081515A" w:rsidRPr="004D4F51" w:rsidRDefault="0081515A" w:rsidP="0081515A">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> в совокупности всех его свойств, поэтому словарь оказывается не только уникальным и незаменимым пособием по языку, но и важнейшим инструментом научных исследований. Лингвистическая наука XXI века стремится воплотить в словарной форме все аспекты полученных знаний, поэтому в новейших словарях объектом описания становятся не только слова, но и иные языковые единицы.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4F51" w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қажырлы еңбекке дайындық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0081515A" w:rsidRPr="0081515A" w:rsidRDefault="0081515A" w:rsidP="0081515A">
+    <w:p w:rsidR="0081515A" w:rsidRPr="004D4F51" w:rsidRDefault="0081515A" w:rsidP="0081515A">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:t>Личные качества:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="004D4F51" w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шыдамдылық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D4F51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0081515A" w:rsidRPr="0081515A" w:rsidRDefault="0081515A" w:rsidP="0081515A">
+    <w:p w:rsidR="0038427E" w:rsidRPr="004D4F51" w:rsidRDefault="0038427E" w:rsidP="0081515A">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="0081515A" w:rsidRPr="0081515A" w:rsidRDefault="0081515A" w:rsidP="0081515A">
-[...76 lines deleted...]
-    <w:sectPr w:rsidR="0038427E" w:rsidSect="0081515A">
+    <w:sectPr w:rsidR="0038427E" w:rsidRPr="004D4F51" w:rsidSect="0081515A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="93"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0081515A"/>
     <w:rsid w:val="0038427E"/>
+    <w:rsid w:val="004D4F51"/>
     <w:rsid w:val="0081515A"/>
+    <w:rsid w:val="00A94A7B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -556,50 +687,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00A94A7B"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -643,99 +775,188 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0081515A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0081515A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004D4F51"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004D4F51"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
+    <w:div w:id="51275430">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="321545923">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="7953969">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="2019387799">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="914439522">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1775519244">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -987,54 +1208,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>236</Words>
-  <Characters>1350</Characters>
+  <Words>229</Words>
+  <Characters>1310</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>10</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1583</CharactersWithSpaces>
+  <CharactersWithSpaces>1536</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>