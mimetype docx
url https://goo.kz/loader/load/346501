--- v0 (2026-03-06)
+++ v1 (2026-03-06)
@@ -1,375 +1,528 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0038452A" w:rsidRPr="0038452A" w:rsidRDefault="0038452A" w:rsidP="0038452A">
-[...1 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00245EA8" w:rsidRDefault="00245EA8" w:rsidP="00245EA8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0038452A">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00245EA8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t>Бренд-менеджер</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бренд менеджері</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0038452A" w:rsidRPr="0038452A" w:rsidRDefault="0038452A" w:rsidP="0038452A">
-[...2 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+    <w:p w:rsidR="009B5166" w:rsidRPr="00245EA8" w:rsidRDefault="009B5166" w:rsidP="00245EA8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0038452A">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00245EA8" w:rsidRDefault="00245EA8" w:rsidP="00245EA8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...27 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00245EA8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0038452A">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мамандықтың жалпы сипаттамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B5166" w:rsidRPr="00245EA8" w:rsidRDefault="009B5166" w:rsidP="00245EA8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t>Должностные обязанности</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00245EA8" w:rsidRDefault="00245EA8" w:rsidP="00245EA8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00245EA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Белгілі бір брендті жылжытумен айналысатын менеджер.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0038452A" w:rsidRPr="0038452A" w:rsidRDefault="0038452A" w:rsidP="0038452A">
-[...1 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="009B5166" w:rsidRPr="00245EA8" w:rsidRDefault="009B5166" w:rsidP="00245EA8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...123 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00245EA8" w:rsidRPr="00245EA8" w:rsidRDefault="00245EA8" w:rsidP="00245EA8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0038452A">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00245EA8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-        <w:t>Квалификационные требования</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ресми міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0038452A" w:rsidRPr="0038452A" w:rsidRDefault="0038452A" w:rsidP="0038452A">
+    <w:p w:rsidR="00245EA8" w:rsidRPr="00245EA8" w:rsidRDefault="00245EA8" w:rsidP="00245EA8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00245EA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ағылшын тілінде «бренд» деген сөз бастапқыда «мөртаңба, зауыттық белгі, бренд» дегенді білдіреді. Орыс тілінде жеткілікті фраза табылмады, сондықтан аудармасыз - бренд - (немесе бренд-менеджер) дейді. Ресейлік тәжірибеде осындай міндеттерге ие адамдар көбінесе сату бөлімінің басшысы деп аталады. Бренд менеджері белгілі бір брендтің тауарлар тобын сатуға жібереді (бұл үйге арналған және компьютерлік жабдықтар, киім, тамақ және т.б.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B5166" w:rsidRPr="009B5166" w:rsidRDefault="009B5166" w:rsidP="009B5166">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B5166">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сату менеджерінен айырмашылығы, бренд менеджері сауда-саттықтың өзі емес, брендті алға жылжытумен айналысады. Бұл жарнама, маркетинг, жұртшылықпен байланыс саласындағы маңызды білімнің болуын білдіреді. «Таза» маркетологтан айырмашылығы, бренд менеджері тауарлардың осы тобын тек экономист деңгейінде ғана емес, өндіруші деңгейде де сатуды түсінуі керек. Жұмыс берушілер тартылған бренд менеджерлерінен, мысалы, сүт өнімдерінен, сүтті өңдеу технологиясының ерекшеліктерін білуін талап ете алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B5166" w:rsidRPr="009B5166" w:rsidRDefault="009B5166" w:rsidP="009B5166">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B5166">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бренд менеджері сатып алу маманы болып табылады деген пікір бар. Шын мәнінде, сатып алу процесін бақылау және жеткізушімен қарым-қатынасты сақтау бренд менеджерінің бизнесінің негізгі бөлігі емес, композитивті болып табылады. Шетелде сатып алулар жүргізілген жағдайда бренд менеджері өндіруші елдің тілін (ағылшын, неміс және т.б.) білуі керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B5166" w:rsidRPr="009B5166" w:rsidRDefault="009B5166" w:rsidP="009B5166">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B5166">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B5166" w:rsidRPr="009B5166" w:rsidRDefault="009B5166" w:rsidP="009B5166">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B5166">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Маркетинг», «Менеджмент» немесе «Коммерция» мамандығы бойынша жоғары білім</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B5166" w:rsidRPr="009B5166" w:rsidRDefault="009B5166" w:rsidP="009B5166">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006A2082" w:rsidRPr="009B5166" w:rsidRDefault="006A2082" w:rsidP="009B5166">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-    <w:sectPr w:rsidR="006A2082">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006A2082" w:rsidRPr="009B5166" w:rsidSect="005F7DAE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0038452A"/>
+    <w:rsid w:val="00245EA8"/>
     <w:rsid w:val="0038452A"/>
+    <w:rsid w:val="005F7DAE"/>
     <w:rsid w:val="006A2082"/>
+    <w:rsid w:val="009B5166"/>
+    <w:rsid w:val="00F0781B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -494,50 +647,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="005F7DAE"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0038452A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="20"/>
@@ -607,57 +761,144 @@
     <w:rsid w:val="0038452A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0038452A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00245EA8"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00245EA8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
+    <w:div w:id="93864722">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="429618385">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="459543397">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="900865235">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -925,54 +1166,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>246</Words>
-  <Characters>1404</Characters>
+  <Words>223</Words>
+  <Characters>1273</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1647</CharactersWithSpaces>
+  <CharactersWithSpaces>1494</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>