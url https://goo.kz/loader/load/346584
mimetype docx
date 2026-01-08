--- v0 (2025-12-14)
+++ v1 (2026-01-08)
@@ -1,103 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005113EB" w:rsidRPr="009F20CF" w:rsidRDefault="00A01FB5" w:rsidP="00A01FB5">
+    <w:p w:rsidR="005113EB" w:rsidRPr="00F737A6" w:rsidRDefault="00A01FB5" w:rsidP="00A01FB5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F737A6">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>"</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> науқаны</w:t>
+        <w:t>Акция "Дорога в школу"</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F737A6" w:rsidRDefault="00F737A6" w:rsidP="00A01FB5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F737A6" w:rsidRDefault="00F737A6" w:rsidP="00A01FB5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F737A6">
         <w:rPr>
@@ -105,567 +72,387 @@
           <w:noProof/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2400300" cy="1990725"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="ÐÐ¾Ñ
 Ð¾Ð¶ÐµÐµ Ð¸Ð·Ð¾Ð±ÑÐ°Ð¶ÐµÐ½Ð¸Ðµ"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="ÐÐ¾Ñ
 Ð¾Ð¶ÐµÐµ Ð¸Ð·Ð¾Ð±ÑÐ°Ð¶ÐµÐ½Ð¸Ðµ"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="10157" r="9442" b="2831"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2400987" cy="1991295"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
-                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                        <a14:shadowObscured xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00A01FB5" w:rsidRPr="00A01FB5" w:rsidRDefault="00A01FB5" w:rsidP="00A01FB5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009F20CF" w:rsidRDefault="009F20CF" w:rsidP="00A01FB5">
+    <w:p w:rsidR="00A01FB5" w:rsidRPr="00A01FB5" w:rsidRDefault="00A01FB5" w:rsidP="00A01FB5">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE6BBF">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t>Павлодар облысында</w:t>
+        </w:rPr>
+        <w:t>С 1 августа по 30 сентября 2018 года</w:t>
       </w:r>
-      <w:r>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00A01FB5">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Павлодарской области проводится общереспубликанская акция «Дорога в школу».</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A01FB5" w:rsidRPr="00A01FB5" w:rsidRDefault="00A01FB5" w:rsidP="00A01FB5">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01FB5">
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">2018 </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">ға көмек!» ұранымен өтеді. </w:t>
+        <w:t>В 2018 году акция будет проходить под девизом: «Мой выбор- помощь детям!»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A01FB5" w:rsidRPr="00A01FB5" w:rsidRDefault="009F20CF" w:rsidP="00A01FB5">
+    <w:p w:rsidR="00A01FB5" w:rsidRPr="00A01FB5" w:rsidRDefault="00A01FB5" w:rsidP="00A01FB5">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">балалардың мектепте болмауын болдырмау және т.б. </w:t>
+      <w:r w:rsidRPr="00A01FB5">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Цель акции – оказание поддержки школьникам из малообеспеченных и многодетных семей, детям-сиротам и детям, оставшихся без попечения родителей, во время подготовки детей к школе и предупреждения неявки детей в школу по причине отсутствия одежды, обуви, канцелярских товаров, и т.д.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A01FB5" w:rsidRPr="00A01FB5" w:rsidRDefault="00214766" w:rsidP="00A01FB5">
+    <w:p w:rsidR="00A01FB5" w:rsidRPr="00A01FB5" w:rsidRDefault="00A01FB5" w:rsidP="00A01FB5">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> әрбір тұрғынның немесе облыс ұйымының қолдарынан келеді. </w:t>
+      <w:r w:rsidRPr="00A01FB5">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>В силах каждого жителя или организации области оказать помощь нуждающимся детям при подготовке к школе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A01FB5" w:rsidRPr="00A01FB5" w:rsidRDefault="00214766" w:rsidP="00214766">
+    <w:p w:rsidR="00A01FB5" w:rsidRPr="00A01FB5" w:rsidRDefault="00A01FB5" w:rsidP="00A01FB5">
       <w:pPr>
-        <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...70 lines deleted...]
-        <w:t>балалардың тағдырларына бе-жай қарамасаңыз, «Павлодар қаласының №43 жалпы орта білім беру мектебі» ММ-нің әкімшілігі, Сізді науқанға қатысуға шақырады.</w:t>
+      <w:r w:rsidRPr="00A01FB5">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Любой вид помощи, будь то школьные принадлежности и одежда, оргтехника или средства обучения, книги помогут подготовить детей к началу нового учебного года.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A01FB5" w:rsidRDefault="00A01FB5" w:rsidP="00A01FB5">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...45 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00A01FB5">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Если Вам не безразлична судьба детей, оказавшихся в трудной жизненной ситуации, администрация ГУ «Средняя общеобразовательная школа №43 города Павлодара» приглашает принять участие в акции.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A01FB5" w:rsidRPr="00844A81" w:rsidRDefault="00844A81" w:rsidP="00A01FB5">
+    <w:p w:rsidR="00A01FB5" w:rsidRDefault="00A01FB5" w:rsidP="00A01FB5">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A01FB5" w:rsidRPr="00A01FB5" w:rsidRDefault="00A01FB5" w:rsidP="00A01FB5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A01FB5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Справки по телефону 8(7182) 556862, 8 (7182)555860.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A01FB5" w:rsidRPr="00A01FB5" w:rsidRDefault="00A01FB5" w:rsidP="00A01FB5">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="32"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00844A81">
+    </w:p>
+    <w:p w:rsidR="00A01FB5" w:rsidRPr="00A01FB5" w:rsidRDefault="00A01FB5" w:rsidP="00A01FB5">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-        <w:t>Алдын ала ризашылығымызды білдіреміз, ынтымақтастыққа үміттенеміз.</w:t>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A01FB5">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Заранее благодарим и надеемся на сотрудничество.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00A01FB5" w:rsidRPr="00844A81" w:rsidSect="005113EB">
+    <w:sectPr w:rsidR="00A01FB5" w:rsidRPr="00A01FB5" w:rsidSect="005113EB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="140"/>
   <w:drawingGridVerticalSpacing w:val="381"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="008D6E40"/>
     <w:rsid w:val="00004FE5"/>
     <w:rsid w:val="00022BB3"/>
     <w:rsid w:val="00032CAC"/>
     <w:rsid w:val="000F01CB"/>
     <w:rsid w:val="00175AFC"/>
-    <w:rsid w:val="00214766"/>
     <w:rsid w:val="002153A0"/>
     <w:rsid w:val="00236E99"/>
     <w:rsid w:val="00245324"/>
     <w:rsid w:val="002468B6"/>
     <w:rsid w:val="00250F3D"/>
     <w:rsid w:val="00260783"/>
     <w:rsid w:val="00297C7D"/>
     <w:rsid w:val="00451C82"/>
     <w:rsid w:val="00470AFF"/>
     <w:rsid w:val="004B32CD"/>
     <w:rsid w:val="005113EB"/>
     <w:rsid w:val="00521880"/>
     <w:rsid w:val="0055492C"/>
     <w:rsid w:val="005D6B87"/>
     <w:rsid w:val="005E364A"/>
     <w:rsid w:val="0061265C"/>
     <w:rsid w:val="0067141E"/>
-    <w:rsid w:val="006775D0"/>
     <w:rsid w:val="00766804"/>
-    <w:rsid w:val="00844A81"/>
     <w:rsid w:val="008743BF"/>
     <w:rsid w:val="008D6E40"/>
     <w:rsid w:val="00952D1F"/>
-    <w:rsid w:val="009F20CF"/>
     <w:rsid w:val="00A01FB5"/>
     <w:rsid w:val="00A1280D"/>
     <w:rsid w:val="00A459C1"/>
     <w:rsid w:val="00AE6BBF"/>
     <w:rsid w:val="00AF7A36"/>
     <w:rsid w:val="00AF7A49"/>
     <w:rsid w:val="00B223DE"/>
     <w:rsid w:val="00B6685B"/>
     <w:rsid w:val="00B72C63"/>
     <w:rsid w:val="00BA0378"/>
     <w:rsid w:val="00C14A0B"/>
     <w:rsid w:val="00C67F18"/>
     <w:rsid w:val="00C75F29"/>
     <w:rsid w:val="00C75FF0"/>
     <w:rsid w:val="00D71799"/>
     <w:rsid w:val="00EC40EE"/>
     <w:rsid w:val="00EC5DBB"/>
     <w:rsid w:val="00F737A6"/>
     <w:rsid w:val="00F916DD"/>
     <w:rsid w:val="00FF19DD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
@@ -811,50 +598,51 @@
     <w:qFormat/>
     <w:rsid w:val="00AF7A49"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-MO"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:link w:val="1"/>
     <w:rsid w:val="00AF7A49"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:lang w:val="ru-MO" w:eastAsia="ru-RU"/>
@@ -872,58 +660,65 @@
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005113EB"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="005113EB"/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="005113EB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
@@ -1148,83 +943,90 @@
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005113EB"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="005113EB"/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a6">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="005113EB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1473,66 +1275,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>170</Words>
-  <Characters>971</Characters>
+  <Words>156</Words>
+  <Characters>895</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1139</CharactersWithSpaces>
+  <CharactersWithSpaces>1049</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>01</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>