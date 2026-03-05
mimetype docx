--- v0 (2025-12-13)
+++ v1 (2026-03-05)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8c43904" w14:textId="8c43904">
+    <w:p w14:paraId="2fa809d" w14:textId="2fa809d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -75,312 +75,234 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгі қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2012 жылғы 19 қаңтардағы № 127 қаулысына өзгеріс енгізу туралы</w:t>
+        <w:t>Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Үкіметінің 2018 жылғы 10 мамырдағы № 254 қаулысы.</w:t>
+        <w:t>Постановление Правительства Республики Казахстан от 19 января 2012 года № 127.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правительство Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Типовые правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>2. Настоящее постановление вводится в действие по истечении десяти календарных дней после первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>
-      Қазақстан Республикасының Үкіметі ҚАУЛЫ ЕТЕДІ:</w:t>
-[...157 lines deleted...]
-      "10. Бастауыш білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдары дайындық деңгейіне қарамастан білім беру ұйымдарының қызмет көрсету аумағында тұратын, барлық балалардың қолжетімділігін қамтамасыз ете отырып, барлық жеті жастағы балалардың және ағымдағы күнтізбелік жылы алты жасқа толатын балалардың бірінші сыныпқа қабылдануын қамтамасыз етеді." деген редакцияда қолданылады деп белгіленіп, осы бөліктің қолданысы 2019 жылғы 1 қаңтарға дейін тоқтатыла тұрсын.</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7791"/>
         <w:gridCol w:w="4209"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -397,51 +319,64 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Премьер-Министрі </w:t>
+              <w:t>      Премьер-Министр</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -454,208 +389,62 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Б. Сағынтаев</w:t>
+              <w:t>К. Масимов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
-            </w:r>
-[...144 lines deleted...]
-              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -726,720 +515,1334 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Үкіметінің</w:t>
+              <w:t>постановлением Правительства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2012 жылғы 19 қаңтардағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Consolas"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 127 қаулысымен</w:t>
-[...12 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>от 19 января 2012 года № 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгі қағидалары</w:t>
+        <w:t xml:space="preserve"> Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Заң) сәйкес әзірленді және меншік нысаны мен ведомстволық бағыныстылығына қарамастан, бастауыш, негізгі орта, жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына (бұдан әрі – білім беру ұйымдары) оқуға қабылдау тәртібін айқындайды.</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Типовые правила в редакции постановления Правительства РК от 10.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 254</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      2. Білім беру ұйымдары оқуға қабылдауды Қазақстан Республикасының Конституциясына, Заңға, осы Қағидаларға, өзге де нормативтік құқықтық актілерге, сондай-ақ олардың негізінде әзірленген білім беру ұйымдарының жарғыларына сәйкес жүзеге асырады.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящие Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 27 июля 2007 года "Об образовании" (далее – Закон) и определяют порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, (далее – организации образования) независимо от форм их собственности и ведомственной подчиненности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Организации образования осуществляют прием на обучение в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Конституцией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, настоящими Правилами, иными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>нормативными правовыми актами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также разработанными на их основе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>уставами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Зачисление в число обучающихся производится на основании приказа руководителя организации образования. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4. Не допускается комплектование классов по уровню подготовки и степени развития обучающихся. При этом предельная наполняемость в классе составляет не более 25 обучающихся.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. При приеме обучающихся в организации образования руководители организаций образования заключают с родителями или иными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>законными представителями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей или обучающихся договора на оказание образовательных услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>типовым договором</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания образовательных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Обучающимся и родителям или иным законным представителям обучающихся предоставляется возможность ознакомления с настоящими Правилами, уставом организации образования, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лицензией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на право ведения образовательной деятельности, правилами приема в организации образования, утверждаемыми местными исполнительными органами, и другими документами, регламентирующими деятельность организаций образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>7. Прием на обучение в организации образования детей с особыми образовательными потребностями осуществляется с учетом заключения педагого-медико-психологической консультации при согласии родителей или иных законных представителей ребенка.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>8. Родители или иные законные представители ребенка или обучающегося имеют право выбора любой организации образования для обучения.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>9. В случае отказа в приеме на обучение в организацию образования, родители или иные законные представители обучающегося обращаются по месту жительства в местные органы управления образованием.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>
-      3. Білім алушылардың қатарына қабылдау білім беру ұйымы басшысының бұйрығы негізінде жүргізіледі.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkStart w:name="z16" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      4. Сыныптарды білім алушылардың даярлық деңгейі және даму дәрежесі бойынша жасақтауға рұқсат етілмейді. Бұл ретте сыныптағы шекті сыйымдылық 25 білім алушыдан аспайды.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      5. Білім беру ұйымдарына білім алушыларды қабылдау кезінде білім беру ұйымдарының басшылары білім беру қызметтерін көрсетудің үлгілік шартына сәйкес білім беру қызметтерін көрсету үшін балалардың немесе білім алушылардың ата-аналарымен немесе өзге де заңды өкілдерімен шарт жасайды.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Часть первая пункта 10 предусмотрена в редакции постановления Правительства РК от 10.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 254</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2019).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      6. Білім алушыларға және ата-аналарға немесе білім алушылардың өзге де заңды өкілдеріне осы Қағидалармен, білім беру ұйымының жарғысымен, білім беру қызметін жүргізу құқығы берілетін лицензиямен, жергілікті атқарушы органдар бекітетін білім беру ұйымдарына қабылдау қағидаларымен және білім беру қызметін реттейтін басқа да құжаттармен танысуға мүмкіндік беріледі.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      7. Ерекше білім беруге қажеттілігі бар балаларды білім беру ұйымдарына оқуға қабылдау баланың ата-анасының немесе өзге заңды өкілдерінің келісімімен педагогикалық-медициналық-психологиялық консультация қорытындысы ескеріле отырып жүзеге асырылады.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Данная редакция части первой пункта 10 действует до 01.01.2019 в соответствии с постановлением Правительства РК от 10.05.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>№ 254</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Организации образования, реализующие общеобразовательные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>учебные программы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начального образования, обеспечивают прием в первый класс всех детей семи лет и детей, которым исполняется шесть лет в текущем календарном году, с обеспечением доступа всех детей, проживающих на территории обслуживания организации образования, независимо от уровня подготовки.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Для приема детей в первый класс необходимы следующие документы:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>1) заявление от родителей или иных законных представителей ребенка;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) копия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>свидетельства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о рождении ребенка;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>справка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о состоянии здоровья (форма 026/у-3);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>4) фотографии размером 3х4 см – в количестве 2 штук.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Прием документов, указанных в настоящем пункте, от родителей или иных законных представителей детей, поступающих в первый класс организаций образования, реализующих общеобразовательные учебные программы начального образования, производится с 1 июня по 30 августа текущего календарного года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. При приеме детей в первый класс организаций образования, реализующих общеобразовательные учебные программы начального образования, кроме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>специализированных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций образования, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>гимназий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>лицеев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>, экзамены, тестирование, зачеты, конкурсы не проводятся.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Для детей, не посещавших дошкольные учреждения или не прошедших предшкольную подготовку, организациями образования организуются подготовительные курсы до начала учебного года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>12. Прием обучающихся во вторые, третьи, четвертые, пятые, шестые, седьмые, восьмые, девятые классы организаций образования, реализующих общеобразовательные учебные программы начального и основного среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Прием обучающихся в десятые, одиннадцатые классы организаций образования, реализующих общеобразовательные учебные программы общего среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования, и на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>документа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Прием заявлений начинается после вручения документа государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>14. Прием обучающихся в десятые, одиннадцатые классы гимназий, лицеев осуществляется в соответствии с уставом гимназии, лицея на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия документа государственного образца об основном среднем образовании без учета территории обслуживания данных видов организаций образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. Гимназии и лицеи формируют общеобразовательные классы для обеспечения получения обязательного объема знаний, определенных государственными общеобязательными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>стандартами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования Республики Казахстан, с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>16. Прием на обучение в специализированные организации образования производится на конкурсной основе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>17. Специализированными организациями образования устанавливаются дополнительные конкурсные туры приема на обучение. Содержание и форма проведения отбора обучающихся, порядок зачисления, перевода и выпуска обучающихся осуществляются в соответствии с уставом данной организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
-      8. Баланың немесе білім алушының ата-аналары немесе өзге де заңды өкілдері оқу үшін кез келген білім беру ұйымын таңдауға құқығы бар.</w:t>
-[...76 lines deleted...]
-      Бірінші сыныпқа балаларды қабылдау үшін мынадай құжаттар қажет:</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...282 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Consolas"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" ШЖҚ РМК
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1765,31 +2168,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>