--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,2624 +1,3549 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...7 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w:rsidR="00223874" w:rsidRDefault="00506FF8">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="28003c0" w14:textId="28003c0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w15:collapsed w:val="false"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+      <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name=""/>
+            <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print"/>
+                    <a:blip r:embed="rId3"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1508 lines deleted...]
-    </w:p>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>О внесении изменений и дополнения в приказ Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179 "Об утверждении стандартов государственных услуг в сфере среднего образования, оказываемых местными исполнительными органами"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 25 января 2018 года № 28. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 апреля 2018 года № 16749.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179 "Об утверждении стандартов государственных услуг в сфере среднего образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 11057, опубликован в информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет" 22 мая 2015 года) следующие изменения и дополнение:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>стандарте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги "Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования", утвержденном указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункт 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "6. Результат оказания государственной услуги: выдача расписки о приеме документов и издание приказа о зачислении в организацию среднего образования (начального, основного среднего, общего среднего) на начало учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги: электронная или бумажная. При обращении к услугодателю за результатом оказания государственной услуги на бумажном носителе результат оформляется на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал в "личный кабинет" услугополучателя приходит уведомление о зачислении в организацию образования в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункты 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) услугодателя: с понедельника по пятницу включительно, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При обращении услугополучателя после окончания рабочего времени в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя (либо его законного представителя):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      к услугодателю:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) заявление согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) документ удостоверяющий личность (требуется для идентификации), копия свидетельства о рождении (если ребенок родился до 2008 года);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) справка о состоянии здоровья (форма № 063/у, утвержденная </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 6697) и форма № 026/у-3, утвержденная </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 2423));</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) фотографии ребенка размером 3х4 сантиметров в количестве 2 штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Для приема на обучение в организации образования детей с особыми образовательными потребностями дополнительно представляется заключение педагого-медико-психологической комиссии при согласии законных представителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатели-иностранцы и лица без гражданства также представляют один из следующих документов, определяющих их статус, с отметкой о регистрации по месту проживания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) иностранец – вид на жительство иностранца в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) лицо без гражданства – удостоверение лица без гражданства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) беженец – удостоверение беженца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) лицо, ищущее убежище – свидетельство лица, ищущего убежище;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) оралман – удостоверение оралмана.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При сдаче документов для оказания государственной услуги услугополучателю выдается расписка о получении документов у услугополучателя по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      На портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) заявление одного из родителей (или иных законных представителей) услугополучателя в форме электронного документа, подписанного ЭЦП его представителя, с указанием фактического места жительства услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) электронная копия свидетельства о рождении (если ребенок родился до 2008 года);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) электронные копии документов о состоянии здоровья формы  № 063/у, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 6697), формы № 026/у-3, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 2423));</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) цифровая фотография ребенка размером 3х4 см в количестве 2 штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документе, удостоверяющего личность услугополучателя, свидетельство о рождении ребенка (если ребенок родился после 2008 года) адресная справка услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал услугополучателю в "личный кабинет" направляется уведомление-отчет о принятии запроса для оказания государственной услуги в форме электронного документа, удостоверенного ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      В случаях представления услугополучателем неполного пакета документов согласно перечню, предусмотренному настоящим пунктом стандарта государственной услуги, и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 9-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "9-1. В случае установления недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них услугодатель отказывает в оказании государственной услуги.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункт 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "15. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: edu.gov.kz, Единого контакт-центра: 1414, 8-800-080-7777";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>стандарте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги "Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования", утвержденном указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункт 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "11. В случае обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде на имя руководителя услугодателя, адрес которого размещен на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) интернет-ресурсах услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается с указанием фамилии, имени, отчества (при его наличии) услугополучателя, адреса, контактных телефонов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в журнале регистрации канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жалоба на действия (бездействия) работников Государственной корпорации направляется к руководителю Государственной корпорации по адресам и телефонам, указанным на интернет-ресурсе Государственной корпорации: www.gov4c.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя по вопросам оказания государственных услуг, поступившая в адрес услугодателя, Государственной корпорации, Министерства, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказания государственной услуги услугополучатель может обратиться в уполномоченный орган по оценке и контролю за качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственной услуги, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Информация о порядке обжалования предоставляется посредством Единого контакт-центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указываются его фамилия, имя, отчество (при его наличии), почтовый адрес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал услугополучатель имеет возможность получить информацию о порядке обжалования по телефону Единого контакт-центра 1414, 8-800-080-7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателя из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункт 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "14. Адреса мест оказания государственной услуги размещены на интернет-ресурсах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) Государственной корпорации: www.gov4c.kz.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункты 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "16. Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством справочных служб услугодателя, Единого контакт-центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z65" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      17. Контактные телефоны справочных служб размещены на интернет-ресурсе www.edu.gov.kz в разделе "Государственные услуги", Единого контакт-центра: 1414, 8-800-080-7777.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z66" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>стандарте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги "Выдача дубликатов документов об основном среднем, общем среднем образовании", утвержденном указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункт 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "6. Результатом оказания государственной услуги является выдача дубликата аттестата об основном среднем образовании, дубликата аттестата об общем среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Форма предоставления результата оказания государственной услуги: бумажная.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункт 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "11. В случае обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде на имя руководителя услугодателя, адрес которого размещен на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      1) интернет-ресурсе Министерства: www.edu.gov.kz в разделе "Государственные услуги";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) интернет-ресурсах услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается с указанием фамилии, имени, отчества (при его наличии) услугополучателя, адреса, контактных телефонов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в журнале регистрации канцелярии услугодателя с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жалоба на действия (бездействия) работника Государственной корпорации направляется руководителю Государственной корпорации по адресам и телефонам, указанным на интернет-ресурсе Государственной корпорации: www.gov4c.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя по вопросам оказания государственных услуг, поступившая в адрес услугодателя, Государственной корпорации, Министерства, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с результатами оказания государственной услуги услугополучатель может обратиться в уполномоченный орган по оценке и контролю за качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственной услуги, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      Информация о порядке обжалования предоставляется посредством Единого контакт-центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z81" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      В жалобе физического лица указываются его фамилия, имя, отчество (при его наличии), почтовый адрес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При обращении через портал услугополучатель имеет возможность получить информацию о порядке обжалования по телефону Единого контакт-центра 1414, 8-800-080-7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      При отправке жалобы через портал услугополучателя из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункт 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "14. Адреса мест оказания государственной услуги размещены на интернет-ресурсах: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z86" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) услугодателя: местных исполнительных органов города республиканского значения и столицы, района (города областного значения); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z87" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) Государственной корпорации: www.gov4c.kz.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункт 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исключить; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>пункты 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      "16. Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством справочных служб услугодателя, Единого контакт-центра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z91" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      17. Контактные телефоны справочных служб размещены на интернет-ресурсе www.edu.gov.kz в разделе "Государственные услуги". Единый контакт-центр: 1414, 8-800-080-7777.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z92" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту дошкольного и среднего образования Министерства образования и науки Республики Казахстан (Каринова Ш.Т.) в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z93" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z94" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      2) в течение десяти календарных дней со дня государственной регистрации настоящего приказа направление его копии в бумажном и электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Республиканский центр правовой информации" Министерства юстиции Республики Казахстан для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z95" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти календарных дней после государственной регистрации настоящего приказа направление его копии на официальное опубликование в периодические печатные издания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z96" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z97" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      5) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы и международного сотрудничества Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2), 3) и 4) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z98" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Аймаганбетова А.К.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z99" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6273"/>
-        <w:gridCol w:w="3389"/>
+        <w:gridCol w:w="7791"/>
+        <w:gridCol w:w="4209"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00223874">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7791" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00223874" w:rsidRDefault="00506FF8">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4209" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00223874" w:rsidRDefault="00506FF8">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Е. Сағадиев</w:t>
+              <w:t>Е. Сагадиев</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00223874" w:rsidRDefault="00506FF8">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6069"/>
+        <w:gridCol w:w="6231"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6069" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z101" w:id="85"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"СОГЛАСОВАНО"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр информации и коммуникаций</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________Д. Абаев</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6 февраля 2018 года</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="85"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6231" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"СОГЛАСОВАНО"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр национальной экономики</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________ Т. Сулейменов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Consolas"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16 марта 2018 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...117 lines deleted...]
-    <w:p w:rsidR="00223874" w:rsidRDefault="00506FF8">
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...16 lines deleted...]
-    <w:sectPr w:rsidR="00223874" w:rsidSect="00223874">
+          <w:rFonts w:ascii="Consolas"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+					© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...73 lines deleted...]
-</w:settings>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...5 lines deleted...]
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
     <w:name w:val="Normal"/>
+    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="10"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="20"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="30"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="40"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="true">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="true">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="true">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="true">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="true">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="true">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="8" w:space="4"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="true">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...179 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ad">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Consolas" w:cs="Consolas"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+  <w:style w:type="paragraph" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
-    <w:basedOn w:val="a"/>
-    <w:rsid w:val="00223874"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+  <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="00223874"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00506FF8"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...287 lines deleted...]
-</a:theme>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...4 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>