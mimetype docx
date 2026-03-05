--- v0 (2025-12-13)
+++ v1 (2026-03-05)
@@ -1,1279 +1,1196 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="005D1F0C" w:rsidRDefault="005D1F0C">
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="00C8087A">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00C8087A" w:rsidRPr="009359CD" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009359CD">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О внесении изменения в постановление Правительства Республики Казахстан от 19 января 2012 года № 127 "Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009359CD">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...65 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z25"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>среднего и общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Постановление Правительства Республики Казахстан от 10 мая 2018 года № 254.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Правительство Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z5"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">       көрсе</w:t>
-[...34 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="z3"/>
+        <w:t xml:space="preserve">       1. Внести в постановление Правительства Республики Казахстан от 19 января 2012</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № 127 "Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования" (САПП Республики Казахстан, 2012 г., № 27-28, ст. 375) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>следующее изменение:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="00C8087A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, утвержденные указанным постановлением, изложить в ново</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>й редакции согласно приложению к настоящему постановлению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z8"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">       3. Осы қаулыға қосымшаға сәйкес редакцияда жазылған Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын </w:t>
-[...33 lines deleted...]
-        <w:t>мтамасыз етеді." деген редакцияда қолданылады деп белгіленіп, осы бөліктің қолданысы 2019 жылғы 1 қаңтарға дейін тоқтатыла тұрсын.</w:t>
+        <w:t xml:space="preserve">       3. Приостановить до 1 января 2019 года действие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>части первой пункта 10 Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, изложенных в редакции согласно приложению к настоящему постан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>овлению, установив, что в период приостановления данная часть действует в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z9"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      "10. Организации образования, реализующие общеобразовательные учебные программы начального образования, обеспечивают прием в первый класс всех детей семи ле</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>т и детей, которым исполняется шесть лет в текущем календарном году, с обеспечением доступа всех детей, проживающих на территории обслуживания организации образования, независимо от уровня подготовки.".</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6003"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="292"/>
+        <w:gridCol w:w="5908"/>
+        <w:gridCol w:w="3455"/>
+        <w:gridCol w:w="299"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D1F0C">
-[...38 lines deleted...]
-      <w:tr w:rsidR="005D1F0C">
+      <w:tr w:rsidR="00C8087A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="406" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Премьер-Министрі </w:t>
+              <w:t>      Премьер-Министр</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
+          <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Б. Сағынтаев</w:t>
+              <w:t>Б. Сагинт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D1F0C">
+      <w:tr w:rsidR="00C8087A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
+          <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
+          <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> Республикасы</w:t>
+              <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Үкіметінің</w:t>
+              <w:t>к постановлению Правительства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 жылғы 10 </w:t>
-[...6 lines deleted...]
-              <w:t>мамырдағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 254 қаулысына</w:t>
-[...9 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>от 10 мая 2018 года № 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...25 lines deleted...]
-      <w:tr w:rsidR="005D1F0C">
+      <w:tr w:rsidR="00C8087A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7793" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
+          <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4613" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
+          <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> Республикасы</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Үкіметінің</w:t>
+              <w:t>постановлением Правительства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2012 жылғы 19 қаңтардағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 127 қаулысымен</w:t>
-[...9 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>от 19 января 2012 года № 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="z6"/>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z13"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгі қағидалары</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">рамастан, бастауыш, негізгі орта, жалпы орта білімнің жалпы білім </w:t>
+        <w:t xml:space="preserve"> Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z14"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z15"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Настоящие Типовые правила приема на обучение в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, (далее – Правила) разработаны в соответствии с Законом Республики Казахстан от 27 июля 2007 года "Об образовании" (далее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Закон) и определяют порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, (далее – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына (бұдан әрі – білім беру ұйымдары) оқуға қабылдау тәртібін айқындайды.</w:t>
-[...48 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="z10"/>
+        <w:t>организации образования) независимо от форм их собственност</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и и ведомственной подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z16"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      4. Сыныптарды білім алушылардың даярлық деңгейі және даму дәрежесі бойынша жасақтауға рұқсат етілмейді. Бұл ретте сыныптағы шекті сыйымдылық 25 білім алушыдан аспайды.</w:t>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="z11"/>
+        <w:t>      2. Организации образования осуществляют прием на обучение в соответствии с Конституцией Республики Казахстан, Законом, настоящими Правилами, иными нормативными правовыми актами, а также разработанными на их основе уст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>авами организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z17"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      5. Білім беру ұйымдарына білім алу</w:t>
-[...13 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="z12"/>
+        <w:t xml:space="preserve">       3. Зачисление в число обучающихся производится на основании приказа руководителя организации образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z18"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      6</w:t>
-[...27 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="z13"/>
+        <w:t>      4. Не допускается комплектование классов по уровню подготовки и степени развития обучающихся. При этом пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>едельная наполняемость в классе составляет не более 25 обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z19"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      7. Ерекше білім беруге қажеттілігі бар балаларды білім беру ұйымдарына оқуға қабылдау баланың ата-анасының немесе өзге заңды өкілдерінің келіс</w:t>
-[...13 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="z14"/>
+        <w:t xml:space="preserve">      5. При приеме обучающихся в организации образования руководители организаций образования заключают с родителями или иными законными представителями детей или обучающихся договора на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>оказание образовательных услуг в соответствии с типовым договором оказания образовательных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z20"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      8. Баланың немесе білім алушының ата-аналары немесе өзге де заңды өкілдері оқу үшін кез келген білім беру ұйымын таңдауға құқығы бар.</w:t>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="z15"/>
+        <w:t>      6. Обучающимся и родителям или иным законным представителям обучающихся предоставляется возможность ознакомления с настоящими Правилами, уставом организ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ации образования, лицензией на право ведения образовательной деятельности, правилами приема в организации образования, утверждаемыми местными исполнительными органами, и другими документами, регламентирующими деятельность организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z21"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>      9. Б</w:t>
-[...13 lines deleted...]
-      <w:bookmarkStart w:id="15" w:name="z16"/>
+        <w:t>      7. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Прием на обучение в организации образования детей с особыми образовательными потребностями осуществляется с учетом заключения педагого-медико-психологической консультации при согласии родителей или иных законных представителей ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z22"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      8. Родители ил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и иные законные представители ребенка или обучающегося имеют право выбора любой организации образования для обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z23"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. В случае отказа в приеме на обучение в организацию образования, родители или иные законные представители обучающегося обращаются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>по месту жительства в местные органы управления образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z24"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-бөлім. Бастауыш, негізгі орта және жалпы орта білімнің жалпы білі</w:t>
-[...175 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Глава 2. Порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z25"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      10. Организаци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и образования, реализующие общеобразовательные учебные программы начального образования, обеспечивают прием в первый класс всех детей, которым исполняется шесть лет в текущем календарном году, с обеспечением доступа всех детей, проживающих на территории об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>служивания организации образования, независимо от уровня подготовки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z26"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Для приема детей в первый класс необходимы следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z27"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      1) заявление от родителей или иных законных представителей ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z28"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) копия свидетельства о рождении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z29"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      3) справка о состоянии здоровья (форма 026/у-3);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z30"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      4) фотографии размером 3х4 см – в количестве 2 штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z31"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Прием документов, указанных в настоящем пункте, от родителей или иных законных представителей детей, поступающих в первый класс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций образования, реализующих общеобразовательные учебные программы начального образования, производится с 1 июня по 30 августа текущего календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z32"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      11. При приеме детей в первый класс организаций образования, реализующих общеобразоват</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ельные учебные программы начального образования, кроме специализированных организаций образования, гимназий и лицеев, экзамены, тестирование, зачеты, конкурсы не проводятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z33"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Для детей, не посещавших дошкольные учреждения или не прошедших предшкольную</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовку, организациями образования организуются подготовительные курсы до начала учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z34"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>алтыншы, жетінші, сегізінші, тоғызыншы сыныптарына қабылдау білім беру ұйымының қызмет көрсету аумағында тұратын білім а</w:t>
-[...146 lines deleted...]
-    <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
+        <w:t>      12. Прием обучающихся во вторые, третьи, четвертые, пятые, шестые, седьмые, восьмые, девятые классы организаций образования, реализующих общеобразоват</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ельные учебные программы начального и основного среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z35"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13. Прием обучающихся в десятые, одиннадцатые классы организаций </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образования, реализующих общеобразовательные учебные программы общего среднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования, и на основании личного заявления обучающихся либо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявления их родителей или иных законных представителей и наличия документа государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z36"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      Прием заявлений начинается после вручения документа государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z37"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Прием обучающихся в десятые, одиннадцатые классы гимназий, лицеев осуществляется в соответствии с уставом гимназии, лицея на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия документа госуд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>арственного образца об основном среднем образовании без учета территории обслуживания данных видов организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z38"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       15. Гимназии и лицеи формируют общеобразовательные классы для обеспечения получения обязательного объема знаний, определенных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственными общеобязательными стандартами образования Республики Казахстан, с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z39"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16. Прием на обучение в специализированные организации образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>производится на конкурсной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z40"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>      17. Специализированными организациями образования устанавливаются дополнительные конкурсные туры приема на обучение. Содержание и форма проведения отбора обучающихся, порядок зачисления, перевода и выпуска обучающих</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ся осуществляются в соответствии с уставом данной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D1F0C" w:rsidRDefault="00FC6D80">
+    <w:p w:rsidR="00C8087A" w:rsidRDefault="009359CD">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>© 2012. Қазақс</w:t>
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="005D1F0C">
+        <w:t>© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C8087A">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005D1F0C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FC6D80"/>
+    <w:rsidRoot w:val="00C8087A"/>
+    <w:rsid w:val="009359CD"/>
+    <w:rsid w:val="00C8087A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{88839B37-3AB2-43D9-9883-171492965A56}"/>
+  <w15:docId w15:val="{D624017C-7366-4817-872C-31415F186E30}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2181,49 +2098,49 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1253</Words>
-  <Characters>7146</Characters>
+  <Words>1276</Words>
+  <Characters>7278</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>60</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8383</CharactersWithSpaces>
+  <CharactersWithSpaces>8537</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>