--- v0 (2025-12-12)
+++ v1 (2026-03-06)
@@ -1,19343 +1,19751 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00175F20" w:rsidRDefault="00175F20">
+    <w:p w:rsidR="00100834" w:rsidRDefault="00100834" w:rsidP="00100834">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...335 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:pStyle w:val="j11"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саласында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>органдармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметтер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандарттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ғылым министрінің 2015 жылғы 8 сәуірдегі № 179 бұйрығына өзгерістер мен толықтыру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>енгізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00175F20" w:rsidRPr="00F178C8" w:rsidRDefault="00F178C8">
+    <w:p w:rsidR="00100834" w:rsidRDefault="00100834" w:rsidP="00100834">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:pStyle w:val="j11"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:rStyle w:val="s1"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 25 қаңтардағы № 28 бұйрығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00100834" w:rsidRDefault="00100834" w:rsidP="00100834">
+      <w:pPr>
+        <w:pStyle w:val="j11"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="E8E9EB"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00100834" w:rsidRPr="00100834" w:rsidRDefault="00100834" w:rsidP="00100834">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="397"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="2A2A2A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:color w:val="2A2A2A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 25 қаңтардағы № 28 бұйрығы. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:color w:val="2A2A2A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының Әділет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:color w:val="2A2A2A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>министрлігінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:color w:val="2A2A2A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018 жылғы 12 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:color w:val="2A2A2A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:color w:val="2A2A2A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әуірде № 16749 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:color w:val="2A2A2A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:color w:val="2A2A2A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:color w:val="2A2A2A"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тіркелді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00175F20" w:rsidRPr="00F178C8" w:rsidRDefault="00F178C8">
+    <w:p w:rsidR="00100834" w:rsidRPr="00100834" w:rsidRDefault="00100834" w:rsidP="00100834">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="397"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00100834" w:rsidRDefault="00100834" w:rsidP="00100834">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="397"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="s0"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00100834" w:rsidRDefault="00100834" w:rsidP="00100834">
+      <w:pPr>
+        <w:pStyle w:val="j12"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="397"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. «Орта білім беру саласында жергілікті атқарушы органдармен ъмемлекеттік көрсетілетін қызметтер стандарттарын бекіту турал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00100834" w:rsidRPr="00100834" w:rsidRDefault="00100834" w:rsidP="00100834">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00F178C8">
-[...5 lines deleted...]
-        <w:t>официальном</w:t>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00F178C8">
-[...3 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ҰЙЫРАМЫН:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. "Орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>саласында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F178C8">
-[...39 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>органдармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ъмемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметтер </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стандарттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00F178C8">
-[...5 lines deleted...]
-        <w:t>вице-министра</w:t>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00F178C8">
-[...33 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="z8"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ғылым министрінің 2015 жылғы 8 сәуірдегі № 179 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бұйрығына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізілімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11057 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2015 жылғы 22 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мамырда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өзгерістер мен толықтыру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізілсін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілген бұйрықпен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берудің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағдарламалары </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін ведомстволық бағыныстылығына қарамастан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>стандартында</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z4"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z29" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>6-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z5"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"6. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетудің нәтижесі: құжаттардың қабылданғаны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолхат және жаңа оқу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымына (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта) қабылдау </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрық.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z6"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетудің нәтижесін ұсыну </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағаз тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="z7"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету нәтижесін қағаз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткізгіште</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүгінген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тижес</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і қағаз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткізгіште</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресімделеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z8"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> его первого официального опубликования.</w:t>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Портал арқылы жүгінген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті алушының "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кабинетіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" көрсетілетін қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасы (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і – ЭЦҚ) қойылған электрондық құжат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысанында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымына қабылданғаны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хабарлама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z9"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z34" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z40" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>9-тармақтар</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z10"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"8. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кестесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="z11"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Қазақстан Республикасының еңбек заңнамасына сәйкес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мереке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күндерін қоспағанда, дүйсенбі мен жұманы қоса алғанда, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кестесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сағат 13.00-ден 14.30-ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскі үзіліспен сағат 9.00</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-ден 18.30-ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="z12"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтініштерді қабылдау және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетудің нәтижесін беру сағат 13.00-ден 14.30-ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскі үзіліспен сағат 9.00-ден 17.30-ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылусыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеделдеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетусіз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртібінде көрсетіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="z13"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) портал: жөндеу жұмыстарының жүргізілуіне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> техникалық үзілістерді қоспағанда тәулік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерекелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">үндері жүгінген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетуге өтініштерді қабылдау және нәтижелерді беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс күнімен жүзеге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="z14"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілі) жүгінген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсету үшін қажетті құжаттардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізбесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="z15"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) осы стандартқа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z77" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>1-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> сәйкес өтініш;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z16"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) 2008 жылға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туылған жағдайда, көрсетілетін қызметті алушының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәлігінің көшірмесі (көрсетілетін қызметті алушының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжат (тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұсқа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкестендіру үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="z17"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) денсаулық жағдайы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтама ("Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Денсаулық сақтау министрінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушының 2010 жылғы 23 қарашадағы № 907 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бұйрығымен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бекітілген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 063/у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 6697 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) және "Бала денсаулығы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>паспорты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" 026/у-3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толтыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және жүргізу жөніндегі Нұсқаулықты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" Қазақстан Республикасының Денсаулық сақтау министрінің м.а. 2003 жылғы 24 маусымдағы № 469 бұйрығымен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 026/у-3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нормативт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізілімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 2423 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>));</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="z18"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) баланың 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>данада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3х4 сантиметр өлшеміндегі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>фотосурет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілуіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қажеттілігі бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымдарына оқуға қабылдау үшін заңды өкілдерінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келісімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болған жағдайда педагогикалы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">медициналық-психологиялық комиссияның қорытындысы қосымша </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шетелдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және азаматтығы жоқ көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өздерінің мәртебесін айқындайтын, тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғылықты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелгені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсынады:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z19"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шетелдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – шетелдіктің Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> тұруға ықтиярхаты;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z20"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) азаматтығы жоқ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – азаматтығы жоқ адамның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> куәлігі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="z21"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) босқын – босқын куәлігі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="21" w:name="z22"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) пана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іздеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – пана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іздеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адамның куәлігі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="z23"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оралман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оралман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәлігі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетуге құжаттарды тапсырған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті алушыға осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стандартына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-қосымшаға сәйкес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушыдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттардың қабылданғаны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолхат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Порталға жүгінген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="z24"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті алушының нақты тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ғылықты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген, оның өкілінің ЭЦҚ қойылған көрсетілетін қызметті алушының ата-анасының (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның заңды өкілдерінің) бірінің электрондық құжат нысанындағы өтініші; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="z25"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәліктің электрондық көшірмесі (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала 2008 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туылса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z26"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) денсаулық жағдайы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықтамаларының ("Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Денсаулық сақтау министрінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушының 2010 жылғы 23 қарашадағы № 907 бұйрығымен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="z27"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 063/у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 6697 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізілімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 6697 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) және "Бала денсаулығы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>паспорты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" 026/у-3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толтыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және жүргізу жөніндегі Нұсқаулықты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының Денсаулық сақтау министрін</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>індетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушының 2003 жылғы 24 маусымдағы № 469 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>бұйрығымен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 026/у-3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізілімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 2423 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)) электрондық көшірмесі;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="27" w:name="z29"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) баланың 3х4 сантиметр өлшеміндегі цифрлық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>фотосуреті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="z30"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті алушының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжат, баланың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәлігі (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала 2008 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туылса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәліметтерді "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үкімет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шлюзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараттық жүйелерден </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушының порталы арқылы жүгінген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кабинетіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" ЭЦ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен расталған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысанында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсету үшін сұратудың қабылданғаны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хабарлама-есеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жолданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стандартында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарастырылған </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізбеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес құжаттар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>топтамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> толық ұсынбаған және (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) қолдану </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткен құжаттарды ұсынған жағдайда көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтінішті қабылдаудан бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тартады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z31"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мазмұндағы 9-1-тармақпен толықтырылсын: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="z32"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"9-1. Көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін ұсынған құжаттардың және (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) олардағы деректердің (мәліметтердің) дұрыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еместігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> анықталған жағдайда көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсетуден бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тартады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="z33"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z98" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>15-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="z34"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"15. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету мәселелері жөніндегі көрсетілетін қызметті берушінің анықтамалық қызметінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министрліктің интернет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>www.edu.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орналастырылған, Бірыңғай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орталығы 8 800 080 7777,1414.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="z35"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілген бұйрықпен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымдарында экстернат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысанында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқытуға рұқсат беру" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z80" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>стандартында</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="z36"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z93" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>11-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z37"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"11. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметтер көрсету мәселелері </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті берушінің және (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлғаларының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шешімдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, әрекеттеріне (әрекетсіздігіне) шағымданған жағдайда шағым көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшысының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, олардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z38"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Министрліктің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>www.edu.gov</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-ресурсының "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтер" бөлімінде;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z39"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернат-ресурстарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орналасқан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z40"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, әкесінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар болған жағдайда) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>телефондарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсете </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, шағым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z41"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шағымды қабылдаған тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және аты-жөнін, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шағымға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жауаптың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орнын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсете </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушінің кеңсесінде оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (мөртабан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нөмірі және күні) шағымның қабылдануын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>растау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z42"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорация қызметкерінің әрекетіне (әрекетсіздігіне) шағым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорацияның www.gov4c.kz. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>телефондар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорацияның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басшысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z43"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету мәселелері жөніндегі көрсетілетін қызметті берушінің, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорацияның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күнінен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бес жұмыс күні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаралуға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z44"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету нәтижелерімен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келіспеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайда, көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағалау және бақылау жөніндегі органға жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z45"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағалау және бақылау жөніндегі органның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күнінен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он бес жұмыс күні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаралуға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z46"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шағымдану тәртібі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ірыңғай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орталығы арқылы ұсынылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z47"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлғаның шағымында оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, әкесінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар болға жағдайда), поштасының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="z48"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> портал арқылы өтініш жасаған жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ірыңғай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орталығының 1414 телефоны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шағымдану тәртібі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпарат ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z49"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кабинеттен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> портал арқылы шағымды жолдаған жағдайда көрсетілетін қызметті алушының шағымды өңдеу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жаңартылғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараты (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындалуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қарау </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараудан бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгілер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) қолжетімді.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="z50"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z97" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>14-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="z51"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету орындарының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="50" w:name="z52"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті берушінің;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="51" w:name="z53"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорацияның www.gov4с.kz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орналастырылған.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="z54"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z99" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>16</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z100" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>17-тармақтар</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="53" w:name="z55"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"16. Көрсетілетін қызметті алушының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету мәртебесі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратты қашықтықтан қол </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>режимінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті алушының анықтамалық қызметі, Бірыңғай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орталығы арқылы алуға мүмкіндігі бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="54" w:name="z56"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Анықтама қызметтерінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министрліктің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>www.edu.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-ресурсының "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет" бөлімінде орналастырылған. Бірыңғай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орталығы: 8-800-080-7777, 1414.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="55" w:name="z57"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілген бұйрықпен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттардың телнұсқаларын беру" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызмет </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z142" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>стандартында</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="56" w:name="z58"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z110" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>6-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="z59"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"6. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету нәтижесі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аттестаттың телнұсқасын, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аттестаттың телнұсқасын беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="z60"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету нәтижесін ұсыну </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: қағаз тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інде.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="59" w:name="z61"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z116" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>11-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="60" w:name="z62"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"11. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметтер көрсету мәселелері </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті берушінің және (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">тұлғаларының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шешімдеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, әрекеттеріне (әрекетсіздігіне) шағымданған жағдайда шағым көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшысының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазбаша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрде </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, олардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="61" w:name="z63"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Министрліктің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>www.edu.gov</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-ресурсының "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтер" бөлімінде;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="62" w:name="z64"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернат-ресурстарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орналасқан.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, әкесінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар болған жағдайда) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>телефондарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсете </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, шағым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Шағымды қабылдаған тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және аты-жөнін, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шағымға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жауаптың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орнын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсете </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, көрсетілетін қызметті берушінің кеңсесінде оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (мөртабан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нөмірі және күні) шағымның қабылдануын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>растау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорация қызметкерінің әрекетіне (әрекетсіздігіне) шағым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорацияның www.gov4c.kz. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>телефондар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорацияның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басшысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету мәселелері жөніндегі көрсетілетін қызметті берушінің, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорацияның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күнінен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бес жұмыс күні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаралуға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету нәтижелерімен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келіспеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайда, көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағалау және бақылау жөніндегі органға жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағалау және бақылау жөніндегі органның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күнінен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он бес жұмыс күні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаралуға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Шағымдану тәртібі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ірыңғай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орталығы арқылы ұсынылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұлғаның шағымында оның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, әкесінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар болға жағдайда), поштасының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетіледі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="z65"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> портал арқылы өтініш жасаған жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ірыңғай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орталығының 1414, 8-800-080-7777 телефоны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шағымдану тәртібі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпарат ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="64" w:name="z66"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кабинеттен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> портал арқылы шағымды жолдаған жағдайда көрсетілетін қызметті алушының шағымды өңдеу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жаңартылғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараты (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындалуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қарау </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараудан бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгілер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) қолжетімді.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="z67"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z120" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>14-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="z68"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметтер көрсету орындарының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекен-жайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурстарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орналастырылған:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="67" w:name="z69"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) қызмет көрсетуші: республикалық маңызы бар қаланың және астананың, ауданның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атқарушы органы (облыстық маңызы бар қала);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="68" w:name="z70"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорация: www.gov4c.kz.";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="69" w:name="z71"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z121" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>15-тармақ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тасталсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="70" w:name="z72"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z122" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>16</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z123" w:history="1">
+        <w:r w:rsidRPr="00100834">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="23"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>17-тармақтар</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>редакцияда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазылсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="71" w:name="z73"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"16.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Көрсетілетін қызметті алушының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет көрсету мәртебесі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратты қашықтықтан қол </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>режимінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті алушының анықтамалық қызметі, Бірыңғай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орталығы арқылы алуға мүмкіндігі бар.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="72" w:name="z74"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Анықтама қызметтерінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министрліктің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>www.edu.gov.kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-ресурсының "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызмет" бөлімінде орналастырылған. Бірыңғай </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орталығы: 8-800-080-7777, 1414.".</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="73" w:name="z75"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ғылым министрлігінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>департаменті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Ш.Т. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Каринова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) заңнамада </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртіппен:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="74" w:name="z76"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) осы бұйрықтың Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әділет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>министрлігінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="75" w:name="z77"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) осы бұйрықты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күннен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күнтізбелік он күн </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның көшірмесін қағаз және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түрде қазақ және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілдерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жариялау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық актілерінің эталондық бақылау </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>банкіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсіпорнына </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жіберілуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="76" w:name="z78"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) осы бұйрықты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күннен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күнтізбелік он күн </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оның көшірмесін кезеңдік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баспа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басылымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жариялауға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жолдауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="77" w:name="z79"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) осы бұйрықты Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ғылым министрлігінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналастыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="78" w:name="z80"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) осы бұйрықты Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әділет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>министрлігінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркеуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткеннен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он жұмыс күні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ғылым министрлігінің Заң қызметі және халықаралық ынтымақтастық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>департаментіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы баптың 1), 2), 3) және 4) тармақшаларында көзделген іс-шаралардың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындалуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәліметтерді ұсынуды қамтамасыз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етсін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="79" w:name="z81"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Осы бұйрықтың </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындалуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бақылау Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ғылым </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вице-министрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Қ. Айтмағамбетовке жүктелсін.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="80" w:name="z82"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Осы бұйрық алғашқы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жарияланған күнінен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="15476" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6201"/>
-        <w:gridCol w:w="3461"/>
+        <w:gridCol w:w="10066"/>
+        <w:gridCol w:w="5410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00175F20" w:rsidRPr="00F178C8">
-[...5 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00100834" w:rsidRPr="00100834" w:rsidTr="00100834">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7791" w:type="dxa"/>
+            <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="52" w:type="dxa"/>
+              <w:left w:w="87" w:type="dxa"/>
+              <w:bottom w:w="52" w:type="dxa"/>
+              <w:right w:w="87" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="8"/>
-          <w:p w:rsidR="00175F20" w:rsidRPr="00F178C8" w:rsidRDefault="00F178C8">
+          <w:p w:rsidR="00100834" w:rsidRPr="00100834" w:rsidRDefault="00100834" w:rsidP="00100834">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00100834">
               <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>     </w:t>
+              <w:t>      Қазақстан Республикасыны</w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-              <w:spacing w:after="0"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00100834">
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>ң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00100834">
               <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00F178C8">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00100834">
               <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>Б</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00100834">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ілім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00100834">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және ғылым </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00100834">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>министрі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4209" w:type="dxa"/>
+            <w:tcW w:w="3225" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="52" w:type="dxa"/>
+              <w:left w:w="87" w:type="dxa"/>
+              <w:bottom w:w="52" w:type="dxa"/>
+              <w:right w:w="87" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00175F20" w:rsidRDefault="00F178C8">
+          <w:p w:rsidR="00100834" w:rsidRPr="00100834" w:rsidRDefault="00100834" w:rsidP="00100834">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-            <w:r>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:i/>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...465 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F178C8">
+            <w:r w:rsidRPr="00100834">
               <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
-[...41 lines deleted...]
-              <w:t>от 8 апреля 2015 года № 179</w:t>
+              <w:t>Е. Сағадиев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00175F20" w:rsidRPr="00F178C8" w:rsidRDefault="00F178C8">
-[...18 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    <w:p w:rsidR="00EE1BDE" w:rsidRDefault="00100834">
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00F178C8">
-[...9 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "КЕЛІСІЛГЕН"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00F178C8">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">независимо от ведомственной подчиненности, для </w:t>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасыны</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00F178C8">
-[...5 lines deleted...]
-        <w:t>обучения по</w:t>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      А</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00F178C8">
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қпарат және коммуникация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>министрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00F178C8">
-[...17 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      __________________ Д. Абаев</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00F178C8">
-[...5 lines deleted...]
-        <w:t>общего среднего образования"</w:t>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2018 жылғы 6 ақпан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "КЕЛІСІЛГЕН"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ұлттық экономика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>министрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ____________ Т. Сүлейменов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2018 жылғы 16 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>наурыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00100834">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00175F20" w:rsidRPr="00F178C8" w:rsidRDefault="00F178C8">
-[...17519 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="00EE1BDE" w:rsidSect="00EE1BDE">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-    <w:panose1 w:val="020B0609020204030204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="86"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00175F20"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F178C8"/>
+    <w:rsidRoot w:val="00100834"/>
+    <w:rsid w:val="00100834"/>
+    <w:rsid w:val="00413C7B"/>
+    <w:rsid w:val="00B46474"/>
+    <w:rsid w:val="00EE1BDE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...358 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -19444,87 +19852,236 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00EE1BDE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00100834"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00100834"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00100834"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00100834"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j11">
+    <w:name w:val="j11"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00100834"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00100834"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j12">
+    <w:name w:val="j12"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00100834"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00100834"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="433672092">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="889800073">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1409765413">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V030002423_" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19558,86 +20115,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -19772,50 +20327,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>40713</Characters>
+  <Pages>6</Pages>
+  <Words>2742</Words>
+  <Characters>15630</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>339</Lines>
-  <Paragraphs>95</Paragraphs>
+  <Lines>130</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>47760</CharactersWithSpaces>
+  <CharactersWithSpaces>18336</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>