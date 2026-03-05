--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,4613 +1,6762 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00485850" w:rsidRDefault="00021B4E">
+    <w:p w:rsidR="003E46E6" w:rsidRDefault="005D5080">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="876300" cy="314325"/>
+            <wp:extent cx="781050" cy="247650"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="876300" cy="314325"/>
+                      <a:ext cx="781050" cy="247650"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00367F67" w:rsidRPr="00367F67" w:rsidRDefault="00367F67">
+    <w:p w:rsidR="00281A2C" w:rsidRPr="00A87ABE" w:rsidRDefault="00281A2C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E" w:rsidP="00367F67">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080" w:rsidP="00A87ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00367F67">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00A77AF3">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении стандартов государственных услуг в сфере среднего образования, оказываемых местными исполнительными органами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5080" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5080">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00021B4E">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5080" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Зарегистрирован в Министерстве юстиции Республики Казахстан 15 мая 2015 года № 11057.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z1"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z2"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Утвердить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z3"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00367F67">
-[...90 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) стандарт государственной услуги "Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования" согласно приложения 1 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z4"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00367F67">
-[...50 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) стандарт государственной услуги "Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования" согласно приложения 2 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="z5"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00367F67">
-[...31 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) стандарт государственной услуги "Выдача дубликатов документов об основном среднем, общем среднем образовании" согласно приложения 3 к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="z6"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00367F67">
-[...13 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Департаменту дошкольного и среднего образования, информационных технологий (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жонтаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ж.) обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) в установленном порядке государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) после прохождения государственной регистрации в Министерстве юстиции Республики Казахстан официальное опубликование настоящего приказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) размещение настоящего приказа на официальном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="z7"/>
-      <w:bookmarkEnd w:id="6"/>
-[...32 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Имангалиева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="z8"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="00367F67">
-[...80 lines deleted...]
-        <w:t>      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Настоящий приказ вводится в действие со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6694"/>
-        <w:gridCol w:w="3668"/>
+        <w:gridCol w:w="6683"/>
+        <w:gridCol w:w="3679"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00485850" w:rsidRPr="00367F67">
+      <w:tr w:rsidR="003E46E6" w:rsidRPr="00A87ABE">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4209" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E46E6" w:rsidRPr="00281A2C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7791" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="11"/>
-          <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+          <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00367F67">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>      Министр</w:t>
+              <w:t>Министр образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidR="00281A2C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4209" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+          <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00367F67">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>А. Сәрінжіпов</w:t>
+              <w:t xml:space="preserve">А. </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Саринжипов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
-[...169 lines deleted...]
-    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00485850">
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "СОГЛАСОВАН"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Министра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>национальной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>экономики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ___________________ Е. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Досаев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "____" ______________ 2015 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "СОГЛАСОВАН"   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Министр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>инвестициям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>развитию</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Республики</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Казахстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ___________ А. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Исекешев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "____" ______________ 2015 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00281A2C" w:rsidRPr="00281A2C" w:rsidRDefault="00281A2C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6376"/>
-        <w:gridCol w:w="3986"/>
+        <w:gridCol w:w="6389"/>
+        <w:gridCol w:w="3973"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00485850" w:rsidRPr="00367F67">
+      <w:tr w:rsidR="003E46E6" w:rsidRPr="00A87ABE" w:rsidTr="00281A2C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
+            <w:tcW w:w="6418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+          <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00367F67">
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
+            <w:tcW w:w="3986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+          <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00367F67">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00367F67">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00367F67">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>к приказу Министра образования</w:t>
             </w:r>
-            <w:r w:rsidRPr="00367F67">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00367F67">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2015 жылғы 8 сәуірдегі</w:t>
+              <w:t>и науки Республики Казахстан</w:t>
             </w:r>
-            <w:r w:rsidRPr="00367F67">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00367F67">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>№ 179 бұйрығына</w:t>
-[...14 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>от 8 апреля 2015 года № 179</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00367F67" w:rsidRPr="00367F67" w:rsidRDefault="00367F67" w:rsidP="00367F67">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00281A2C" w:rsidRPr="00281A2C" w:rsidRDefault="00281A2C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00367F67" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E" w:rsidP="00367F67">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z10"/>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080" w:rsidP="00A87ABE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00367F67">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Прием документов и зачисление в организации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования,независимо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от ведомственной подчиненности,</w:t>
+      </w:r>
+      <w:r w:rsidR="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для обучения по</w:t>
+      </w:r>
+      <w:r w:rsidR="00281A2C" w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>общеобразовательным программам начального, основного среднего,</w:t>
+      </w:r>
+      <w:r w:rsidR="00281A2C" w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00281A2C" w:rsidRPr="00281A2C" w:rsidRDefault="00281A2C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00367F67">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z11"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z12"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Государственная услуга "Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности, для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования" (далее – государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z13"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="z14"/>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="00367F67">
-[...13 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Государственная услуга оказывается организациями начального, основного среднего и общего среднего образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) веб-портал "электронного правительства": </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="z15"/>
-      <w:bookmarkEnd w:id="13"/>
-[...14 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="z16"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidRPr="00367F67">
-[...13 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) с момента сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также при обращении через портал – пять рабочих дней для получения расписки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зачисления в организацию образования начального, основного среднего, общего среднего образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> очную и вечернюю форму обучения – не позднее 30 августа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> первый класс – с 1 июня по 30 августа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) максимально допустимое время ожидания для сдачи пакета документов – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) максимально допустимое время обслуживания – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="z17"/>
-      <w:bookmarkEnd w:id="15"/>
-[...14 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Форма оказания государственной услуги: электронная, бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="z18"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="00367F67">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      1) </w:t>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Результат оказания государственной услуги: выдача расписки о приеме документов и издание приказа о зачислении в организацию среднего образования (начального, основного среднего, общего среднего) на начало учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма предоставления результата оказания государственной услуги: электронная или бумажная. При обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за результатом оказания государственной услуги на бумажном носителе результат оформляется на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При обращении через портал в "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приходит уведомление о зачислении в организацию образования в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 6 в редакции приказа Министра образования и науки РК от 25.01.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z19"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z20"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>: с понедельника по пятницу включительно, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после окончания рабочего времени в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 8 в редакции приказа Министра образования и науки РК от 25.01.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z21"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (либо его законного представителя):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00367F67">
-[...5 lines deleted...]
-        <w:t>көрсетілетін</w:t>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00367F67">
-[...32 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление согласно приложению 1 к настоящему стандарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) документ удостоверяющий личность (требуется для идентификации), копия свидетельства о рождении (если ребенок родился до 2008 года);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) справка о состоянии здоровья (форма № 063/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 6697) и форма № 026/у-3, утвержденная приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 2423));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) фотографии ребенка размером 3х4 сантиметров в количестве 2 штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для приема на обучение в организации образования детей с особыми образовательными потребностями дополнительно представляется заключение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-медико-психологической комиссии при согласии законных представителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-иностранцы и лица без гражданства также представляют один из следующих документов, определяющих их статус, с отметкой о регистрации по месту проживания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) иностранец – вид на жительство иностранца в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) лицо без гражданства – удостоверение лица без гражданства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) беженец – удостоверение беженца;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) лицо, ищущее убежище – свидетельство лица, ищущего убежище;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оралман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – удостоверение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оралмана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00A87ABE" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При сдаче документов для оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о получении документов у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A87ABE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A87ABE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>На портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление одного из родителей (или иных законных представителей) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в форме электронного документа, подписанного ЭЦП его представителя, с указанием фактического места жительства </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) электронная копия свидетельства о рождении (если ребенок родился до 2008 года);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) электронные копии документов о состоянии здоровья формы  № 063/у, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 6697), формы № 026/у-3, утвержденной приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 2423));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) цифровая фотография ребенка размером 3х4 см в количестве 2 штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сведения о документе, удостоверяющего личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, свидетельство о рождении ребенка (если ребенок родился после 2008 года) адресная справка </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При обращении через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" направляется уведомление-отчет о принятии запроса для оказания государственной услуги в форме электронного документа, удостоверенного ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случаях представления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно перечню, предусмотренному настоящим пунктом стандарта государственной услуги, и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00367F67">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 9 в редакции приказа Министра образования и науки РК от 25.01.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z87"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-1. В случае установления недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Стандарт дополнен пунктом 9-1 в соответствии с приказом Министра образования и науки РК от 25.01.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080" w:rsidP="00281A2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z22"/>
+      <w:r w:rsidRPr="00281A2C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00367F67">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Порядок обжалования решений,</w:t>
+      </w:r>
+      <w:r w:rsidR="00281A2C">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>действий (бездействий) местных исполнительных органов, города</w:t>
+      </w:r>
+      <w:r w:rsidR="00281A2C">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>республиканского значения и столицы, района (города областного</w:t>
+      </w:r>
+      <w:r w:rsidR="00281A2C">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">значения) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам</w:t>
+      </w:r>
+      <w:r w:rsidR="00281A2C">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z23"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) на имя руководителя соответствующего местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) по адресам, указанным в пункте 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресам, указанным в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местных исполнительных органов, города республиканского значения и столицы, района (города областного значения) с указанием фамилии и инициалов лица, принявшего жалобу, сроки и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги, поступившая в адрес местного исполнительного органа, города республиканского значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае несогласия с результатами оказания государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться в уполномоченный орган по оценке и контролю за качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственной услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информацию о порядке обжалования можно получить посредством единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В жалобе физического лица указываются его фамилия, имя, отчество (при наличии), почтовый адрес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z24"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. В случаях несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00281A2C" w:rsidRPr="00281A2C" w:rsidRDefault="00281A2C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z25"/>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w:rsidR="00281A2C" w:rsidRDefault="005D5080" w:rsidP="00A87ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Иные требования с учетом особенностей оказания</w:t>
+      </w:r>
+      <w:r w:rsidR="00281A2C">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080" w:rsidP="00A87ABE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> том числе оказываемой</w:t>
+      </w:r>
+      <w:r w:rsidR="00281A2C">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в электронной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z26"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Адреса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указываются: на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в разделе "Государственные услуги"), местных исполнительных органов города республиканского значения и столицы, района (города областного значения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z27"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00281A2C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      1) </w:t>
-[...232 lines deleted...]
-      <w:bookmarkStart w:id="28" w:name="z29"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП родителей (законных представителей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z28"/>
       <w:bookmarkEnd w:id="27"/>
-      <w:r w:rsidRPr="00367F67">
-[...68 lines deleted...]
-      <w:r w:rsidRPr="00367F67">
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z29"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, Единого контакт-центра: 1414, 8-800-080-7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда – ҚР Білім және ғылым министрінің 25.01.2018 </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 15 в редакции приказа Министра образования и науки РК от 25.01.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 28</w:t>
       </w:r>
-      <w:r w:rsidRPr="00367F67">
+      <w:r w:rsidRPr="00281A2C">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...1615 lines deleted...]
-      <w:r w:rsidRPr="00A77AF3">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2582"/>
-        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4133"/>
+        <w:gridCol w:w="6229"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00485850" w:rsidRPr="00A77AF3" w:rsidTr="00367F67">
+      <w:tr w:rsidR="003E46E6" w:rsidRPr="00A87ABE" w:rsidTr="00281A2C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:tcW w:w="4153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00485850" w:rsidRPr="00A77AF3" w:rsidRDefault="00021B4E">
+          <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00367F67">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7810" w:type="dxa"/>
+            <w:tcW w:w="6251" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00485850" w:rsidRPr="00A77AF3" w:rsidRDefault="00021B4E">
+          <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A77AF3">
-[...110 lines deleted...]
-            <w:r w:rsidRPr="00A77AF3">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>мемлекеттік</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
-            <w:r w:rsidR="00367F67" w:rsidRPr="00A77AF3">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00A77AF3">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00A77AF3">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t>к стандарту государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Прием документов и зачисление в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организации образования, независимо</w:t>
+            </w:r>
+            <w:r w:rsidR="00281A2C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от ведомственной подчиненности,</w:t>
+            </w:r>
+            <w:r w:rsidR="00281A2C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для обучения по общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам начального, основного</w:t>
+            </w:r>
+            <w:r w:rsidR="00281A2C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего, общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00A77AF3">
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z31"/>
+      <w:r w:rsidRPr="00281A2C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00367F67">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00A77AF3">
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма            </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководителю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наименование местного исполнительного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. (при наличии) полностью/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z32"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу зачислить моего сына/дочь (Ф.И.О. (при наличии) ребенка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00367F67">
-[...23 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00367F67">
-[...5 lines deleted...]
-        <w:t>басшысы</w:t>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00367F67">
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____ класс __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>полное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наименование организации образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проживающего по</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>адресу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> населенного пункта, района, города и области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Согласен на использования сведений, составляющих </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>охряняемую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тайну, содержащихся в информационных системах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__________ "__" ____ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>      (</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00367F67">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00367F67">
-[...356 lines deleted...]
-        <w:t>      "__" __________ 20____</w:t>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2158"/>
-        <w:gridCol w:w="8204"/>
+        <w:gridCol w:w="3569"/>
+        <w:gridCol w:w="6793"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidTr="00552967">
+      <w:tr w:rsidR="003E46E6" w:rsidRPr="00A87ABE" w:rsidTr="00281A2C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2168" w:type="dxa"/>
+            <w:tcW w:w="3586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+          <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00367F67">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8236" w:type="dxa"/>
+            <w:tcW w:w="6818" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00552967" w:rsidRDefault="00021B4E" w:rsidP="00552967">
+          <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00367F67">
-[...135 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00552967">
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>мемлекеттік</w:t>
+              <w:t>к стандарту государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidR="00552967" w:rsidRPr="00552967">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00552967">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет стандартына</w:t>
+              <w:t>"Прием документов и зачисление в</w:t>
             </w:r>
-            <w:r w:rsidRPr="00552967">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00552967">
+            <w:r w:rsidRPr="00281A2C">
               <w:rPr>
-                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">2-қосымша </w:t>
+              <w:t>организации образования, независимо</w:t>
+            </w:r>
+            <w:r w:rsidR="00281A2C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от ведомственной подчиненности,</w:t>
+            </w:r>
+            <w:r w:rsidR="00281A2C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>для обучения по общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidR="00281A2C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам начального, основного</w:t>
+            </w:r>
+            <w:r w:rsidR="00281A2C">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00281A2C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего, общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00552967" w:rsidRDefault="00021B4E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00367F67">
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z34"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z35"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Расписка</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidR="00281A2C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00552967">
+      <w:r w:rsidRPr="00281A2C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="18"/>
-[...15 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о получении документов у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...45 lines deleted...]
-        <w:t>      (</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Организации образования __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00367F67">
-[...5 lines deleted...]
-        <w:t>білім</w:t>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>полное</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00367F67">
-[...39 lines deleted...]
-        <w:t>      (</w:t>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наименование организации образования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00367F67">
-[...5 lines deleted...]
-        <w:t>елді</w:t>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00367F67">
-[...39 lines deleted...]
-        <w:t xml:space="preserve">      ____________________________________________ </w:t>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> населенного пункта, района, города и области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Расписка о приеме документов № _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Получены от _____________________________ следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Ф.И.О. (при наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Другие _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дата приема заявления ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. (при </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00367F67">
-[...5 lines deleted...]
-        <w:t>мынадай</w:t>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>наличии)(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00367F67">
-[...22 lines deleted...]
-        <w:t>      (</w:t>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ответственного лица, принявшего документы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Телефон __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Получил: Ф.И.О. (при </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00367F67">
-[...5 lines deleted...]
-        <w:t>көрсетілетін</w:t>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>наличии)/</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00367F67">
-[...189 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00A87ABE" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A87ABE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"___" _________ 20__ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidRDefault="00021B4E">
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidRDefault="005D5080">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
-      </w:pPr>
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00485850" w:rsidRPr="00367F67" w:rsidSect="00367F67">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00281A2C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ Республиканский центр правовой информации Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="003E46E6" w:rsidRPr="00281A2C" w:rsidSect="00281A2C">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00485850"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00A77AF3"/>
+    <w:rsidRoot w:val="003E46E6"/>
+    <w:rsid w:val="00281A2C"/>
+    <w:rsid w:val="003E46E6"/>
+    <w:rsid w:val="005D5080"/>
+    <w:rsid w:val="00A87ABE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{151B03FA-1BA4-41F1-8F1E-9EB72FAA1034}"/>
+  <w15:docId w15:val="{1E035F62-E9D0-46EA-829A-F910F038FB8B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5249,54 +7398,51 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -5525,65 +7671,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2521</Words>
-  <Characters>14375</Characters>
+  <Words>2475</Words>
+  <Characters>14111</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>119</Lines>
+  <Lines>117</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16863</CharactersWithSpaces>
+  <CharactersWithSpaces>16553</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>