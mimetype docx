--- v0 (2025-12-12)
+++ v1 (2026-03-05)
@@ -1,14632 +1,1854 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+    <w:p w:rsidR="002521F2" w:rsidRDefault="0061372F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="1247775" cy="390525"/>
+            <wp:extent cx="1114425" cy="342900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1247775" cy="390525"/>
+                      <a:ext cx="1114425" cy="342900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00CA3738">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...354 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...95 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Постановление Правительства Республики Казахстан от 19 января 2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № 127.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
       <w:pPr>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...83 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">       1. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительство Республики Казахстан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Қоса</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Утвердить прилагаемые Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего сред</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>него образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>беріліп</w:t>
-[...613 lines deleted...]
-      </w:pPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Настоящее постановление вводится в действие по истечении десяти календарных дней после первого официального опубликования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="15" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5245"/>
-        <w:gridCol w:w="5387"/>
+        <w:gridCol w:w="4295"/>
+        <w:gridCol w:w="2440"/>
+        <w:gridCol w:w="3669"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C656BC" w:rsidTr="00770965">
+      <w:tr w:rsidR="002521F2" w:rsidTr="00CA3738">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="6735" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="2"/>
-          <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+          <w:p w:rsidR="002521F2" w:rsidRDefault="0061372F">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA3738">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
+              <w:t>Премьер-Министр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00CA3738">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республикасының</w:t>
-[...12 lines deleted...]
-              <w:t>Премьер-Министрі</w:t>
+              <w:t>Казахстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="3669" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+          <w:p w:rsidR="002521F2" w:rsidRDefault="0061372F">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">К. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мәсімов</w:t>
+              <w:t>Масимов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C656BC" w:rsidTr="00770965">
+      <w:tr w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidTr="00CA3738">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="4295" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+          <w:p w:rsidR="002521F2" w:rsidRDefault="0061372F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="6109" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+          <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA3738">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
+              <w:t>Утверждены</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA3738">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CA3738">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">постановлением </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA3738">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Правительства</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA3738">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA3738">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Республикасы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00CA3738">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA3738">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Үкіметінің</w:t>
+              <w:t>от 19 января 2012 года № 127</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...65 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00770965" w:rsidRDefault="00770965">
+    <w:p w:rsidR="00CA3738" w:rsidRPr="00CA3738" w:rsidRDefault="00CA3738">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z4"/>
+      <w:bookmarkStart w:id="0" w:name="z5"/>
     </w:p>
-    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00CA3738">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...329 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Типовые правила в редакции постановления Правительства РК от 10.05.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 254</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...279 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z6"/>
-[...1117 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="1" w:name="z6"/>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z7"/>
-      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2. </w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Типовые п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">равила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, (далее – Правила) разработаны в соответствии с Законом Республики Казахстан от 27 июля 2007 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>года "Об образовании" (далее – Закон) и определяют порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, (далее – организации образования) незави</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>симо от форм их собственности и ведомственной подчиненности.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Организации образования осуществляют прием на обучение в соответствии с Конституцией Республики Казахстан, Законом, настоящими Правилами, иными нормативными правовыми актами, а также ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зработанными на их основе уставами организаций образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Зачисление в число обучающихся производится на основании приказа руководителя организации образования. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Не допускается комплектование классов по уровню подготовки и степени раз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вития обучающихся. При этом предельная наполняемость в классе составляет не более 25 обучающихся.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. При приеме обучающихся в организации образования руководители организаций образования заключают с родителями или иными законными представителями дет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ей или обучающихся договора на оказание образовательных услуг в соответствии с типовым договором оказания образовательных услуг.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Обучающимся и родителям или иным законным представителям обучающихся предоставляется возможность ознакомления с насто</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ящими Правилами, уставом организации образования, лицензией на право ведения образовательной деятельности, правилами приема в организации образования, утверждаемыми местными исполнительными органами, и другими документами, регламентирующими деятельность ор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ганизаций образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Прием на обучение в организации образования детей с особыми образовательными потребностями осуществляется с учетом заключения </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-медико-психологической консультации при согласии родителей или иных законных представите</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лей ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Білім</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Родители или иные законные представители ребенка или обучающегося имеют право выбора любой организации образования для обучения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...422 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. В случае отказа в приеме на обучение в организацию образования, родители или иные законные пре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дставители обучающегося обращаются по месту жительства в местные органы управления образованием.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z8"/>
-[...182 lines deleted...]
-        <w:t>.</w:t>
+      <w:bookmarkStart w:id="2" w:name="z16"/>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Глава 2. Порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего средн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>его образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z9"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      4. </w:t>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Часть первая пункта 10 предусмотрена в редакции постановления Правительства РК от 10.05.2018 № 254 (вводится в действие с 01.01.2019).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Данная редакция части первой пункта 10 действует до 01.01.2019 в соответствии с постановлением Правительства РК от 10.05.2018 № 254.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Организации образования, реализующие общеобразовательные учебные программы начального образования, обеспеч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ивают прием в первый класс всех детей семи лет и детей, которым исполняется шесть лет в текущем календарном году, с обеспечением доступа всех детей, проживающих на территории обслуживания организации образования, независимо от уровня подготовки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приема детей в первый класс необходимы следующие </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление от родителей или иных законных представителей ребенка;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) копия свидетельства о рождении ребенка;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) справка о состоянии здоровья (форма 026/у-3);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) фото</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>графии размером 3х4 см – в количестве 2 штук.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием документов, указанных в настоящем пункте, от родителей или иных законных представителей детей, поступающих в первый класс организаций образования, реализующих общеобразовательные учебные программы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>начального образования, производится с 1 июня по 30 августа текущего календарного года.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. При приеме детей в первый класс организаций образования, реализующих общеобразовательные учебные программы начального образования, кроме специализированных о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рганизаций образования, гимназий и лицеев, экзамены, тестирование, зачеты, конкурсы не проводятся.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для детей, не посещавших дошкольные учреждения или не прошедших </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Сыныптарды</w:t>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольную</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовку, организациями образования организуются подготовительные курсы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до начала учебного года.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Прием обучающихся во вторые, третьи, четвертые, пятые, шестые, седьмые, восьмые, девятые классы организаций образования, реализующих общеобразовательные учебные программы начального и основного среднего образования, осу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Прием обучающихся в десятые, одиннадцатые классы организаций образования, реализующих общеобразовательные учебные программы общего ср</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>еднего образования, осуществляется с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования, и на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия докум</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ента государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием заявлений начинается после вручения документа государственного образца об основном среднем образовании.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Прием обучающихся в десятые, одиннадцатые классы гимназий, лицеев</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляется в соответствии с уставом гимназии, лицея на основании личного заявления обучающихся либо заявления их родителей или иных законных представителей и наличия документа государственного образца об основном среднем образовании без учета территор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ии обслуживания данных видов организаций образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. Гимназии и лицеи формируют общеобразовательные классы для обеспечения получения обязательного объема знаний, определенных государственными общеобязательными стандартами образования Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан, с обеспечением доступа обучающихся, проживающих на территории обслуживания организации образования.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. Прием на обучение в специализированные организации образования производится на конкурсной основе.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...205 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. Специализированными орга</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>низациями образования устанавливаются дополнительные конкурсные туры приема на обучение. Содержание и форма проведения отбора обучающихся, порядок зачисления, перевода и выпуска обучающихся осуществляются в соответствии с уставом данной организации образов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ания.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C656BC" w:rsidRDefault="00770965">
-[...10124 lines deleted...]
-    <w:p w:rsidR="00770965" w:rsidRDefault="00770965" w:rsidP="00770965">
+    <w:p w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidRDefault="0061372F">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
-        <w:jc w:val="left"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ Республика</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00CA3738">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нский центр правовой информации Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidRDefault="00770965" w:rsidP="00770965">
-[...143 lines deleted...]
-    <w:sectPr w:rsidR="00C656BC" w:rsidRPr="00770965" w:rsidSect="00770965">
+    <w:sectPr w:rsidR="002521F2" w:rsidRPr="00CA3738" w:rsidSect="00CA3738">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
@@ -14638,78 +1860,79 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C656BC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C656BC"/>
+    <w:rsidRoot w:val="002521F2"/>
+    <w:rsid w:val="002521F2"/>
+    <w:rsid w:val="0061372F"/>
+    <w:rsid w:val="00CA3738"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{F58D1F80-8789-4ED6-BE5A-FDD19D04CDC3}"/>
+  <w15:docId w15:val="{97F77622-1EB2-478E-A59C-EAEC20497A30}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15624,65 +2847,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1125</Words>
-  <Characters>6413</Characters>
+  <Words>1148</Words>
+  <Characters>6548</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
+  <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7523</CharactersWithSpaces>
+  <CharactersWithSpaces>7681</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>