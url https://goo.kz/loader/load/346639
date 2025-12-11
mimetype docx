--- v0 (2025-12-09)
+++ v1 (2025-12-11)
@@ -1,1247 +1,3034 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E859A2" w:rsidRDefault="00E859A2" w:rsidP="00E859A2">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...10 lines deleted...]
-        <w:rPr>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...15 lines deleted...]
-        <w:r>
+          <w:color w:val="0000FF"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Порядок оказания государственной услуги (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Министра образования и науки РК от 25.01.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z11" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
           <w:rPr>
-            <w:rStyle w:val="a5"/>
-[...285 lines deleted...]
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 28</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:rPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="0000FF"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) с момента сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также при обращении через портал – пять рабочих дней для получения расписки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      для зачисления в организацию образования начального, основного среднего, общего среднего образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      на очную и вечернюю форму обучения – не позднее 30 августа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      в первый класс – с 1 июня по 30 августа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) максимально допустимое время ожидания для сдачи пакета документов – 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) максимально допустимое время обслуживания – 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Форма оказания государственной услуги: электронная, бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Результат оказания государственной услуги: выдача расписки о приеме документов и издание приказа о зачислении в организацию среднего образования (начального, основного среднего, общего среднего) на начало учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Форма предоставления результата оказания государственной услуги: электронная или бумажная. При обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за результатом оказания государственной услуги на бумажном носителе результат оформляется на бумажном носителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При обращении через портал в "личный кабинет" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приходит уведомление о зачислении в организацию образования в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...160 lines deleted...]
-        <w:r>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 6 в редакции приказа Министра образования и науки РК от 25.01.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z7" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
           <w:rPr>
-            <w:rStyle w:val="a5"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 28</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...11 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: с понедельника по пятницу включительно, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после окончания рабочего времени в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...55 lines deleted...]
-        <w:r>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 8 в редакции приказа Министра образования и науки РК от 25.01.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z11" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
           <w:rPr>
-            <w:rStyle w:val="a5"/>
-[...476 lines deleted...]
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 28</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...11 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9. Перечень документов, необходимых для оказания государственной услуги при обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (либо его законного представителя):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) заявление согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z30" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему стандарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) документ удостоверяющий личность (требуется для идентификации), копия свидетельства о рождении (если ребенок родился до 2008 года);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z371" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>справка</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> о состоянии здоровья (форма № 063/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 6697) и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z6" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>форма № 026/у-3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, утвержденная приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зарегистрированный</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Реестре государственной регистрации нормативных правовых актов под № 2423));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) фотографии ребенка размером 3х4 сантиметров в количестве 2 штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Для приема на обучение в организации образования детей с особыми образовательными потребностями дополнительно представляется заключение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-медико-психологической комиссии при согласии законных представителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-иностранцы и лица без гражданства также представляют один из следующих документов, определяющих их статус, с отметкой о регистрации по месту проживания:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) иностранец – вид на жительство иностранца в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) лицо без гражданства – удостоверение лица без гражданства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) беженец – удостоверение беженца;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) лицо, ищущее убежище – свидетельство лица, ищущего убежище;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оралман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – удостоверение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оралмана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При сдаче документов для оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о получении документов у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z33" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>приложению 2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      На портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) заявление одного из родителей (или иных законных представителей) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в форме электронного документа, подписанного ЭЦП его представителя, с указанием фактического места жительства </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) электронная копия свидетельства о рождении (если ребенок родился до 2008 года);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) электронные копии документов о состоянии здоровья </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z371" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>формы № 063/у</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 6697), </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z6" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>формы № 026/у-3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, утвержденной приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждении Инструкции по заполнению и ведению учетной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z6" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>формы 026/у-3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> "Паспорта здоровья ребенка" (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зарегистрирован</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Реестре государственной регистрации нормативных правовых актов под № 2423));</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) цифровая фотография ребенка размером 3х4 см в количестве 2 штук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сведения о документе, удостоверяющего личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, свидетельство о рождении ребенка (если ребенок родился после 2008 года) адресная справка </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При обращении через портал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" направляется уведомление-отчет о принятии запроса для оказания государственной услуги в форме электронного документа, удостоверенного ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случаях представления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно перечню, предусмотренному настоящим пунктом стандарта государственной услуги, и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...34 lines deleted...]
-        <w:r>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Сноска. Пункт 9 в редакции приказа Министра образования и науки РК от 25.01.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z11" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
           <w:rPr>
-            <w:rStyle w:val="a5"/>
-            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 28</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w:rsidR="003622EA" w:rsidRDefault="003622EA"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-1. В случае установления недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Стандарт дополнен пунктом 9-1 в соответствии с приказом Министра образования и науки РК от 25.01.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z40" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 28</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Порядок обжалования решений,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>действий (бездействий) местных исполнительных органов, города</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>республиканского значения и столицы, района (города областного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">значения) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается в письменном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) на имя руководителя соответствующего местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) по адресам, указанным в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z26" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>пункте 12</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) на имя руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресам, указанным в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местных исполнительных органов, города республиканского значения и столицы, района (города областного значения) с указанием фамилии и инициалов лица, принявшего жалобу, сроки и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги, поступившая в адрес местного исполнительного органа, города республиканского значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае несогласия с результатами оказания государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Информацию о порядке обжалования можно получить посредством </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z8" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">единого </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00C845F0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>контакт-центра</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В жалобе физического лица указываются его фамилия, имя, отчество (при наличии), почтовый адрес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11. В случаях несогласия с результатами оказанной государственной услуги, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в установленном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z1455" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>законодательством</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Иные требования с учетом особенностей оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>государственной услуги, в том числе оказываемой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в электронной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12. Адреса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указываются: на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства (www.egov.kz в разделе "Государственные услуги"), местных исполнительных органов города республиканского значения и столицы, района (города областного значения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП родителей (законных представителей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      15. Контактные телефоны справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: edu.gov.kz, Единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: 1414, 8-800-080-7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C845F0" w:rsidRPr="00C845F0" w:rsidRDefault="00C845F0" w:rsidP="00C845F0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 15 в редакции приказа Министра образования и науки РК от 25.01.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z42" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00C845F0">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="0E689A"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 28</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C845F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003622EA" w:rsidRDefault="003622EA">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
     <w:sectPr w:rsidR="003622EA" w:rsidSect="00BC51D1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="850" w:bottom="851" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="80"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00116B08"/>
-    <w:rsid w:val="00116B08"/>
+    <w:rsidRoot w:val="008A1668"/>
     <w:rsid w:val="003622EA"/>
+    <w:rsid w:val="008A1668"/>
     <w:rsid w:val="00BC51D1"/>
-    <w:rsid w:val="00E859A2"/>
-    <w:rsid w:val="00E860D6"/>
+    <w:rsid w:val="00C845F0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1412,89 +3199,50 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...37 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -1641,117 +3389,78 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...37 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1069496135">
+    <w:div w:id="1950157256">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1500011057" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1800016749" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1800016749" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1800016749" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1800016749" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1800016749" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V030002423_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1000006697" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011057" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V030002423_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1600013324" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1800016749" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1000006697" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011057" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1800016749" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1800016749" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1800016749" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1500011057" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1800016749" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1800016749" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V030002423_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=K1500000377" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V1000006697" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://egov.kz/wps/poc?uri=mjnpa:document&amp;language=ru&amp;documentId=V030002423_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2000,50 +3709,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1230</Words>
-  <Characters>7011</Characters>
+  <Words>1862</Words>
+  <Characters>10620</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>88</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8225</CharactersWithSpaces>
+  <CharactersWithSpaces>12458</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>