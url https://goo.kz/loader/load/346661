--- v0 (2025-12-18)
+++ v1 (2025-12-19)
@@ -1,2895 +1,2197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+    <w:p w:rsidR="00F26060" w:rsidRDefault="00F26060" w:rsidP="00F26060">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="5529"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="000447A7">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F26060" w:rsidRDefault="00F26060" w:rsidP="00F26060">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="5529"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Приложение 4 </w:t>
-[...5 lines deleted...]
-        <w:ind w:left="5529"/>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F26060" w:rsidRDefault="00F26060" w:rsidP="00F26060">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">к </w:t>
-      </w:r>
+        <w:t>2015 жылғы «8» сәуірдегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F26060" w:rsidRDefault="00F26060" w:rsidP="00F26060">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№174 бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F26060" w:rsidRDefault="00F26060" w:rsidP="00F26060">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">у </w:t>
-[...12 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">образования </w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...175 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:left="5387" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттарды қабылдау» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік көрсетілетін қызмет стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. «Бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттарды қабылдау»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...178 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...28 lines deleted...]
-        <w:pStyle w:val="a4"/>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік көрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет).       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызметті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бастауыш, негізгі орта, жалпы орта білім беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтініш қабылдау және мемлекеттік көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қызметтін нәтижесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">беру көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қызметті берушінің кеңсесі арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Мемлекеттік қызметті көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.  Мемлекеттік қызметті көрсету мерзімдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті алушы бастауыш, негізгі орта, жалпы орта білім беру ұйымдарына денсаулығына байланысты ұзақ уақыт бойы бара алмайтын балаларды үйде жеке тегін оқытуды ұйымдастыру үшін құжаттар топтамасын тапсырған сәттен бастап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3 жұмыс күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алушының көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>берушіге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттар топтамасын тапсыруы үшін күтудің рұқсат етілген ең ұзақ  уақыты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15 минуттан аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...102 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті алушыға қызмет көрсетудің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>рұқсат етілген ең ұзақ уақыты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15 минуттан аспайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:suppressAutoHyphens/>
-[...22 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  5. Мемлекеттік қызмет көрсету нысаны: қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">6. Мемлекеттік қызмет көрсетудің нәтижесі: құжаттарды қабылдау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы қолхат (еркін нысанда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсету  нәтижесін ұсыну нысаны: қағаз түрінде.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t xml:space="preserve"> 7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі (бұдан әрі - к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті алушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8. Көрсетілетін қызметті берушінің жұмыс кестесі: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі – жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30-ға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтініш қабылдау және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>нәтижесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-          <w:kern w:val="2"/>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">беру сағат </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін атқарылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алдын ала жазылу және жеделдетіп қызмет көрсету қарастырылмаған. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. Көрсетілетін қызметті алушы көрсетілетін қызметті берушіге жүгінген кезде м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) өтініш (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>еркін нысанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   2) үйде оқыту бойынша ұсынымдармен қоса дәрігерлік-консультациялық комиссияның анықтамасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            3) мүгедек балаларға ұсынылатын білім беру оқу бағдарламасы туралы психологиялық-медициналық-педагогикалық консультация қорытындысы.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="142"/>
+          <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...51 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="-142"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ar-SA"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін мемлекеттік қызметті берушінің</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:kern w:val="2"/>
-[...171 lines deleted...]
-      <w:pPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарының, және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>10. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:kern w:val="2"/>
-[...63 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың)  жергілікті атқарушы органдарының,  және (немесе) оның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымды адамдарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...110 lines deleted...]
-    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шешімдеріне, әрекетіне (әрекетсіздігіне)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шағымдану:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...111 lines deleted...]
-    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>1) Министрліктің www.edu.gov.kz интернет-ресурсының «Мемлекеттік көрсетілетін қызметтер» бөлімінде көрсетілген мекенжайлар бойынша республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органы басшысының атына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) жергілікті атқарушы органдарының интернет-ресурстарында көрсетілген мекенжайлар бойынша көрсетілетін қызметті беруші басшысының атына.  Ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағымда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті алушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ның және шағымды қабылдаған тұлғаның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аты-жөнін, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті алушы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекенжайы және байланыс телефоны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушінің, р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еспубликалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың),  жергілікті атқарушы органының атына шағымы тіркелген күнінен бастап бес жұмыс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күні ішінде қарауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға жүгіне алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...276 lines deleted...]
-          <w:kern w:val="2"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...622 lines deleted...]
-    <w:p w:rsidR="0034281F" w:rsidRDefault="0034281F" w:rsidP="0034281F">
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шағымдану тәртібі туралы ақпаратты мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...12 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="001F4745">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:kern w:val="2"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Мемлекеттік қызмет көрсету ерекшеліктері ескеріле </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Иные требования с учетом особенностей </w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...137 lines deleted...]
-        <w:t xml:space="preserve">Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсе Министерства: </w:t>
+        <w:t xml:space="preserve">                        отырып қойылатын өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және жағдайы туралы ақпаратты мемлекеттік қызмет көрсету мәселесі бойынша бірыңғай байланыс орталығы арқылы алу мүмкіндігіне ие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="001F4745" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өрсетілетін қызметті берушінің мемлекеттік қызметті көрсетудің мәселелері бойынша ақпараттық қызметінің байланыс телефондары Министрліктің </w:t>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="001F4745">
           <w:rPr>
-            <w:rStyle w:val="a3"/>
+            <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
+            <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>www.edu.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...164 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-ресурсында «Мемлекеттік көрсетілетін қызметтер»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөлімінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орналастырылған.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Мемлекеттік қызмет көрсету мәселелері бойынша Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ірыңғай байланыс орталығы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4745">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="00A0760B" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="00A0760B" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="00A0760B" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="00A0760B" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="00A0760B" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="00A0760B" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="00A0760B" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="00A0760B" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="00A0760B" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="00A0760B" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00555BB7" w:rsidRPr="00A0760B" w:rsidRDefault="00555BB7" w:rsidP="00555BB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007E70FD" w:rsidRDefault="007E70FD"/>
     <w:sectPr w:rsidR="007E70FD" w:rsidSect="007E70FD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="D200FDFF" w:usb2="0A042029" w:usb3="00000000" w:csb0="800001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Batang">
-[...6 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000003F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="115"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="0034281F"/>
-    <w:rsid w:val="000447A7"/>
+    <w:rsidRoot w:val="00555BB7"/>
     <w:rsid w:val="000D7604"/>
     <w:rsid w:val="00170F72"/>
     <w:rsid w:val="001F3FF0"/>
-    <w:rsid w:val="002008F7"/>
-    <w:rsid w:val="0034281F"/>
     <w:rsid w:val="00377ABF"/>
     <w:rsid w:val="004011F1"/>
     <w:rsid w:val="00440D54"/>
     <w:rsid w:val="00537619"/>
-    <w:rsid w:val="007B1B23"/>
-    <w:rsid w:val="007B6DC8"/>
+    <w:rsid w:val="00555BB7"/>
     <w:rsid w:val="007E70FD"/>
-    <w:rsid w:val="00820A38"/>
+    <w:rsid w:val="009523EF"/>
     <w:rsid w:val="00967226"/>
     <w:rsid w:val="00AC29D0"/>
     <w:rsid w:val="00AE5CCD"/>
     <w:rsid w:val="00B81E68"/>
     <w:rsid w:val="00DA21D2"/>
-    <w:rsid w:val="00E80B0F"/>
+    <w:rsid w:val="00EE543D"/>
     <w:rsid w:val="00F12857"/>
-    <w:rsid w:val="00FA549B"/>
+    <w:rsid w:val="00F26060"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2897,53 +2199,53 @@
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3016,178 +2318,216 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0034281F"/>
+    <w:rsid w:val="00555BB7"/>
     <w:pPr>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00555BB7"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
-    <w:semiHidden/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0034281F"/>
+    <w:rsid w:val="00555BB7"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...55 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="0034281F"/>
+    <w:rsid w:val="00555BB7"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:link w:val="a6"/>
+    <w:rsid w:val="00555BB7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:rsid w:val="00555BB7"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="DejaVu Sans" w:hAnsiTheme="minorHAnsi" w:cs="DejaVu Sans"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Основной текст Знак1"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00555BB7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00555BB7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00555BB7"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a8"/>
+    <w:locked/>
+    <w:rsid w:val="00555BB7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="315258868">
+    <w:div w:id="1214465661">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -3455,54 +2795,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>809</Words>
-  <Characters>4616</Characters>
+  <Words>855</Words>
+  <Characters>4875</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>yo</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5415</CharactersWithSpaces>
+  <CharactersWithSpaces>5719</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>