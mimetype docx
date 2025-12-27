--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,2584 +1,196 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="005B7CE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D04F17">
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Орта бі</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="00D04F17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>л</w:t>
-[...31 lines deleted...]
-        <w:t>Қазақстан Республикасы</w:t>
+        <w:t>Об утверждении Требований к обязательной школьной форме для организаций среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 14 января 2016 года № 26. Зарегистрирован в Министерстве юстиции Республики Казахстан 16 февраля 2016 года № 13085.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D04F17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Б</w:t>
-[...2406 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:anchor="z642" w:history="1">
+      <w:hyperlink r:id="rId5" w:anchor="z642" w:history="1">
         <w:r w:rsidRPr="00D04F17">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>подпунктом 14-1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D04F17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" </w:t>
       </w:r>
       <w:r w:rsidRPr="00D04F17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04F17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      1. Утвердить прилагаемые </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:anchor="z7" w:history="1">
+      <w:hyperlink r:id="rId6" w:anchor="z7" w:history="1">
         <w:r w:rsidRPr="00D04F17">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Требования</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D04F17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> к обязательной школьной форме для организаций среднего образования.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2616,60 +228,51 @@
     <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04F17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D04F17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан его направление на официальное опубликование в периодических печатных изданиях и в информационно-правовой системе "Әділет", а также в Республиканское государственное предприятие на праве хозяйственного введения "Республиканский центр правовой информации Министерства </w:t>
-[...8 lines deleted...]
-        <w:t>юстиции Республики Казахстан" для размещения в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
+        <w:t>2) в течение десяти календарных дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан его направление на официальное опубликование в периодических печатных изданиях и в информационно-правовой системе "Әділет", а также в Республиканское государственное предприятие на праве хозяйственного введения "Республиканский центр правовой информации Министерства юстиции Республики Казахстан" для размещения в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D04F17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">      3) размещение настоящее приказа на </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D04F17">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2875,51 +478,1041 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D04F17">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>А. Саринжипов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidSect="00DB33F3">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5850"/>
+        <w:gridCol w:w="3465"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidTr="00D04F17">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D04F17">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z6"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00D04F17">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Утверждены</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D04F17">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>приказом Министра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D04F17">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D04F17">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D04F17">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>14 января 2016 года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D04F17">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>№ 26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Требования к обязательной школьной форме для организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящие Требования к обязательной школьной форме для организаций среднего образования (далее-Требования) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z642" w:history="1">
+        <w:r w:rsidRPr="00D04F17">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>подпунктом 14-1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" для обеспечения обучающихся качественной школьной формой.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Вышеуказанные Требования направлены на реализацию светского характера обучения и устранения признаков социального, имущественного и иных различий между </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2. В настоящих Требованиях используется следующее основное понятие: организация среднего образования - учебное заведение, реализующее общеобразовательные учебные программы начального, основного среднего и общего среднего образования, специализированные общеобразовательные и специальные учебные программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3. Цель Требований - обеспечение единства подходов организаций среднего образования в применении обязательной школьной формы, формирование позитивного отношения родителей к школьной форме, повышение ответственности руководства учебных заведений и общественных советов (совет школы, попечительский совет, родительский комитет) в соблюдении светского характера обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4. Требования к обязательной школьной форме размещаются в фойе организаций среднего образования, а для ознакомления на Интернет-ресурсе организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>2. Требования к обязательной школьной форме для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>организаций среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5. Обязательная школьная форма организаций среднего образования (далее - школьная форма) соответствует светскому характеру обучения. Фасон, цвет школьной формы выдерживаются в классическом стиле, в единой цветовой гамме, с допущением смешения не более трех цветов. Цвет школьной формы выбирается из спокойных и не вызывающих ярких тонов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      6. Школьная форма вводится с учетом возрастных особенностей обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Школьная форма подразделяется на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>повседневную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, парадную и спортивную.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      8. Школьная форма для мальчиков включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пиджак, жилет, брюки, парадную рубашку, повседневную рубашку (зимний период: трикотажный жилет, водолазку).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Брюки для мальчиков свободного кроя, и по длине закрывают щиколотки ног.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      9. Школьная форма для девочек включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пиджак, жилет, юбку, брюки, классическую блузу (зимний период: трикотажный жилет, сарафан, водолазку).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Брюки для девочек свободного кроя, и по длине закрывают щиколотки ног.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      10. Парадная форма для мальчиков состоит из повседневной формы, дополненной белой рубашкой, для девочек - белой блузкой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      11. Спортивная форма для мальчиков и девочек включает: спортивный костюм (спортивные брюки, футболка), спортивную обувь (кроссовки, кеды).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      12. Школьная форма включает галстук классической формы, соответствующий основному цвету или в контрасте к цвету школьной формы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      13. Включение элементов одежды религиозной принадлежности различных конфессий в школьную форму не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 13 внесено изменение на государственном языке, текст на русском языке не изменяется в соответствии с приказом Министра образования и науки РК от 04.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="7" w:history="1">
+        <w:r w:rsidRPr="00D04F17">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>№ 248</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      14. На школьной форме размещаются отличительные знаки (эмблема, нашивка и др.) организаций среднего образования. Они размещаются в верхней части одежды или аксессуара (пиджак, жилетка, галстук).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      15. Требования к школьной форме реализуются с учетом климатических условий, места проведения учебных занятий и температурного режима в учебном помещении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      16. Требования к школьной форме исключают ношение одежды и аксессуаров с травмирующей фурнитурой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      17. При внедрении школьной формы обращается внимание на состав тканей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      18. В качестве тканей школьной формы используются полушерстяные и хлопковые ткани с улучшенными свойствами, имеющими высокую износостойкость, обладающие антибактериальными, антимикробными и антистатическими свойствами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      19. Выбор цвета, фасона школьной формы и длины юбки определяется организацией среднего образования и общественным советом, утверждается протоколом общешкольного родительского собрания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      20. Введение изменений в школьную форму принимается по согласованию с общественным советом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      21. Родители и иные законные представители обеспечивают ношение обучающимися школьной формы, установленной в организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>3. Исполнение Требований к обязательной школьной форме для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>организаций среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      22. Руководитель организаций среднего образования (далее - Руководитель) и общественный совет (совет школы, попечительский совет, родительский комитет) при введении обязательной школьной формы руководствуется настоящими Требованиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      23. Родители и иные законные представители участвуют в обсуждении вопросов о школьной форме и вносят предложения по ее совершенствованию, приобретают ее через действующую торговую сеть.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      24. Областные, городов Астаны и Алматы управления образования, районные (городские) отделы образования рекомендуют родителям приобретение школьной формы у отечественных производителей школьной формы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 24 внесено изменение на государственном языке, текст на русском языке не изменяется в соответствии с приказом Министра образования и науки РК от 04.04.2016 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="6" w:history="1">
+        <w:r w:rsidRPr="00D04F17">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>№ 248</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25. Руководитель обеспечивает утверждение школьной формы до 25 мая учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      26. Руководитель выносит вопрос соблюдения школьной формы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на общественный совет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D04F17" w:rsidRPr="00D04F17" w:rsidRDefault="00D04F17" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      27. Руководитель ознакомливает родителей или иных законных представителей с настоящими Требованиями при подаче заявления о приеме (произвольной форме) обучающегося в организацию среднего образования под роспись и на общешкольном родительском собрании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F6D7E" w:rsidRPr="00D04F17" w:rsidRDefault="002F6D7E" w:rsidP="00D04F17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="002F6D7E" w:rsidRPr="00D04F17" w:rsidSect="00254EBF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3252,54 +1845,54 @@
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D04F17"/>
+    <w:rsid w:val="00254EBF"/>
     <w:rsid w:val="002F6D7E"/>
-    <w:rsid w:val="003B1462"/>
+    <w:rsid w:val="005B7CE5"/>
     <w:rsid w:val="00D04F17"/>
-    <w:rsid w:val="00DB33F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3442,51 +2035,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DB33F3"/>
+    <w:rsid w:val="00254EBF"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00D04F17"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
@@ -3744,51 +2337,51 @@
           <w:divsChild>
             <w:div w:id="1428305642">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013576" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V1600013576" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013085" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013576" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013085" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1600013576" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4035,54 +2628,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1525</Words>
-  <Characters>8694</Characters>
+  <Words>1267</Words>
+  <Characters>7226</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>60</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10199</CharactersWithSpaces>
+  <CharactersWithSpaces>8477</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>