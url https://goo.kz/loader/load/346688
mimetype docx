--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -1,1020 +1,10659 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00292656" w:rsidRPr="00A9318B" w:rsidRDefault="00C71E84">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B675E4" w:rsidRDefault="00301D77" w:rsidP="00301D77">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B675E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информация </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B675E4" w:rsidRDefault="00301D77" w:rsidP="00301D77">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B675E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отдела образования города Павлодара  по   итогам  летнего отдыха,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRDefault="00301D77" w:rsidP="00301D77">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B675E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оздоровления и занятости детей и подростков в летний период 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B675E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC26E5" w:rsidRDefault="00AC26E5" w:rsidP="00AC26E5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F581D" w:rsidRDefault="00AC26E5" w:rsidP="00AC26E5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC26E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Балаға мейі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC26E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC26E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>імді жаз»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC26E5" w:rsidRPr="00AC26E5" w:rsidRDefault="00AC26E5" w:rsidP="00AC26E5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRPr="008040BA" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лето - это каникулы. А каникулы – это, особое ценностное и деятельностное  пространство образования, принципиально важное для развития и саморазвития детей и подростков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRPr="008040BA" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реализация  модели </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Балаға мейі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імді жаз» осуществлялась через деятельность пришкольных лагерей, внешкольных учреждений и дворовых клубов. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Программа  летнего отдыха реализована  в пришкольных лагерях 42 школ,  12 внешкольных учреждениях города, 17 дворовых клубах, где были заняты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">37490 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей и подростков. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRPr="008040BA" w:rsidRDefault="005112D0" w:rsidP="001D6A27">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="3" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реализация </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модели летнего отдыха «Балаға мейі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імді жаз», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нашло отражение в планах работы лагерей в тесном сотрудничестве с культурно –массовыми комплексами города.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRPr="008040BA" w:rsidRDefault="005112D0" w:rsidP="001D6A27">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="3" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осуществлялась деятельность профильных лагерей через работу исторического, языкового кружка, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кружков </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Роботехника», «Лингвис</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т», «Математическая логика»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Все большую популярность  приобретает обучение финансовой грамотности школьников на основе открытых в течение учебного года </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-кабинетов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRPr="008040BA" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Деятельность первого направления также нашло отражение в Программе «Рухани жаңғыру» подпрограммы «Тәрбие және</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ілім» в направлении «Өлкетану», реализованных 4-мя проектами:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRPr="008040BA" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По проекту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«У каждой улицы своя история»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащимися школ собраны интересные </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>факты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о  своей школьной улице.  Наиболее ярко представлены слайды, видеоролики, альбомы  школами №9, 12, 19,21, 24,26, 27,34,39.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRPr="008040BA" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В  СОШ № 43  состоялась встреча с родственниками академика АН Каз ССР Абикена Бектурова. Это заслуженный деятель РК, академик Международной академии творчества Габбас Хамзиевич Бектуров, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">внук Ерсын Балтабекович Бектуров, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правнучки - Айым и Азиза ученицы данной  школы, Алуа - будущая первоклассница </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и их мама Дина Ахтановна.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRPr="008040BA" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсы чтецов, встреча со знатоками  города,  повествовавшие историю памятников,  реализовалась в проекте </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Встреча у памятника».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Большой практический материал собран учащимися школ № 9, 16,17, 18, 24,28 по  истории памятников  Батыр Баян, С.Торайгырову, Ш.Уалиханову, Г.Потанину,  выпускникам школ, не вернувшихся с ВОВ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRPr="008040BA" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В рамках реализации данного проекта исследовательская группа учащихся СОШ № 4 им. К.Макпалеева изучила историю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодарского Педагогического Колледжа им. Б.Ахметова. На свете много интересных профессий: экологи, инженеры, программисты, парикмахеры, кулинары. Но всех их когда-то учил учитель. Ученикам было интересно приоткрыть тайну завесы, где же  и каким образом простые мальчишки и девчонки учатся быть учителями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRPr="008040BA" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В ходе реализации проекта </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Ертіс  ағымында», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> целью которого стало  изучение истории родного края, формирование активной позиции к развитию малой  родины, высокого уровня гражданственности и патриотизма   учащиеся школ познакомились с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общенациональными </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сакральными местами  Казахстана. Это </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+        </w:rPr>
+        <w:t>Баянаульский государственный национальный природный парк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и парк «Кокшетау», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Мавзолей-комплексы ЮКО  Х.А. Яссави, Арыстан баб;  Мавзолей Машһур-Жусуп Копейулы,  Монументы г. Астана «Астана-Байтерек», «Қазақ елі» и Триумфальная арка «Мәңгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ел», </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Монумент</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Независимости «Тәуелсіздіктаңы» в Алматы. Яркими впечатлениями запомнятся  поездки учащихся школ № 4, 5,14, 16, 19, 22, 28, 29.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRPr="008040BA" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Воспитанники профильного лагеря «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ынтымақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» СОШ № 17 совместно с руководителями презентовали  карту «Сакральные места Павлодарской области». Для презентации  были выбраны объекты республиканского значения:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мавзолей М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ашхур Жусупа Копеева, захоронение Исабека Ишан Хазрета, раскопки древнего поселения Акколь Жайылма, памятник Жасыбай батыру, пещера Коныр аулие.  Помимо карты представлен также красочный буклет с информацией о данных объектах на казахском и русском языках. Разработан маршрут и планируется выезд детей по сакральным местам региона. Почетным гостем данного мероприятия станет директор Дома географии Вервекин А.А., который обратится с приветственным словом </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> собравшимся. Ветеран педагогического труда школы приготовила в дар Дому географии Атлас «Русские географы и путешественники» 1948 года издания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRPr="008040BA" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совместно  с организациями дополнительного образования участниками  проекта </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Өнерлі бала – сүйкімді» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществлялись творческие виды деятельности, в процессе которых происходит «незаметное» формирование нравственных, духовных, культурных ориентиров, увеличивалось   мотивационное  пространство, формировались  навыки  культурного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2B2B55"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">поведения, санитарно-гигиенической культуры.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B79FF" w:rsidRPr="008040BA" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азвити</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> духовной и образовательной сферы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сохранности и эффективног</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>использования культурного наследия страны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирование активной гражданской позиции   и ответственного отношения к родной земле, ее культуре, обычаям, традициям </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СОШ № 31  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>презентовали проект «Жайлау» - выставку под открытым небом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF05C1" w:rsidRPr="008040BA" w:rsidRDefault="000B79FF" w:rsidP="00AF05C1">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005112D0" w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005112D0" w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005112D0" w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особого внимания заслуживают  проекты  «Кукольный татр своими руками» СОШ №17, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF05C1" w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проект «Смайл» СОШ № 11, СОШ № 21 «СОЮЗ-21», проект «Бұлақ» СОШ № 2., в</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF05C1" w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СОШ № 40  состоялась презентация инновационного проекта  фотостудии «Кадр» на</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF05C1" w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF05C1" w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>период летних каникул.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRPr="008040BA" w:rsidRDefault="00AF05C1" w:rsidP="00AF05C1">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Работа студии направлена на развитие  у школьников творческих способностей, интереса к фотографии, получение учащимися знаний в области информационных технологий и практических навыков работы с графической информацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B79FF" w:rsidRPr="008040BA" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях эффективной подготовки школьников к участию на  городских и региональных этапах олимпиад по общеобразовательным предметам ЦЗРДО  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«Павлодар дарыны»  организована работа   профильного лагеря  «Алтын сын». З</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>анятия по подготовке к олимпиадам  проводили  преподаватели высших учебных заведений города, кандидаты наук.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЦЗРДО </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>реализованы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008040BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проектов, с охватом свыше 6800 школьников. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008040BA" w:rsidRDefault="008040BA" w:rsidP="008040BA">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В течение лета </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДПК «Жигер» запустили проект</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Семейный калейдоскоп». В рамках проекта были проведены 16 мероприятий, такие как конкурс вокального творчества «Поющая семья», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>спортивное мероприятие «Семейный пионербол», «Мама, папа, я – спортивная семья»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF579B" w:rsidRPr="008040BA" w:rsidRDefault="008040BA" w:rsidP="008040BA">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF579B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дновременно в</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF579B" w:rsidRPr="006221DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Детско-юношеско</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF579B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF579B" w:rsidRPr="006221DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> центр</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF579B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF579B" w:rsidRPr="006221DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экологии и туризма </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AF579B" w:rsidRPr="006221DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AF579B" w:rsidRPr="006221DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начал </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF579B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> свою работу</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF579B" w:rsidRPr="009C0462">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семейный лагерь «Ошақ», в рамках </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF579B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">программы </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF579B" w:rsidRPr="009C0462">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лагеря выходного дня </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF579B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF579B" w:rsidRPr="009C0462">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Бірлік </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF579B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF579B" w:rsidRPr="009C0462">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF579B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF579B" w:rsidRDefault="00AF579B" w:rsidP="00AF579B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00727AD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Семейный лагерь «Ошақ» - это место, где ваша семья </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00727AD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> это одна команда, занятая общим интересным делом. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Программа м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00727AD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ероприяти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00727AD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подобран</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00727AD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таким образом, чтобы было интересно и взрослым и детям</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6A27">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00727AD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008040BA" w:rsidRPr="00706E94" w:rsidRDefault="008040BA" w:rsidP="008040BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C945F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для проведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в рамках программы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> празднования 20-летия Астаны отделом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования разработан  план работы  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">семейной  зоны  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Астана-фест». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008040BA" w:rsidRDefault="008040BA" w:rsidP="008040BA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В семейной  зоне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Астана-фест» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  работала </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из 7 площадок:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="+mn-ea" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ФЕСТ “ИНТЕЛЛЕКТ”,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="+mn-ea" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ФЕСТ “ОЙНА”,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="+mn-ea" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ФЕСТ ”БАТТЛ”,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="+mn-ea" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ФЕСТ “ҚҰТТЫҚТАЙМЫЗ!”,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="+mn-ea" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ФЕСТ “СПОРТ”,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="+mn-ea" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ФЕСТ “ӨЛЕҢІ”,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="+mn-ea" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="C00000"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ФЕСТ “ӨНЕРІ”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="00AA046D" w:rsidP="00AA046D">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005112D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>На базе ДХШ №1  работали выездные летние лагеря, организован выезд на республиканский мастер-класс в Астану, фестиваль «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005112D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PlanetofArt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005112D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA046D" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реализация  второго направления модели </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>летнего отдыха «Балаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мейірімд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іжаз»  заключается в осуществлении трудовой занятости детей. В текущем летнем периоде трудом  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>охвачены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>16320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школьников, что составило </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">45%. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Реализация задач третьего направления проводилась  в нескольких линиях:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D9400E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рофилактические мероприятия по предупреждению несчастных случаев на воде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D9400E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ропаганда знаний и обеспечение безопасности детей на дорогах города в летний период</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D9400E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>охрана жизни и здоровья детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Кон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ечно же, готового рецепта «Чудесн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ого лета» не существует.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Но в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>зрослые стараются, чтобы ребятам было весело,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интересно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и чтобы каждый день был для них незабываем. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Надеемся, что </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятия, проведённые в рамках реализации   модели летнего отдыха «Балаға мейі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>імді жаз»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> надолго запомнятся ребятам и останутся наполненными незабываемыми впечатлениями, полезными делами и приятными воспоминаниями.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRPr="00B70A3F" w:rsidRDefault="005112D0" w:rsidP="005112D0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="16" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005112D0" w:rsidRDefault="005112D0" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0DEC" w:rsidRPr="00B70A3F" w:rsidRDefault="004E0DEC" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Летний отдых сегодня – это не только социальная защита, это ещё и полигон для творческого развития, обогащения духовного мира и интеллекта ребёнка, что создаёт условия для социализации </w:t>
+      </w:r>
+      <w:r w:rsidR="00000615" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подрастающего поколения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с учётом реалий современной жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организация занятости учащихся в период летних каникул,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83224" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создание условий для оздоровления, отдыха и личностного развития учащихся, профилактика беспризорности и безнадзорности в летний период стало целью организации</w:t>
+      </w:r>
+      <w:r w:rsidR="00B762E6" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> модели</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> летнего отдыха «Балаға</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83224" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мейірімді</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83224" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаз»</w:t>
+      </w:r>
+      <w:r w:rsidR="00915247">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A54D4B" w:rsidRDefault="00A54D4B" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Согласно распоряжению Премьер-Министра Республики Казахстан от 11 мая 2016 года № 36-р «Об организации оздоровительного отдыха, досуга и занятости детей в период летних каникул на 2016-2019 годы» и приказу управления образования от 4 июня 2018 года за № 1-12/276.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A54D4B" w:rsidRDefault="00A54D4B" w:rsidP="00A54D4B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Отделом образования города Павлодар был разработан план действи</w:t>
+      </w:r>
+      <w:r w:rsidR="005612E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по организации летнего отдыха,  досуга и занятости детей в период летних каникул.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005612E9" w:rsidRDefault="005612E9" w:rsidP="00A54D4B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>В основе летнего проекта была модель представленная в 4 направлениях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005612E9" w:rsidRDefault="005612E9" w:rsidP="005612E9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Пришкольные лагеря</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005612E9" w:rsidRDefault="005612E9" w:rsidP="005612E9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Внешкольные организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005612E9" w:rsidRDefault="005612E9" w:rsidP="005612E9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Детские сады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005612E9" w:rsidRPr="005612E9" w:rsidRDefault="005612E9" w:rsidP="005612E9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Трудовая деятельность учащихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005612E9" w:rsidRDefault="005612E9" w:rsidP="005612E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ожидаемый </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">результат </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>это</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100% охват отдыхом, оздоровлением и занятостью  детей и подростков в летний период, укрепление здоровья детей, снижение негативного влияния социальных факторов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005612E9" w:rsidRDefault="005612E9" w:rsidP="005612E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Авторы – отдел образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005612E9" w:rsidRPr="00BE6DCE" w:rsidRDefault="005612E9" w:rsidP="005612E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Участники – школы (42), внешкольные организации (12), детские сады (72), педагоги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005612E9" w:rsidRDefault="00660C75" w:rsidP="005612E9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Работа пришкольных лагерей организована  двумя сезонами  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с дневным пребыванием и 3-х разовым питанием</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в период с 4 июня по 14 июля текущего года.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стоимость путевки составляет - 7440 тенге на сезон, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в день 496 тенге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в 2016 и 2017году по 6000тенге). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660C75" w:rsidRPr="00B70A3F" w:rsidRDefault="00660C75" w:rsidP="00660C75">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Работа по организации летнего отдыха проводилась</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и в 12 внешкольных учреждениях города 17 дворовых клубах, где были заняты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>25 000</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей и подростков  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>(в 2017 -19037 учащихся, в 2016 -16279учащихся)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00660C75" w:rsidRPr="00B70A3F" w:rsidRDefault="00660C75" w:rsidP="00660C75">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реализация  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>третьего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направления модели </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>летнего отдыха «Балаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мейірімд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іжаз»  заключается в осуществлении трудовой занятости детей. В текущем летнем периоде трудом  охвачены </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>16320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школьников, что составило </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">%. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(в 2017году-16320, в 2016году- 15450учащихся)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005612E9" w:rsidRPr="00660C75" w:rsidRDefault="005612E9" w:rsidP="00A54D4B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005612E9" w:rsidRDefault="005612E9" w:rsidP="00A54D4B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005612E9" w:rsidRDefault="005612E9" w:rsidP="00A54D4B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00660C75" w:rsidRDefault="00660C75" w:rsidP="00A54D4B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00660C75" w:rsidRDefault="00660C75" w:rsidP="00A54D4B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00660C75" w:rsidRDefault="00660C75" w:rsidP="00A54D4B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00660C75" w:rsidRDefault="00660C75" w:rsidP="00A54D4B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00660C75" w:rsidRDefault="00660C75" w:rsidP="00A54D4B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00B762E6" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В летний период 2018 </w:t>
+      </w:r>
+      <w:r w:rsidR="000B24F8" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">года были организованы лагеря с дневным пребыванием детей на базе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>41 образовательных учреждений</w:t>
+      </w:r>
+      <w:r w:rsidR="000B24F8" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Общий охват детей летним отдыхом в условиях города составил </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83224" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>7490</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащихся</w:t>
+      </w:r>
+      <w:r w:rsidR="000B24F8" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C739D8" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>( в 2017году -35000учащихся, в 2016году -33000учащихся)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B24F8" w:rsidRPr="00B70A3F" w:rsidRDefault="004F4814" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реализация </w:t>
+      </w:r>
+      <w:r w:rsidR="00B762E6" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модели осуществлялась по 3 основным направлениям :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B762E6" w:rsidRPr="00B70A3F" w:rsidRDefault="00B762E6" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Создание условий для оздоровительного отдыха, досуга и занятости детей на базе школьных и внешкольных организаций ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B762E6" w:rsidRPr="00B70A3F" w:rsidRDefault="00B762E6" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организация трудовой занятости учащихся  в летний период;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B762E6" w:rsidRPr="00B70A3F" w:rsidRDefault="00B762E6" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проведение профилактических мероприятий по предупреждению детского травматизма, обеспечению безопасности, по профилактике правонарушений  преступности, беспризорности и безнадзорности детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C739D8" w:rsidRPr="00B70A3F" w:rsidRDefault="00C739D8" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Финансирование летнего отды</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83224" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ха детей в 2018 году составило </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83224" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">384364,6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тыс.тенге, в том числе из местного бюджета направлено </w:t>
+      </w:r>
+      <w:r w:rsidR="00B83224" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">63703,6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыс.тенге</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83224" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C739D8" w:rsidRPr="00B70A3F" w:rsidRDefault="00C739D8" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По первому направлению организованы следующие формы работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C739D8" w:rsidRPr="00B70A3F" w:rsidRDefault="00C739D8" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- пришкольный лагерь с финансированием  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9185,0 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыс.тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C739D8" w:rsidRPr="00B70A3F" w:rsidRDefault="00C739D8" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- трудовые отряды  старшеклассников – </w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14444,6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тыс.тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C739D8" w:rsidRPr="00B70A3F" w:rsidRDefault="00C739D8" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- деятельность загородных лагерей, санаторий  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>40074,0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыс.тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C739D8" w:rsidRPr="00B70A3F" w:rsidRDefault="00C739D8" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- реализация проектов Программы «Руханижаңғыру».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB2EE6" w:rsidRPr="00B70A3F" w:rsidRDefault="004F4814" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Деятельность первого направления нашло отражение в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Программе «Руханижаңғыру » Подпрограммы «ТәрбиежәнеБілім » в направлении «Өлкетану», реализованных 4-мя про</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2EE6" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ектами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB2EE6" w:rsidRPr="00B70A3F" w:rsidRDefault="00DB2EE6" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По проекту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«У каждой улицы своя история»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учащимися школ собраны интересные факты о  </w:t>
+      </w:r>
+      <w:r w:rsidR="0000626A" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школьной улице.  Наиболее ярко представлены слайды ви</w:t>
+      </w:r>
+      <w:r w:rsidR="00993EA8" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>деоролики, альб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">омы  школами №9, 12, </w:t>
+      </w:r>
+      <w:r w:rsidR="00993EA8" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19,21, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24,26, </w:t>
+      </w:r>
+      <w:r w:rsidR="00993EA8" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>27,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>34</w:t>
+      </w:r>
+      <w:r w:rsidR="00993EA8" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,39 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB2EE6" w:rsidRPr="00B70A3F" w:rsidRDefault="00DB2EE6" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсы чтецов, встреча со знатоками  </w:t>
+      </w:r>
+      <w:r w:rsidR="00993EA8" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">города, повествовавшие историю памятников  реализовалась в проекте </w:t>
+      </w:r>
+      <w:r w:rsidR="00993EA8" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Встреча у памятника».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B762E6" w:rsidRPr="00B70A3F" w:rsidRDefault="00993EA8" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="279" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Большой практический материал собран учащимися школ № 9, 16,17, 18, 24,</w:t>
+      </w:r>
+      <w:r w:rsidR="001B22EE" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28 по истории памятников </w:t>
+      </w:r>
+      <w:r w:rsidR="00000615" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="001B22EE" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Батыр Баян</w:t>
+      </w:r>
+      <w:r w:rsidR="00000615" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="001B22EE" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00000615" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="001B22EE" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С.Торайгырова</w:t>
+      </w:r>
+      <w:r w:rsidR="00000615" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="001B22EE" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00000615" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="001B22EE" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ш.Уалихановуи Г.Потанину</w:t>
+      </w:r>
+      <w:r w:rsidR="00000615" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="001B22EE" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,  «Выпускникам школ не вернувшихся с ВОВ»</w:t>
+      </w:r>
+      <w:r w:rsidR="00000615" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F1E50" w:rsidRPr="00B70A3F" w:rsidRDefault="00993EA8" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В ходе реализации </w:t>
+      </w:r>
+      <w:r w:rsidR="00246C37" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проекта </w:t>
+      </w:r>
+      <w:r w:rsidR="00246C37" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Ертіс</w:t>
+      </w:r>
+      <w:r w:rsidR="004140E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00246C37" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ағымында»,</w:t>
+      </w:r>
+      <w:r w:rsidR="00246C37" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">где целью стало  изучение истории родного края, формирование активной позиции к развитию малой  родины, высокого уровня гражданственности и патриотизма   учащиеся школ познакомились с </w:t>
+      </w:r>
+      <w:r w:rsidR="004E0DEC" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">общенациональными </w:t>
+      </w:r>
+      <w:r w:rsidR="00246C37" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сакральными местами  Казахстана. Это</w:t>
+      </w:r>
+      <w:r w:rsidR="00246C37" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+        </w:rPr>
+        <w:t>Баянаульский государственный национальный природный парк</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1E50" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и парк «Кокшетау», </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1E50" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Мавзолей-комплекс</w:t>
+      </w:r>
+      <w:r w:rsidR="004E0DEC" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы ЮКО </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1E50" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Х.А. Яссави</w:t>
+      </w:r>
+      <w:r w:rsidR="004E0DEC" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1E50" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Арыстан баб</w:t>
+      </w:r>
+      <w:r w:rsidR="004E0DEC" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  Мавзолей Машһур-ЖусипКопейулы, </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1E50" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Монумент</w:t>
+      </w:r>
+      <w:r w:rsidR="004E0DEC" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ы г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004E0DEC" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004E0DEC" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>стана</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1E50" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>«Астана-Байтерек», «Қазақелі» и Триумфальная арка «Мәңгілік ел»</w:t>
+      </w:r>
+      <w:r w:rsidR="004E0DEC" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>, Монумент Независимости</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1E50" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Тәуелсіздіктаңы»</w:t>
+      </w:r>
+      <w:r w:rsidR="004E0DEC" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Алматы.Яркими запомнятся поездки учащихся школ №</w:t>
+      </w:r>
+      <w:r w:rsidR="0000626A" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4, 5,14, 16, </w:t>
+      </w:r>
+      <w:r w:rsidR="004E0DEC" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19, </w:t>
+      </w:r>
+      <w:r w:rsidR="0000626A" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22, </w:t>
+      </w:r>
+      <w:r w:rsidR="004E0DEC" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28, </w:t>
+      </w:r>
+      <w:r w:rsidR="0000626A" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>29.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC1C9D" w:rsidRPr="00B70A3F" w:rsidRDefault="0000626A" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Совместно  с организациями допол</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1C9D" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нительного образования участниками </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проекта </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Өнерлі бала </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>–с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>үйкімді»</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1C9D" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>осуществлялись творческие виды деятельности, в процессе которых происходит «незаметное» формирование нравственных, духовных, культурных ориентиров</w:t>
+      </w:r>
+      <w:r w:rsidR="00146147" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, увеличивалось   мотивационное </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1C9D" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> простран</w:t>
+      </w:r>
+      <w:r w:rsidR="00146147" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ство</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1C9D" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00146147" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>формировались  навыки</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1C9D" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="2B2B55"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">культурного </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1C9D" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>поведения, с</w:t>
+      </w:r>
+      <w:r w:rsidR="00146147" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>анитарно-гигиенической культуры. Следует отметить проекты школ  №17 «Кукольный татр своими руками», работу профильных отрядов «Кадр» СОШ №</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65A24" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40</w:t>
+      </w:r>
+      <w:r w:rsidR="00146147" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>, СОШ № 11 «Смайл», СОШ № 21 «СОЮЗ-21»,СОШ № 2 «Бұлақ»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A65A24" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C739D8" w:rsidRPr="00B70A3F" w:rsidRDefault="00C739D8" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Охват пришкольных лагерей учащимися 1-4 классов в этом году составил 14585 учащихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>(в 2017году -14120, в 2016году -14006учащихся).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C739D8" w:rsidRPr="00B70A3F" w:rsidRDefault="00C739D8" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Из них в приоритетном порядке остаются дети из категории социально-уязвимых семей</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> что составляет 4052 ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a7"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="959"/>
+        <w:gridCol w:w="2869"/>
+        <w:gridCol w:w="1914"/>
+        <w:gridCol w:w="1914"/>
+        <w:gridCol w:w="1915"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidTr="00A1357F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1914" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1914" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1915" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidTr="00A1357F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Малообеспеченная семья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1914" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2378</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1914" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>4130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1915" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>4184</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidTr="00A1357F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Многодетная семья</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1914" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3872</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1914" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3687</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1915" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3547</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidTr="00A1357F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Дети-сироты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1914" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>170</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1914" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>177</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1915" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>179</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidTr="00A1357F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="959" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Дети</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>,о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>тавшиеся без попечения родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1914" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>292</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1914" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>259</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1915" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="num" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B70A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>227</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00C82973" w:rsidRPr="00B70A3F" w:rsidRDefault="00C82973" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00C739D8" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Работа пришкольных лагерей </w:t>
+      </w:r>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организована  двумя сезонами  </w:t>
+      </w:r>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с дневным пребыванием и 3-х разовым питанием</w:t>
+      </w:r>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в период с 4 июня по 14 июля текущего года.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00301D77" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стоимость путевки составляет - </w:t>
+      </w:r>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7440</w:t>
+      </w:r>
+      <w:r w:rsidR="00301D77" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге</w:t>
+      </w:r>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на сезон, </w:t>
+      </w:r>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в день 496 тенг</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в 2016 и 2017году по 6000тенге). </w:t>
+      </w:r>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реализация </w:t>
+      </w:r>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модели летнего отдыха «Балаға</w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мейі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>імді</w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жаз», </w:t>
+      </w:r>
+      <w:r w:rsidR="0019551F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>нашло отражение в планах работы лагерей в тесном сотрудничестве с культурно –массовыми компле</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82973" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ксами города: театрами им. Аймаутова, им. Чехова, КДЦ Им. Абусеитова, ТОО ФОК «Нептун», с областным краеведческим музеем им. Потанина, с Домом Географии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E316BB" w:rsidRPr="00B70A3F" w:rsidRDefault="0019551F" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одновременно на базах школ действовали 41 профильный лагерь для учащихся 5-8 классов </w:t>
+      </w:r>
+      <w:r w:rsidR="00E316BB" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с общим охватом 13220 учащихся.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E316BB" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidR="00E316BB" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ети и подростки </w:t>
+      </w:r>
+      <w:r w:rsidR="00E316BB" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">были охвачены  различными </w:t>
+      </w:r>
+      <w:r w:rsidR="00E316BB" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направлениями: туристко-краеведческие, экологические, интеллектуальные, военно-спортивные, этнокультурные, языковые</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E316BB" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E316BB" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E316BB" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E316BB" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2017году- 12400 учащихся, в 2016году -11800учащихся).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB4A7F" w:rsidRPr="00B70A3F" w:rsidRDefault="001625D8" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="25" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На базах школ фукционировали  кружки «</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4A7F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Роботехника</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4A7F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Л</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4A7F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ингвист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4A7F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«М</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4A7F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атематическая логика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">»,  </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4A7F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>историче</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4A7F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ко</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – языковой кружок.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8490F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Все большую популярность  приобретает обучение финансовой грамотности школьников на основе открытых в течение учебного года </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F8490F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-кабинетов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F8490F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="000859F2">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внешкольные организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A1357F" w:rsidRPr="00B70A3F" w:rsidRDefault="00A1357F" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Рабо</w:t>
+      </w:r>
+      <w:r w:rsidR="00276374" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та по организации летнего отдыха проводиласьи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в 12 внешкольных учреждениях города 17 дворовых клубах, где были заняты </w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>25 000</w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">детей и подростков  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00000615" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2017 -19037 учащихся, </w:t>
+      </w:r>
+      <w:r w:rsidR="00000615" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>2016 -16279учащихся)</w:t>
+      </w:r>
+      <w:r w:rsidR="00612C73" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F8490F" w:rsidRPr="00B70A3F" w:rsidRDefault="00F8490F" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Цикл мероприятий, проводимых в рамке рамках летнего отдыха  посвященны программам  «РуханиЖангыру», 20-летию Астаны и 80-летию Павлодарской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E316BB" w:rsidRPr="00B70A3F" w:rsidRDefault="00E316BB" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях эффективной подготовки школьников к участию на  городских и региональных этапах олимпиад по общеобразовательным предметам </w:t>
+      </w:r>
+      <w:r w:rsidR="001C745B" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ЦЗРДО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «Павлодар дарыны»  в период с 25 июня по 14 июля  работал  профильный лагерь «Алтын сын». </w:t>
+      </w:r>
+      <w:r w:rsidR="00612C73" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>З</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>анятия по подготовке к олимпиадам  проводили  преподаватели высших учебных заведений города, кандидаты наук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00276374" w:rsidRPr="00B70A3F" w:rsidRDefault="00E316BB" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для 45 учащихся организовывались задания для углубления их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">интеллектуального   потенциала, который  эффективно развивается при систематических занятиях. В  дальнейшем, приобретенные в течение профильной  смены способности, навыки и умения дети эффективно перенесут на учебные предметы в школе и в олимпийское  соревнование, достигая при этом  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>значительно больших</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> успехов. Следует отметить</w:t>
+      </w:r>
+      <w:r w:rsidR="00612C73" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> что среди участников профильной смены были 13  призеров и победителей городского этапа  и 2 призера  областного этапа предметной олимпиады по общеобразовательным предметам 2017-2018 учебного года. Учащиеся и </w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">следующем году намерены также испытать свои способности в олимпийском движении. </w:t>
+      </w:r>
+      <w:r w:rsidR="00276374" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Центром</w:t>
+      </w:r>
+      <w:r w:rsidR="001C745B" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00276374" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>реализованы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD310D" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00276374" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проектов</w:t>
+      </w:r>
+      <w:r w:rsidR="001C745B" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00276374" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с охватом свыше </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD310D" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6800</w:t>
+      </w:r>
+      <w:r w:rsidR="00276374" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школьников. Дети  активно участвовали в фестивалях  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>«Лучшие каникулы»</w:t>
+      </w:r>
+      <w:r w:rsidR="00276374" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00276374" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Жаңа толқын», «Летние чудеса», Фестиваль детского спорта «Большие </w:t>
+      </w:r>
+      <w:r w:rsidR="00276374" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>старты», в творческих  проектах  «Ерке ханшайым», «SuperҰлдар», «Сказки на новый лад», в мини-футболе «Манчестер лета».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD310D" w:rsidRPr="00B70A3F" w:rsidRDefault="00AD310D" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Развитие этнокультурного образования подрастающего поколения обусловленного</w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">социально­политическими и духовными переменами в обществе, вызывающими интерес к народным традициям, играм и культуре реализовано в одном из направлений программы Центра экологии и туризма в ДПК «Жигер. Дети вовлеклись в этнографические </w:t>
+      </w:r>
+      <w:r w:rsidR="00484E07" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сцены «Қызұзату», «Тұсаукесу», в выставки народного творчества «Жырмүшайрасы »</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00484E07" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00484E07" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Күйші», к национальным видам спорта : көкпар, асық ату и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740E7D" w:rsidRPr="00B70A3F" w:rsidRDefault="00484E07" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ДТШ при организации работы детского профильного лагеря «Город мастеров»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через судо- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и авто моделирование,</w:t>
+      </w:r>
+      <w:r w:rsidR="00740E7D" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бисероплетение, бумагопластику </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>реализовала комплексный подход и интеграцию различных видов технического творчества и декаративно- прикладной деятельности</w:t>
+      </w:r>
+      <w:r w:rsidR="00740E7D" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001625D8" w:rsidRPr="00B70A3F" w:rsidRDefault="00740E7D" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>На базе</w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ДХШ №1  работали выездные </w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>летние лагеря</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, организован выезд на республиканский мастер-класс в Астану, фестиваль «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PlanetofArt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00612C73" w:rsidRPr="00B70A3F" w:rsidRDefault="00740E7D" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>За лет</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ний период в загородном учебно-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оздоровительном центре «Балдаурен» отдохнуло </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>160</w:t>
+      </w:r>
+      <w:r w:rsidR="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>школьников.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001625D8" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>В первую очередь отдохнули  учащиеся из малообеспеченных, многодетных семей, дети-сироты  и дети, оставшихся без попечения родителей, учащиеся школ города, имеющие определенные достижения в учебе, спорте и творчестве. Кроме того, предоставлена возможность для отдыха детей на платной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="004140E3" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Трудовая занятость</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00B70A3F" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00937963" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реализация  второго направления модели </w:t>
+      </w:r>
+      <w:r w:rsidR="00937963" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>летнего отдыха «Балаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00937963" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мейірімд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00937963" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іжаз»  заключается в осуществлении трудовой занятости детей. В текущем летнем периоде трудо</w:t>
+      </w:r>
+      <w:r w:rsidR="00000615" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00937963" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>охвачены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00937963" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>16320</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00937963" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школьников</w:t>
+      </w:r>
+      <w:r w:rsidR="00000615" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, что составило </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r w:rsidR="00937963" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">%. </w:t>
+      </w:r>
+      <w:r w:rsidR="00937963" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(в 2017году-16320, в 2016году- 15450учащихся)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00BE6DCE" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00301D77" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комплекс воспитательных мероприятий предусматривает сочетание активного отдыха и трудовой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отрядах по благоустройству и озеленению территорий города в рамках «Жасыл ел» - </w:t>
+      </w:r>
+      <w:r w:rsidR="001B22EE" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>664 уч-ся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отрядах по благоустройству и озеленению сел – </w:t>
+      </w:r>
+      <w:r w:rsidR="001B22EE" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>148</w:t>
+      </w:r>
+      <w:r w:rsidR="00937963" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уч-ся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- в учреждениях здравоохранения –</w:t>
+      </w:r>
+      <w:r w:rsidR="001625D8" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уч-ся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- на предприятиях города – </w:t>
+      </w:r>
+      <w:r w:rsidR="00937963" w:rsidRPr="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>--------------</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уч-ся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя заработная плата за 15 дней при 4-х часовом рабочем дне составляет </w:t>
+      </w:r>
+      <w:r w:rsidR="001B22EE" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16тыс.600 тенге </w:t>
+      </w:r>
+      <w:r w:rsidR="00937963" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в </w:t>
+      </w:r>
+      <w:r w:rsidR="001B22EE" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2016 и 2017годах </w:t>
+      </w:r>
+      <w:r w:rsidR="00937963" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-12</w:t>
+      </w:r>
+      <w:r w:rsidR="001B22EE" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тыс.</w:t>
+      </w:r>
+      <w:r w:rsidR="00937963" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="001B22EE" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>00 тенге</w:t>
+      </w:r>
+      <w:r w:rsidR="00937963" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001625D8" w:rsidRPr="00B70A3F" w:rsidRDefault="001B22EE" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Из местного бюджета на эти цели выделено </w:t>
+      </w:r>
+      <w:r w:rsidR="001625D8" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1802,9 тыс. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тенге.</w:t>
+      </w:r>
+      <w:r w:rsidR="001625D8" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>Кроме того выделено  4,8 тысяч тенге на проезд.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B22EE" w:rsidRPr="00B70A3F" w:rsidRDefault="001625D8" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В благоустройстве и озеленении сел </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>Павлодарское</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>, Кенжеколь и поселка Ленинский участвует 148 старшеклассников. Средства на заработную плату б</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыли </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выделены из бюджетов данных сельских округов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000615" w:rsidRPr="00B70A3F" w:rsidRDefault="00000615" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Все большую популярность приобретает организация  рабочих мест для детей на предприятиях своих родителей. При содействии депутатов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>областного маслихата организвались 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих мест для детей из социально уязвимых слоев населения в учреждениях здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001B22EE" w:rsidRPr="00B70A3F" w:rsidRDefault="001B22EE" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE6DCE" w:rsidRDefault="00BE6DCE" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE6DCE" w:rsidRDefault="00BE6DCE" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE6DCE" w:rsidRDefault="00BE6DCE" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB4A7F" w:rsidRPr="00B70A3F" w:rsidRDefault="00FB4A7F" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Реализация задач третьего направления проводилась  в нескольких линиях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB4A7F" w:rsidRPr="00B70A3F" w:rsidRDefault="00FB4A7F" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Профилактические мероприятия по предупреждению несчастных случаев на воде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB4A7F" w:rsidRPr="00B70A3F" w:rsidRDefault="00FB4A7F" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пропаганда знаний и обеспечение безопасности детей на дорогах города в летний период</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB4A7F" w:rsidRPr="00B70A3F" w:rsidRDefault="00FB4A7F" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>охрана жизни и здоровья детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D6C63" w:rsidRPr="00B70A3F" w:rsidRDefault="002D6C63" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Школами совместно с учреждениями противопожарной службы, бассейна «Нептун»  через экскурсии, просмотр </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ф</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, практических занятий  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C82973" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прививались </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основные навыки поведения и оказания </w:t>
+      </w:r>
+      <w:r w:rsidR="00C82973" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>первой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помощи  при чрезвычайных ситуациях.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82973" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Во всех учебных заведениях проводился   инструктаж  участников лагерей по ТБ, оформлялись наглядные уголки  по правилам поведения в воде,  движения пешеходов по городу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00BE6DCE">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОДН/ВШК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и безопасность несовершеннолетних</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00BE6DCE">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00BE6DCE" w:rsidP="00BE6DCE">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00301D77" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С целью профилактики правонарушений среди несовершеннолетних, профилактике пожарной безопасности, а также безопасности на дорогах в период работы профильных лагерей продолжили работу  дружины «Юный спасатель», «Юный пожарный», «Юные инспектора дорожного движения», «Юный полицейский», которые организовывали беседы по направлениям, выпуск листовок и выступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE6DCE" w:rsidRDefault="00BE6DCE" w:rsidP="00BE6DCE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE6DCE" w:rsidRPr="00BE6DCE" w:rsidRDefault="00BE6DCE" w:rsidP="00BE6DCE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Результат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE6DCE" w:rsidRPr="00BE6DCE" w:rsidRDefault="00BE6DCE" w:rsidP="00BE6DCE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">результатом по итогам проведенных мероприятий является 100% охват отдыхом, оздоровлением и занятостью  детей и подростков в летний период, укрепление здоровья детей, снижение негативного влияния социальных факторов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00BE6DCE" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Освещение в СМИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Работа по организации летнего отдыха систематически</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ш</w:t>
+      </w:r>
+      <w:r w:rsidR="001C745B" w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ироко  освещала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сь в СМИ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Газетных публикаций</w:t>
+      </w:r>
+      <w:r w:rsidR="00281179">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Телевидение и радио</w:t>
+      </w:r>
+      <w:r w:rsidR="00281179">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00AC26E5" w:rsidRDefault="001C745B" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Инстаграмм</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>otdelobrazovaniya</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BE6DCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B70A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pvl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="30" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00301D77" w:rsidRPr="00B70A3F" w:rsidRDefault="00301D77" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B13EE" w:rsidRPr="00B70A3F" w:rsidRDefault="001D6A27" w:rsidP="00B70A3F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00A9318B">
-[...777 lines deleted...]
-    <w:sectPr w:rsidR="009E783A" w:rsidRPr="00A9318B" w:rsidSect="00292656">
+    </w:p>
+    <w:sectPr w:rsidR="003B13EE" w:rsidRPr="00B70A3F" w:rsidSect="00AD7599">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KZ Times New Roman">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="+mn-ea">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="25697352"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="15DE4E90"/>
+    <w:lvl w:ilvl="0" w:tplc="832E2508">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="27A065DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5A4445F4"/>
+    <w:lvl w:ilvl="0" w:tplc="00000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="31F54E6C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7BA004D4"/>
+    <w:lvl w:ilvl="0" w:tplc="00000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="39CB53D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E09660E2"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="652B72E2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="21728638"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="67380F10"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0B123640"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00B95314"/>
-[...32 lines deleted...]
-    <w:rsid w:val="00FC6D14"/>
+    <w:rsidRoot w:val="00214FA1"/>
+    <w:rsid w:val="00000615"/>
+    <w:rsid w:val="0000626A"/>
+    <w:rsid w:val="000859F2"/>
+    <w:rsid w:val="000B24F8"/>
+    <w:rsid w:val="000B79FF"/>
+    <w:rsid w:val="000C3DF7"/>
+    <w:rsid w:val="00107E1E"/>
+    <w:rsid w:val="00146147"/>
+    <w:rsid w:val="001625D8"/>
+    <w:rsid w:val="0019551F"/>
+    <w:rsid w:val="001B22EE"/>
+    <w:rsid w:val="001C329E"/>
+    <w:rsid w:val="001C745B"/>
+    <w:rsid w:val="001D6A27"/>
+    <w:rsid w:val="00214FA1"/>
+    <w:rsid w:val="00246C37"/>
+    <w:rsid w:val="00276374"/>
+    <w:rsid w:val="00281179"/>
+    <w:rsid w:val="002D6C63"/>
+    <w:rsid w:val="00301D77"/>
+    <w:rsid w:val="00322041"/>
+    <w:rsid w:val="004121F9"/>
+    <w:rsid w:val="004140E3"/>
+    <w:rsid w:val="00484E07"/>
+    <w:rsid w:val="0049693D"/>
+    <w:rsid w:val="004E0DEC"/>
+    <w:rsid w:val="004F4814"/>
+    <w:rsid w:val="005112D0"/>
+    <w:rsid w:val="005612E9"/>
+    <w:rsid w:val="005F1E50"/>
+    <w:rsid w:val="00612C73"/>
+    <w:rsid w:val="00660C75"/>
+    <w:rsid w:val="00693C7F"/>
+    <w:rsid w:val="006F581D"/>
+    <w:rsid w:val="00740E7D"/>
+    <w:rsid w:val="00747428"/>
+    <w:rsid w:val="008040BA"/>
+    <w:rsid w:val="00915247"/>
+    <w:rsid w:val="00923DB4"/>
+    <w:rsid w:val="00937963"/>
+    <w:rsid w:val="00993EA8"/>
+    <w:rsid w:val="00A1357F"/>
+    <w:rsid w:val="00A54D4B"/>
+    <w:rsid w:val="00A65A24"/>
+    <w:rsid w:val="00AA046D"/>
+    <w:rsid w:val="00AC1C9D"/>
+    <w:rsid w:val="00AC26E5"/>
+    <w:rsid w:val="00AD310D"/>
+    <w:rsid w:val="00AD7599"/>
+    <w:rsid w:val="00AF05C1"/>
+    <w:rsid w:val="00AF579B"/>
+    <w:rsid w:val="00B70A3F"/>
+    <w:rsid w:val="00B762E6"/>
+    <w:rsid w:val="00B83224"/>
+    <w:rsid w:val="00BC6E72"/>
+    <w:rsid w:val="00BE6DCE"/>
+    <w:rsid w:val="00C7104F"/>
+    <w:rsid w:val="00C739D8"/>
+    <w:rsid w:val="00C82973"/>
+    <w:rsid w:val="00C83FD5"/>
+    <w:rsid w:val="00DB2EE6"/>
+    <w:rsid w:val="00E316BB"/>
+    <w:rsid w:val="00E861E2"/>
+    <w:rsid w:val="00F8490F"/>
+    <w:rsid w:val="00FB4A7F"/>
+    <w:rsid w:val="00FC4DA1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="9218"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -1062,150 +10701,241 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00292656"/>
+    <w:rsid w:val="00301D77"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Mangal"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:rsid w:val="00301D77"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00301D77"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00301D77"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00246C37"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a7">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00A1357F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -1253,90 +10983,268 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00292656"/>
+    <w:rsid w:val="00301D77"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Mangal"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:rsid w:val="00301D77"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00301D77"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00301D77"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00246C37"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a7">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00A1357F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="93981116">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="159928953">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="848788892">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="916938324">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1105730297">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1355500750">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2083062003">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1580,70 +11488,90 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EC4BEE2-05CF-4603-A278-1B26615F606C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>6511</Characters>
+  <Pages>11</Pages>
+  <Words>2998</Words>
+  <Characters>17093</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>142</Lines>
+  <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7638</CharactersWithSpaces>
+  <CharactersWithSpaces>20051</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Пользователь Windows</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Администратор</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>