--- v0 (2026-01-05)
+++ v1 (2026-01-07)
@@ -1,3001 +1,4715 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00135FC1" w:rsidRPr="00BC1880" w:rsidRDefault="00B32376" w:rsidP="00135FC1">
-[...117 lines deleted...]
-          <w:b w:val="0"/>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение 2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министра образования                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                               от «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC1880">
-[...37 lines deleted...]
-          <w:b w:val="0"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>170</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC1880">
-[...37 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5387"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="5954"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BC1880">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ием документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для участия в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на присуждение </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC1880">
+      <w:r w:rsidRPr="006043D6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+        <w:t>гранта «Лучшая организация среднего образования»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственная услуга «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ием документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...182 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для участия в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на присуждение гранта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Лучшая организация среднего образования» (далее </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-г</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осударственная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
-[...65 lines deleted...]
-      <w:pPr>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...115 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разработан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Министерством образования и науки Республики Казахстан (далее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...518 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...370 lines deleted...]
-        <w:pStyle w:val="a8"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Государственная услуга оказывается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>районными, городскими отделами, областными управлениями образования (да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="709"/>
-[...33 lines deleted...]
-        <w:pStyle w:val="a8"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Прием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдача </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>результата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги осуществляются через</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="709"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3402"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сроки оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) с момента сдачи пакета документов – 30 (тридцать) минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>максимально допустимое время ожидания для сдачи пакета документов – 15 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пятнадцат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>максимально допустимое время обслуживания услугополучателя –               15 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пятнадцат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) минут. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Форма оказания  государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бумажная. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> Результатом оказания государственной услуги является</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расписка о получении всех документов с указанием номера, даты и времени приема заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Государственная услуга оказывается бесплатно юридическим лицам (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">График работы услугодателя: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="V009"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с понедельника по пятницу, за исключением выходных и праздничных дней, согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> трудовому </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>законодательству Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еспублики Казахстан в соответствии с установленным графиком работы услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заявлени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдач</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги осуществляется с 09.00 до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4D99E0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F5F5F5"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9. Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя (либо его представителя по доверенности):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>         1) заявка на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>произвольной форме);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) материалы, подтверждающие соответствие критериям для участия в конкурсе, согласно приложению к настоящим стандартам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При сдаче услугополучателем всех необходимых документов: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - подтверждением принятия заявления на бумажном носителе является отметка на его копии о регистрации в канцелярии услугодателя            с указанием даты и времени приема пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Порядок обжалования решений, действий (бездействий)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>местных исполнительных органов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города республиканского</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>значения и столицы, района (города областного значения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя и (или)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>его должностных лиц  по вопросам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10. О</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бжалование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>слугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалоба </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на имя руководителя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...9 lines deleted...]
-        <w:pStyle w:val="a8"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соответствующего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>местного исполнительного органа, города республиканского значения и столицы, района (города областного значения) (далее - МИО)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по адресам указанным в пункте 12 настоящего стандарта государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба подается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в письменном </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">виде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по почте либо нарочно через канцелярию услугодателя или </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соответствующего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МИО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя или МИО с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В жалобе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">юридического </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лица указываются его фамилия, имя, отчество, почтовый адрес, контактный телефон и должно быть подписано услугополучателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба услугополучателя, поступившая в адрес услугодателя или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>соответствующего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МИО, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мотивированный ответ о результатах рассмотрения жалобы направляется услугополучателю посредством почтовой связи либо выдается нарочно в канцелярии услугодателя или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>соответствующего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МИО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться с жалобой в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченный орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контролю  за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контролю  за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственной услуги, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Иные требования с учетом особенностей оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Адреса мест оказания государственной услуги размещены на интернет-ресурсах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Министерства: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> "</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>http</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText>://</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>www</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText>.</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>edu</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText>.</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>gov</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText>.</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:instrText>kz</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve">" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разделе «Государственные услуги»;   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>МИО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00BC1880">
+        <w:t xml:space="preserve">         13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации                    о порядке и статусе оказания государственной услуги посредством единого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...369 lines deleted...]
-      <w:r w:rsidRPr="00BC1880">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14. Единый контакт-центр по вопросам оказания государственных услуг: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC1880">
-[...50 lines deleted...]
-        <w:pStyle w:val="a3"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          Приложение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к стандарту государственной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ием документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для участия </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на присуждение гранта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Лучшая организация среднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00135FC1" w:rsidRPr="00BC1880" w:rsidRDefault="00135FC1" w:rsidP="00135FC1">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Критерии для участия в конкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внедрение информационно-коммуникационных технологий обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(эффективное использование современных образовательных технологий, количество учащихся на 1 компьютер, подключение к Интернету, доля обеспеченности предметными кабинетами новой модификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечение доступности качественного образования (доля выпускников, получивших аттестат об общем среднем образовании «Алтын белгі»,  доля выпускников, получивших аттестат об общем среднем образовании с отличием, доля детей, охваченных дополнительным образованием);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кадровое обеспечение образовательного процесса (прохождение курсов повышения квалификации педагогов один раз в 5 лет, доля педагогов, прошедших </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">курсы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повышени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> квалификации по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">применению </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информационн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коммуникационных технологий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уровневым программам,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">доля педагогов, преподающих предметы естественно-математического цикла на английском языке, динамика доли молодых специалистов, прибывших для работы в организацию образования в текущем году, доля педагогов с высшей и первой категорией, доля педагогов-участников </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>районных (городских), областных, республиканских и международных конференций, семинаров, форумов, выставок, смотров, педагогических чтений, участие в экспериментальных, исследовательских, прикладных работах, научных проектах (программах), экспертизе учебных и методических изданий, наличие авторских пособий, программ, научных разработок, публикаций, внедрение передового педагогического опыта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечение профориентационной диагностики склонностей учащихся);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00135FC1" w:rsidRPr="00BC1880" w:rsidRDefault="00135FC1" w:rsidP="00135FC1">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материально-техническое обеспечение, оснащение и оборудование организаций образования (эффективность и результативность финансирования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рациональность и пропорциональность распределения средств);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создание условий для сохранения здоровья обучающихся, обеспечение безопасности и создание условий охраны труда участников учебно-воспитательного процесса (охват обучающихся деятельностью спортивных секций в организациях образования, обеспечение бесплатным витаминизированным горячим питанием учащихся из числа малообеспеченных семей, динамика заболеваемости обучающихся, соответствие условий обучения санитарным правилам и нормам, наличие штатных должностей школьных инспекторов, психологов и социальных педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>турникет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и камеры видеонаблюдения, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>доля детей, состоящих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на внутришкольном учете и в инспекции по делам несовершеннолетних)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="af2"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">создание условий для профессиональной и личностной самореализации педагогов и руководителей (наличие информационно-методического пространства в организации образования, обеспеченность педагогов средствами </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информационн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коммуникационных технологий, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rStyle w:val="af2"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>результат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rStyle w:val="af2"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rStyle w:val="af2"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мониторингового исследования качественных изменений в  профессиональной деятельности учителей, прошедших повышение квалификации по уровневым программам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rStyle w:val="af2"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...11 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">создание условий для получения инклюзивного образования (доля </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>детей с особыми потребностями, охваченных инклюзивным образованием, от общего числа детей, живущих в микрорайоне, закрепленных за организацией о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бразования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:spacing w:val="2"/>
-[...42 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>высокие рейтинговые показатели в обучении учащихся за последние три года, особенность миссии организации образования (динамика доли учащихся, успешно освоивших общеобразовательные учебные программы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">управление качеством образования (принятие управленческих решений на основании результатов образовательного мониторинга потребностей учащихся и родителей, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>результативность деятельности попечительского совета организации образования)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">результаты внешней и внутренней оценки качества образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(результаты процедур внешней оценки учебных достижений, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">единого национального тестирования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и международных исследований,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>критерии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формирования и развития функциональной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математической, естественнонаучной и читательской  грамотности учащихся,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доля учащихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> призеров областных, республиканских и международных олимпиад и научных соревнований школьников);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:spacing w:val="2"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществление международного сотрудничества (количество договоров с международными организациями, доля учащихся и педагогов, участвующих в международных проектах).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Материалы для участия в конкурсе предоставляются  согласно </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вышеуказанны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>критери</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям, и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> их форма устанавливается местными исполнительными органами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение: документы для участия в конкурсе на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____  листах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата заполнения заявки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись руководителя организации образования_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006043D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">М.П. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006043D6" w:rsidRPr="006043D6" w:rsidRDefault="006043D6" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:spacing w:val="2"/>
-[...446 lines deleted...]
-    <w:sectPr w:rsidR="00135FC1" w:rsidRPr="0012062D" w:rsidSect="007E70FD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B75F5E" w:rsidRPr="006043D6" w:rsidRDefault="00B75F5E" w:rsidP="006043D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5529"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B75F5E" w:rsidRPr="006043D6" w:rsidSect="00310A8E">
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="006660B8" w:rsidRDefault="006660B8" w:rsidP="00B75F5E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="006660B8" w:rsidRDefault="006660B8" w:rsidP="00B75F5E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="DejaVu Sans">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="D200FDFF" w:usb2="0A042029" w:usb3="00000000" w:csb0="800001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="font290">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="006660B8" w:rsidRDefault="006660B8" w:rsidP="00B75F5E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="006660B8" w:rsidRDefault="006660B8" w:rsidP="00B75F5E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="002F2AFD" w:rsidRDefault="00E65F3C" w:rsidP="004E4BD0">
+    <w:pPr>
+      <w:pStyle w:val="a8"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="ac"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="ac"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00DC37C7">
+      <w:rPr>
+        <w:rStyle w:val="ac"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="ac"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="002F2AFD" w:rsidRDefault="006660B8">
+    <w:pPr>
+      <w:pStyle w:val="a8"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-532887011"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w:rsidR="00310A8E" w:rsidRDefault="00E65F3C">
+        <w:pPr>
+          <w:pStyle w:val="a8"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00310A8E">
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="006043D6">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="00310A8E" w:rsidRDefault="00310A8E">
+    <w:pPr>
+      <w:pStyle w:val="a8"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="2A6060C2"/>
+    <w:nsid w:val="451040E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="59568A92"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="B3D8F4FA"/>
+    <w:lvl w:ilvl="0" w:tplc="9ED85FCC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="49032EDB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A5A3346"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7909" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="115"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00B32376"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00F73F72"/>
+    <w:rsidRoot w:val="00001C18"/>
+    <w:rsid w:val="00001C18"/>
+    <w:rsid w:val="00026372"/>
+    <w:rsid w:val="0003377A"/>
+    <w:rsid w:val="00051A56"/>
+    <w:rsid w:val="00061DAA"/>
+    <w:rsid w:val="0009253D"/>
+    <w:rsid w:val="000A2BBE"/>
+    <w:rsid w:val="000E12B5"/>
+    <w:rsid w:val="001302AF"/>
+    <w:rsid w:val="00150BE3"/>
+    <w:rsid w:val="001E1733"/>
+    <w:rsid w:val="00272BF5"/>
+    <w:rsid w:val="002A21BE"/>
+    <w:rsid w:val="00310A8E"/>
+    <w:rsid w:val="00323ADD"/>
+    <w:rsid w:val="00377D4C"/>
+    <w:rsid w:val="003D4DB1"/>
+    <w:rsid w:val="00407966"/>
+    <w:rsid w:val="00441E2F"/>
+    <w:rsid w:val="004523C1"/>
+    <w:rsid w:val="00482E3D"/>
+    <w:rsid w:val="004A428F"/>
+    <w:rsid w:val="004A56D5"/>
+    <w:rsid w:val="004D5738"/>
+    <w:rsid w:val="004F06EE"/>
+    <w:rsid w:val="006043D6"/>
+    <w:rsid w:val="00614601"/>
+    <w:rsid w:val="006660B8"/>
+    <w:rsid w:val="006832CA"/>
+    <w:rsid w:val="00686D33"/>
+    <w:rsid w:val="006F4551"/>
+    <w:rsid w:val="00707686"/>
+    <w:rsid w:val="00735C15"/>
+    <w:rsid w:val="007A0714"/>
+    <w:rsid w:val="008A5D0E"/>
+    <w:rsid w:val="0097216A"/>
+    <w:rsid w:val="00A03A7A"/>
+    <w:rsid w:val="00A03DB9"/>
+    <w:rsid w:val="00A369B0"/>
+    <w:rsid w:val="00A71207"/>
+    <w:rsid w:val="00A86439"/>
+    <w:rsid w:val="00A93FD4"/>
+    <w:rsid w:val="00B00B48"/>
+    <w:rsid w:val="00B17614"/>
+    <w:rsid w:val="00B249A8"/>
+    <w:rsid w:val="00B75F5E"/>
+    <w:rsid w:val="00BC7937"/>
+    <w:rsid w:val="00BD33F9"/>
+    <w:rsid w:val="00BE6817"/>
+    <w:rsid w:val="00C14B96"/>
+    <w:rsid w:val="00C8395D"/>
+    <w:rsid w:val="00C86C73"/>
+    <w:rsid w:val="00CD2DB4"/>
+    <w:rsid w:val="00CE3AEC"/>
+    <w:rsid w:val="00D34A36"/>
+    <w:rsid w:val="00D478C5"/>
+    <w:rsid w:val="00DC37C7"/>
+    <w:rsid w:val="00DF07E0"/>
+    <w:rsid w:val="00E168C2"/>
+    <w:rsid w:val="00E403EB"/>
+    <w:rsid w:val="00E54019"/>
+    <w:rsid w:val="00E61EE5"/>
+    <w:rsid w:val="00E645F1"/>
+    <w:rsid w:val="00E65F3C"/>
+    <w:rsid w:val="00E71150"/>
+    <w:rsid w:val="00EC17F6"/>
+    <w:rsid w:val="00EE7E9D"/>
+    <w:rsid w:val="00F0436A"/>
+    <w:rsid w:val="00F446B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
@@ -3070,279 +4784,375 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B32376"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00B75F5E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...20 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...4 lines deleted...]
-    <w:rsid w:val="00B32376"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B75F5E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B75F5E"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="No Spacing"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B32376"/>
+    <w:rsid w:val="00B75F5E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B75F5E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B75F5E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Основной текст Знак"/>
+    <w:link w:val="ab"/>
+    <w:rsid w:val="00B75F5E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:rsid w:val="00B75F5E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Основной текст Знак1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B75F5E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a3"/>
+    <w:rsid w:val="00B75F5E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ac">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00B75F5E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B75F5E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B75F5E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Абзац списка1"/>
+    <w:rsid w:val="006F4551"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Arial Unicode MS" w:hAnsi="Calibri" w:cs="font290"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE6817"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE6817"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="00B32376"/>
+    <w:rsid w:val="006043D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
-[...1 lines deleted...]
-    <w:rsid w:val="00B32376"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:rsid w:val="006043D6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Стиль"/>
+    <w:rsid w:val="006043D6"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...10 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...6 lines deleted...]
-    <w:rsid w:val="00B32376"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Без интервала1"/>
+    <w:rsid w:val="006043D6"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="j11">
+    <w:name w:val="j11"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="006043D6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
-    <w:name w:val="Основной текст Знак"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B32376"/>
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="006043D6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="Strong"/>
+    <w:qFormat/>
+    <w:rsid w:val="006043D6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
-[...50 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000536" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1100001684" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1200000112" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/V070005106_" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3376,84 +5186,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -3589,54 +5401,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1654</Words>
-  <Characters>9428</Characters>
+  <Words>1515</Words>
+  <Characters>8638</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>71</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>yo</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11060</CharactersWithSpaces>
+  <CharactersWithSpaces>10133</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>user</dc:creator>
+  <dc:creator>Куптлеуова Багымкул Абубакировна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>