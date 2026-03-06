--- v0 (2025-12-15)
+++ v1 (2026-03-06)
@@ -1,82 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="6" rupBuild="9303"/>
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="6" rupBuild="4505"/>
   <workbookPr filterPrivacy="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="120" windowWidth="19425" windowHeight="10905"/>
+    <workbookView xWindow="0" yWindow="120" windowWidth="19425" windowHeight="10905" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="дошкольное" sheetId="1" r:id="rId1"/>
     <sheet name="среднее" sheetId="2" r:id="rId2"/>
     <sheet name="дополнительное образование" sheetId="5" r:id="rId3"/>
     <sheet name="ТиПО" sheetId="3" r:id="rId4"/>
     <sheet name="вузы" sheetId="4" r:id="rId5"/>
   </sheets>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="124519"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E13" i="2" l="1"/>
+  <c r="C12" i="2"/>
+  <c r="E12" i="1"/>
+  <c r="D12"/>
+  <c r="D20"/>
+  <c r="D15" s="1"/>
+  <c r="E15"/>
+  <c r="D31" i="2"/>
+  <c r="C13"/>
+  <c r="C20"/>
+  <c r="C15" s="1"/>
+  <c r="D15"/>
+  <c r="D23"/>
+  <c r="E13" l="1"/>
   <c r="E13" i="1"/>
-  <c r="C12" i="1"/>
-[...3 lines deleted...]
-  <c r="C13" i="2" s="1"/>
+  <c r="D13"/>
+  <c r="C13"/>
+  <c r="C12" s="1"/>
   <c r="D13" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="254" uniqueCount="47">
   <si>
     <t xml:space="preserve">Дошкольное образование </t>
   </si>
   <si>
     <t>в том числе:</t>
   </si>
   <si>
     <t>из них:</t>
   </si>
   <si>
     <t>тыс. тенге</t>
   </si>
   <si>
     <t>единиц</t>
   </si>
   <si>
     <t>штатная численность</t>
   </si>
   <si>
@@ -228,64 +238,64 @@
   <si>
     <t>средний расход на 1-го ребенка</t>
   </si>
   <si>
     <t>3.2. Основной пересонал - педагоги дополнительного образования</t>
   </si>
   <si>
     <t>среднемесячная заработная плата 1 ед.</t>
   </si>
   <si>
     <t>тенге</t>
   </si>
   <si>
     <t xml:space="preserve">Высшее и послевузовское образование </t>
   </si>
   <si>
     <t xml:space="preserve">Техническое и профессиональное образование </t>
   </si>
   <si>
     <t xml:space="preserve">Дополнительное образование </t>
   </si>
   <si>
     <t xml:space="preserve">Среднее образование </t>
   </si>
   <si>
-    <t>по состоянию на "31"октября 2018г.</t>
-[...1 lines deleted...]
-  <si>
     <t>ГУ Жетекшинская средняя общеобразовательная школа города Павлодара</t>
   </si>
   <si>
-    <t>по состоянию на "31" октября  2018г.</t>
+    <t>по состоянию на "30" ноября  2018г.</t>
+  </si>
+  <si>
+    <t>по состоянию на "30"ноября 2018г.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="7" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <fonts count="7">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <i/>
       <sz val="14"/>
@@ -298,135 +308,142 @@
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
       <i/>
       <u/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
@@ -701,1929 +718,1946 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E30"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A27" workbookViewId="0">
-      <selection activeCell="E36" sqref="E36"/>
+    <sheetView topLeftCell="A10" workbookViewId="0">
+      <selection activeCell="E12" sqref="E12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="20.25" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="20.25"/>
   <cols>
     <col min="1" max="1" width="69.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="3"/>
     <col min="3" max="7" width="12" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A1" s="17" t="s">
+    <row r="1" spans="1:5">
+      <c r="A1" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="17"/>
-[...13 lines deleted...]
-    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" s="18"/>
+      <c r="C2" s="18"/>
+      <c r="D2" s="18"/>
+      <c r="E2" s="18"/>
+    </row>
+    <row r="3" spans="1:5">
       <c r="A3" s="1"/>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="A5" s="21" t="s">
+    <row r="4" spans="1:5">
+      <c r="A4" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B4" s="21"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="21"/>
+      <c r="E4" s="21"/>
+    </row>
+    <row r="5" spans="1:5" ht="15.75" customHeight="1">
+      <c r="A5" s="22" t="s">
         <v>21</v>
       </c>
-      <c r="B5" s="21"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B5" s="22"/>
+      <c r="C5" s="22"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="22"/>
+    </row>
+    <row r="6" spans="1:5">
       <c r="A6" s="4"/>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:5">
       <c r="A7" s="15" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:5">
       <c r="A8" s="1"/>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A9" s="18" t="s">
+    <row r="9" spans="1:5">
+      <c r="A9" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="B9" s="19" t="s">
+      <c r="B9" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="C9" s="18" t="s">
+      <c r="C9" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="D9" s="18"/>
-[...4 lines deleted...]
-      <c r="B10" s="19"/>
+      <c r="D9" s="19"/>
+      <c r="E9" s="19"/>
+    </row>
+    <row r="10" spans="1:5" ht="40.5">
+      <c r="A10" s="19"/>
+      <c r="B10" s="20"/>
       <c r="C10" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:5">
       <c r="A11" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="9">
         <v>25</v>
       </c>
       <c r="D11" s="9">
         <v>25</v>
       </c>
       <c r="E11" s="9">
         <v>25</v>
       </c>
     </row>
-    <row r="12" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:5" ht="25.5">
       <c r="A12" s="12" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="9">
         <f>C13/C11</f>
-        <v>243.1</v>
+        <v>233.98</v>
       </c>
       <c r="D12" s="9">
-        <v>182.3</v>
+        <f>D13/D11</f>
+        <v>215.78</v>
       </c>
       <c r="E12" s="9">
-        <v>182.3</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+        <f>E13/E11</f>
+        <v>215.78</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="25.5">
       <c r="A13" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="9">
         <f>C15+C26+C27+C30</f>
-        <v>6077.5</v>
+        <v>5849.5</v>
       </c>
       <c r="D13" s="9">
         <f>D15+D26+D27+D30</f>
-        <v>4557.5999999999995</v>
+        <v>5394.5</v>
       </c>
       <c r="E13" s="9">
         <f>E15+E26+E27+E30</f>
-        <v>4557.5999999999995</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
+        <v>5394.5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
       <c r="A14" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B14" s="11"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
       <c r="E14" s="9"/>
     </row>
-    <row r="15" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:5" ht="25.5">
       <c r="A15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="9">
         <v>4995.5</v>
       </c>
       <c r="D15" s="9">
-        <v>3746.7</v>
+        <f>D17+D20+D23</f>
+        <v>4584.5</v>
       </c>
       <c r="E15" s="9">
-        <v>3746.7</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
+        <f>E17+E20+E23</f>
+        <v>4584.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
       <c r="A16" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B16" s="11"/>
       <c r="C16" s="9"/>
       <c r="D16" s="9"/>
       <c r="E16" s="9"/>
     </row>
-    <row r="17" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:5" ht="25.5">
       <c r="A17" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C17" s="9">
         <v>420</v>
       </c>
       <c r="D17" s="9">
-        <v>315</v>
+        <v>385</v>
       </c>
       <c r="E17" s="9">
-        <v>315</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
       <c r="A18" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B18" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="9">
         <v>0.5</v>
       </c>
       <c r="D18" s="9">
         <v>0.5</v>
       </c>
       <c r="E18" s="9">
         <v>0.5</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:5" ht="21.95" customHeight="1">
       <c r="A19" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="9">
         <v>35</v>
       </c>
       <c r="D19" s="9">
         <v>35</v>
       </c>
       <c r="E19" s="9">
         <v>35</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:5" ht="25.5">
       <c r="A20" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="9">
-        <v>3831.5</v>
+        <v>3787.3</v>
       </c>
       <c r="D20" s="9">
-        <v>2773.8</v>
+        <f>3472+46.5</f>
+        <v>3518.5</v>
       </c>
       <c r="E20" s="9">
-        <v>2773.8</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
+        <v>3518.5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
       <c r="A21" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B21" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="9">
         <v>3.7</v>
       </c>
       <c r="D21" s="9">
         <v>3.7</v>
       </c>
       <c r="E21" s="9">
         <v>3.7</v>
       </c>
     </row>
-    <row r="22" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:5" ht="21.95" customHeight="1">
       <c r="A22" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C22" s="9">
-        <v>85.3</v>
+        <v>86.4</v>
       </c>
       <c r="D22" s="9">
-        <v>85.3</v>
+        <v>86.4</v>
       </c>
       <c r="E22" s="9">
-        <v>85.3</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+        <v>86.4</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="25.5">
       <c r="A23" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C23" s="9">
         <v>744</v>
       </c>
       <c r="D23" s="9">
-        <v>558</v>
+        <v>681</v>
       </c>
       <c r="E23" s="9">
-        <v>558</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
       <c r="A24" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B24" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="9">
         <v>1.5</v>
       </c>
       <c r="D24" s="9">
         <v>1.5</v>
       </c>
       <c r="E24" s="9">
         <v>1.5</v>
       </c>
     </row>
-    <row r="25" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:5" ht="21.95" customHeight="1">
       <c r="A25" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C25" s="9">
         <v>41.3</v>
       </c>
       <c r="D25" s="9">
         <v>41.3</v>
       </c>
       <c r="E25" s="9">
         <v>41.3</v>
       </c>
     </row>
-    <row r="26" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:5" ht="25.5">
       <c r="A26" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C26" s="9">
-        <v>524</v>
+        <v>476</v>
       </c>
       <c r="D26" s="9">
-        <v>392.4</v>
+        <v>453</v>
       </c>
       <c r="E26" s="9">
-        <v>392.4</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:5" ht="36.75" x14ac:dyDescent="0.3">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="36.75">
       <c r="A27" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="9">
         <v>106</v>
       </c>
       <c r="D27" s="9">
-        <v>79.2</v>
+        <v>85</v>
       </c>
       <c r="E27" s="9">
-        <v>79.2</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="25.5">
       <c r="A28" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="9"/>
       <c r="D28" s="9"/>
       <c r="E28" s="9"/>
     </row>
-    <row r="29" spans="1:5" ht="36.75" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:5" ht="36.75">
       <c r="A29" s="14" t="s">
         <v>9</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
     </row>
-    <row r="30" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:5" ht="38.25" customHeight="1">
       <c r="A30" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C30" s="9">
-        <v>452</v>
+        <v>272</v>
       </c>
       <c r="D30" s="9">
-        <v>339.3</v>
+        <v>272</v>
       </c>
       <c r="E30" s="9">
-        <v>339.3</v>
+        <v>272</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="C9:E9"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="B9:B10"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A5:E5"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E33"/>
   <sheetViews>
-    <sheetView topLeftCell="A24" workbookViewId="0">
-      <selection activeCell="G32" sqref="G32"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="H32" sqref="H32"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="20.25" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="20.25"/>
   <cols>
-    <col min="1" max="1" width="69.42578125" style="2" customWidth="1"/>
+    <col min="1" max="1" width="67.140625" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="3"/>
-    <col min="3" max="7" width="12" style="2" customWidth="1"/>
-    <col min="8" max="16384" width="9.140625" style="2"/>
+    <col min="3" max="3" width="14.140625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="13.28515625" style="2" customWidth="1"/>
+    <col min="5" max="5" width="13.5703125" style="2" customWidth="1"/>
+    <col min="6" max="6" width="15.28515625" style="2" customWidth="1"/>
+    <col min="7" max="7" width="12" style="2" customWidth="1"/>
+    <col min="8" max="8" width="16.28515625" style="2" customWidth="1"/>
+    <col min="9" max="9" width="9.140625" style="2"/>
+    <col min="10" max="10" width="13.85546875" style="2" customWidth="1"/>
+    <col min="11" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A1" s="17" t="s">
+    <row r="1" spans="1:5">
+      <c r="A1" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="17"/>
-[...5 lines deleted...]
-      <c r="A2" s="17" t="s">
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" s="18"/>
+      <c r="C2" s="18"/>
+      <c r="D2" s="18"/>
+      <c r="E2" s="18"/>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" s="1"/>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" s="21" t="s">
         <v>44</v>
       </c>
-      <c r="B2" s="17"/>
-[...17 lines deleted...]
-      <c r="A5" s="21" t="s">
+      <c r="B4" s="21"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="21"/>
+      <c r="E4" s="21"/>
+    </row>
+    <row r="5" spans="1:5" ht="15.75" customHeight="1">
+      <c r="A5" s="22" t="s">
         <v>21</v>
       </c>
-      <c r="B5" s="21"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B5" s="22"/>
+      <c r="C5" s="22"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="22"/>
+    </row>
+    <row r="6" spans="1:5">
       <c r="A6" s="4"/>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:5">
       <c r="A7" s="15" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:5">
       <c r="A8" s="1"/>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A9" s="18" t="s">
+    <row r="9" spans="1:5">
+      <c r="A9" s="19" t="s">
         <v>43</v>
       </c>
-      <c r="B9" s="19" t="s">
+      <c r="B9" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="C9" s="18" t="s">
+      <c r="C9" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="D9" s="18"/>
-[...4 lines deleted...]
-      <c r="B10" s="19"/>
+      <c r="D9" s="19"/>
+      <c r="E9" s="19"/>
+    </row>
+    <row r="10" spans="1:5" ht="40.5">
+      <c r="A10" s="19"/>
+      <c r="B10" s="20"/>
       <c r="C10" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:5">
       <c r="A11" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="9">
         <v>310</v>
       </c>
       <c r="D11" s="9">
         <v>310</v>
       </c>
       <c r="E11" s="9">
         <v>310</v>
       </c>
     </row>
-    <row r="12" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:5" ht="25.5">
       <c r="A12" s="12" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="9">
-        <v>372.1</v>
+        <f>C13/C11</f>
+        <v>367.89000000000004</v>
       </c>
       <c r="D12" s="9">
-        <v>325</v>
+        <v>330.63</v>
       </c>
       <c r="E12" s="9">
-        <v>325</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+        <v>330.63</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="25.5">
       <c r="A13" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="9">
         <f>C15+C29+C30+C31+C32++C33</f>
-        <v>115349.8</v>
+        <v>114045.90000000001</v>
       </c>
       <c r="D13" s="9">
         <f>D15+D29+D30+D31+D32+D33</f>
-        <v>100751.8</v>
+        <v>102494.50000000001</v>
       </c>
       <c r="E13" s="9">
         <f>E15+E29+E30+E31+E32+E33</f>
-        <v>100751.8</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
+        <v>102494.50000000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
       <c r="A14" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B14" s="11"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
       <c r="E14" s="9"/>
     </row>
-    <row r="15" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:5" ht="25.5">
       <c r="A15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="9">
-        <f>83120.1+2463.9</f>
-        <v>85584</v>
+        <f>C17+C20+C23+C26</f>
+        <v>82470.100000000006</v>
       </c>
       <c r="D15" s="9">
-        <v>75108</v>
+        <f>D17+D20+D23+D26</f>
+        <v>74527.100000000006</v>
       </c>
       <c r="E15" s="9">
-        <v>75108</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
+        <v>74527.100000000006</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
       <c r="A16" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B16" s="11"/>
       <c r="C16" s="9"/>
       <c r="D16" s="9"/>
       <c r="E16" s="9"/>
     </row>
-    <row r="17" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:5" ht="25.5">
       <c r="A17" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C17" s="9">
-        <v>8152.8</v>
+        <v>8150.4</v>
       </c>
       <c r="D17" s="9">
-        <v>6794</v>
+        <v>7471.2</v>
       </c>
       <c r="E17" s="9">
-        <v>6794</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
+        <v>7471.2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
       <c r="A18" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B18" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="9">
         <v>6</v>
       </c>
       <c r="D18" s="9">
         <v>6</v>
       </c>
       <c r="E18" s="9">
         <v>6</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:5" ht="21.95" customHeight="1">
       <c r="A19" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="9">
         <v>113.2</v>
       </c>
       <c r="D19" s="9">
         <v>113.2</v>
       </c>
       <c r="E19" s="9">
         <v>113.2</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:5" ht="25.5">
       <c r="A20" s="9" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="9">
-        <v>61539.6</v>
+        <f>52791.6+1106.5</f>
+        <v>53898.1</v>
       </c>
       <c r="D20" s="9">
-        <v>51283</v>
+        <v>48371.4</v>
       </c>
       <c r="E20" s="9">
-        <v>51283</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
+        <v>48371.4</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
       <c r="A21" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B21" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="9">
         <v>41</v>
       </c>
       <c r="D21" s="9">
         <v>41</v>
       </c>
       <c r="E21" s="9">
         <v>41</v>
       </c>
     </row>
-    <row r="22" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:5" ht="21.95" customHeight="1">
       <c r="A22" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C22" s="9">
-        <v>125</v>
+        <v>109.5</v>
       </c>
       <c r="D22" s="9">
-        <v>125</v>
+        <v>109.5</v>
       </c>
       <c r="E22" s="9">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5" ht="39" x14ac:dyDescent="0.3">
+        <v>109.5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="39">
       <c r="A23" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C23" s="9">
-        <v>7548</v>
+        <v>7551.6</v>
       </c>
       <c r="D23" s="9">
-        <v>6290</v>
+        <f>6922.3-35.3</f>
+        <v>6887</v>
       </c>
       <c r="E23" s="9">
-        <v>6290</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+        <v>6887</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
       <c r="A24" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B24" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="9">
         <v>7</v>
       </c>
       <c r="D24" s="9">
         <v>7</v>
       </c>
       <c r="E24" s="9">
         <v>7</v>
       </c>
     </row>
-    <row r="25" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:5" ht="21.95" customHeight="1">
       <c r="A25" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C25" s="9">
         <v>89.9</v>
       </c>
       <c r="D25" s="9">
         <v>89.9</v>
       </c>
       <c r="E25" s="9">
         <v>89.9</v>
       </c>
     </row>
-    <row r="26" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:5" ht="25.5">
       <c r="A26" s="9" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C26" s="9">
-        <v>128892</v>
+        <v>12870</v>
       </c>
       <c r="D26" s="9">
-        <v>10741</v>
+        <v>11797.5</v>
       </c>
       <c r="E26" s="9">
-        <v>10741</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
+        <v>11797.5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
       <c r="A27" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B27" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="9">
         <v>25</v>
       </c>
       <c r="D27" s="9">
         <v>25</v>
       </c>
       <c r="E27" s="9">
         <v>25</v>
       </c>
     </row>
-    <row r="28" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:5" ht="21.95" customHeight="1">
       <c r="A28" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C28" s="9">
         <v>42.9</v>
       </c>
       <c r="D28" s="9">
         <v>42.9</v>
       </c>
       <c r="E28" s="9">
         <v>42.9</v>
       </c>
     </row>
-    <row r="29" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:5" ht="25.5">
       <c r="A29" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C29" s="9">
-        <v>7746.1</v>
+      <c r="C29" s="17">
+        <v>7559.3</v>
       </c>
       <c r="D29" s="9">
-        <v>6444.1</v>
+        <v>6920.1</v>
       </c>
       <c r="E29" s="9">
-        <v>6444.1</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:5" ht="36.75" x14ac:dyDescent="0.3">
+        <v>6920.1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="36.75">
       <c r="A30" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C30" s="9">
-        <v>6894</v>
+      <c r="C30" s="17">
+        <v>6843</v>
       </c>
       <c r="D30" s="9">
-        <v>4648</v>
+        <v>4911</v>
       </c>
       <c r="E30" s="9">
-        <v>4648</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+        <v>4911</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="38.25" customHeight="1">
       <c r="A31" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C31" s="9">
-        <v>2040</v>
+      <c r="C31" s="17">
+        <v>4087.8</v>
       </c>
       <c r="D31" s="9">
-        <v>1506</v>
+        <f>3047+3.6</f>
+        <v>3050.6</v>
       </c>
       <c r="E31" s="9">
-        <v>1506</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:5" ht="36.75" x14ac:dyDescent="0.3">
+        <v>3050.6</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" ht="48.75" customHeight="1">
       <c r="A32" s="14" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C32" s="9">
+      <c r="C32" s="17">
         <v>12705.7</v>
       </c>
       <c r="D32" s="9">
         <v>12705.7</v>
       </c>
       <c r="E32" s="9">
         <v>12705.7</v>
       </c>
     </row>
-    <row r="33" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:5" ht="60.75" customHeight="1">
       <c r="A33" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C33" s="9">
+      <c r="C33" s="17">
         <v>380</v>
       </c>
       <c r="D33" s="9">
-        <v>340</v>
+        <v>380</v>
       </c>
       <c r="E33" s="9">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="B9:B10"/>
     <mergeCell ref="C9:E9"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="75" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E30"/>
   <sheetViews>
     <sheetView topLeftCell="A19" workbookViewId="0">
       <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="20.25" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="20.25"/>
   <cols>
     <col min="1" max="1" width="69.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="3"/>
     <col min="3" max="7" width="12" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A1" s="17" t="s">
+    <row r="1" spans="1:5">
+      <c r="A1" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="17"/>
-[...5 lines deleted...]
-      <c r="A2" s="17" t="s">
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" s="18" t="s">
         <v>23</v>
       </c>
-      <c r="B2" s="17"/>
-[...4 lines deleted...]
-    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B2" s="18"/>
+      <c r="C2" s="18"/>
+      <c r="D2" s="18"/>
+      <c r="E2" s="18"/>
+    </row>
+    <row r="3" spans="1:5">
       <c r="A3" s="1"/>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="A5" s="21" t="s">
+    <row r="4" spans="1:5">
+      <c r="A4" s="21"/>
+      <c r="B4" s="21"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="21"/>
+      <c r="E4" s="21"/>
+    </row>
+    <row r="5" spans="1:5" ht="15.75" customHeight="1">
+      <c r="A5" s="22" t="s">
         <v>21</v>
       </c>
-      <c r="B5" s="21"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B5" s="22"/>
+      <c r="C5" s="22"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="22"/>
+    </row>
+    <row r="6" spans="1:5">
       <c r="A6" s="4"/>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:5">
       <c r="A7" s="15" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:5">
       <c r="A8" s="1"/>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A9" s="18" t="s">
+    <row r="9" spans="1:5">
+      <c r="A9" s="19" t="s">
         <v>42</v>
       </c>
-      <c r="B9" s="19" t="s">
+      <c r="B9" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="C9" s="18" t="s">
+      <c r="C9" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="D9" s="18"/>
-[...4 lines deleted...]
-      <c r="B10" s="19"/>
+      <c r="D9" s="19"/>
+      <c r="E9" s="19"/>
+    </row>
+    <row r="10" spans="1:5" ht="40.5">
+      <c r="A10" s="19"/>
+      <c r="B10" s="20"/>
       <c r="C10" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:5">
       <c r="A11" s="7" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="9"/>
       <c r="D11" s="9"/>
       <c r="E11" s="9"/>
     </row>
-    <row r="12" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:5" ht="25.5">
       <c r="A12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
     </row>
-    <row r="13" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:5" ht="25.5">
       <c r="A13" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:5">
       <c r="A14" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B14" s="11"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
       <c r="E14" s="9"/>
     </row>
-    <row r="15" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:5" ht="25.5">
       <c r="A15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="9"/>
       <c r="D15" s="9"/>
       <c r="E15" s="9"/>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:5">
       <c r="A16" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B16" s="11"/>
       <c r="C16" s="9"/>
       <c r="D16" s="9"/>
       <c r="E16" s="9"/>
     </row>
-    <row r="17" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:5" ht="25.5">
       <c r="A17" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
       <c r="E17" s="9"/>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:5">
       <c r="A18" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B18" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
     </row>
-    <row r="19" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:5" ht="21.95" customHeight="1">
       <c r="A19" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="9"/>
     </row>
-    <row r="20" spans="1:5" ht="40.5" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:5" ht="40.5">
       <c r="A20" s="16" t="s">
         <v>37</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:5">
       <c r="A21" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B21" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="9"/>
       <c r="D21" s="9"/>
       <c r="E21" s="9"/>
     </row>
-    <row r="22" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:5" ht="21.95" customHeight="1">
       <c r="A22" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C22" s="9"/>
       <c r="D22" s="9"/>
       <c r="E22" s="9"/>
     </row>
-    <row r="23" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:5" ht="25.5">
       <c r="A23" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="9"/>
     </row>
-    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:5">
       <c r="A24" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B24" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
     </row>
-    <row r="25" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:5" ht="21.95" customHeight="1">
       <c r="A25" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C25" s="9"/>
       <c r="D25" s="9"/>
       <c r="E25" s="9"/>
     </row>
-    <row r="26" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:5" ht="25.5">
       <c r="A26" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C26" s="9"/>
       <c r="D26" s="9"/>
       <c r="E26" s="9"/>
     </row>
-    <row r="27" spans="1:5" ht="36.75" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:5" ht="36.75">
       <c r="A27" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
     </row>
-    <row r="28" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:5" ht="25.5">
       <c r="A28" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="9"/>
       <c r="D28" s="9"/>
       <c r="E28" s="9"/>
     </row>
-    <row r="29" spans="1:5" ht="36.75" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:5" ht="36.75">
       <c r="A29" s="14" t="s">
         <v>9</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
     </row>
-    <row r="30" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:5" ht="38.25" customHeight="1">
       <c r="A30" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C30" s="9"/>
       <c r="D30" s="9"/>
       <c r="E30" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="B9:B10"/>
     <mergeCell ref="C9:E9"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="75" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E33"/>
   <sheetViews>
     <sheetView topLeftCell="A22" workbookViewId="0">
       <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="20.25" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="20.25"/>
   <cols>
     <col min="1" max="1" width="69.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="3"/>
     <col min="3" max="7" width="12" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A1" s="17" t="s">
+    <row r="1" spans="1:5">
+      <c r="A1" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="17"/>
-[...5 lines deleted...]
-      <c r="A2" s="17" t="s">
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" s="18" t="s">
         <v>23</v>
       </c>
-      <c r="B2" s="17"/>
-[...4 lines deleted...]
-    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B2" s="18"/>
+      <c r="C2" s="18"/>
+      <c r="D2" s="18"/>
+      <c r="E2" s="18"/>
+    </row>
+    <row r="3" spans="1:5">
       <c r="A3" s="1"/>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="A5" s="21" t="s">
+    <row r="4" spans="1:5">
+      <c r="A4" s="21"/>
+      <c r="B4" s="21"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="21"/>
+      <c r="E4" s="21"/>
+    </row>
+    <row r="5" spans="1:5" ht="15.75" customHeight="1">
+      <c r="A5" s="22" t="s">
         <v>21</v>
       </c>
-      <c r="B5" s="21"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B5" s="22"/>
+      <c r="C5" s="22"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="22"/>
+    </row>
+    <row r="6" spans="1:5">
       <c r="A6" s="4"/>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:5">
       <c r="A7" s="15" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:5">
       <c r="A8" s="1"/>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A9" s="18" t="s">
+    <row r="9" spans="1:5">
+      <c r="A9" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="B9" s="19" t="s">
+      <c r="B9" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="C9" s="18" t="s">
+      <c r="C9" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="D9" s="18"/>
-[...4 lines deleted...]
-      <c r="B10" s="19"/>
+      <c r="D9" s="19"/>
+      <c r="E9" s="19"/>
+    </row>
+    <row r="10" spans="1:5" ht="40.5">
+      <c r="A10" s="19"/>
+      <c r="B10" s="20"/>
       <c r="C10" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:5">
       <c r="A11" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="9"/>
       <c r="D11" s="9"/>
       <c r="E11" s="9"/>
     </row>
-    <row r="12" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:5" ht="25.5">
       <c r="A12" s="12" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
     </row>
-    <row r="13" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:5" ht="25.5">
       <c r="A13" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:5">
       <c r="A14" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B14" s="11"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
       <c r="E14" s="9"/>
     </row>
-    <row r="15" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:5" ht="25.5">
       <c r="A15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="9"/>
       <c r="D15" s="9"/>
       <c r="E15" s="9"/>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:5">
       <c r="A16" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B16" s="11"/>
       <c r="C16" s="9"/>
       <c r="D16" s="9"/>
       <c r="E16" s="9"/>
     </row>
-    <row r="17" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:5" ht="25.5">
       <c r="A17" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
       <c r="E17" s="9"/>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:5">
       <c r="A18" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B18" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
     </row>
-    <row r="19" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:5" ht="21.95" customHeight="1">
       <c r="A19" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="9"/>
     </row>
-    <row r="20" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:5" ht="25.5">
       <c r="A20" s="9" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:5">
       <c r="A21" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B21" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="9"/>
       <c r="D21" s="9"/>
       <c r="E21" s="9"/>
     </row>
-    <row r="22" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:5" ht="21.95" customHeight="1">
       <c r="A22" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C22" s="9"/>
       <c r="D22" s="9"/>
       <c r="E22" s="9"/>
     </row>
-    <row r="23" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:5" ht="25.5" customHeight="1">
       <c r="A23" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="9"/>
     </row>
-    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:5">
       <c r="A24" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B24" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
     </row>
-    <row r="25" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:5" ht="21.95" customHeight="1">
       <c r="A25" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C25" s="9"/>
       <c r="D25" s="9"/>
       <c r="E25" s="9"/>
     </row>
-    <row r="26" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:5" ht="25.5">
       <c r="A26" s="9" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C26" s="9"/>
       <c r="D26" s="9"/>
       <c r="E26" s="9"/>
     </row>
-    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:5">
       <c r="A27" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B27" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
     </row>
-    <row r="28" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:5" ht="21.95" customHeight="1">
       <c r="A28" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C28" s="9"/>
       <c r="D28" s="9"/>
       <c r="E28" s="9"/>
     </row>
-    <row r="29" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:5" ht="25.5">
       <c r="A29" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
     </row>
-    <row r="30" spans="1:5" ht="36.75" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:5" ht="36.75">
       <c r="A30" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C30" s="9"/>
       <c r="D30" s="9"/>
       <c r="E30" s="9"/>
     </row>
-    <row r="31" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:5" ht="25.5">
       <c r="A31" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="9"/>
     </row>
-    <row r="32" spans="1:5" ht="36.75" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:5" ht="36.75">
       <c r="A32" s="14" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C32" s="9"/>
       <c r="D32" s="9"/>
       <c r="E32" s="9"/>
     </row>
-    <row r="33" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:5" ht="38.25" customHeight="1">
       <c r="A33" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C33" s="9"/>
       <c r="D33" s="9"/>
       <c r="E33" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="B9:B10"/>
     <mergeCell ref="C9:E9"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="75" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:E30"/>
   <sheetViews>
     <sheetView topLeftCell="A19" workbookViewId="0">
       <selection activeCell="A9" sqref="A9:A10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="20.25" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="20.25"/>
   <cols>
     <col min="1" max="1" width="69.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="3"/>
     <col min="3" max="7" width="12" style="2" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A1" s="17" t="s">
+    <row r="1" spans="1:5">
+      <c r="A1" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="17"/>
-[...5 lines deleted...]
-      <c r="A2" s="17" t="s">
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+      <c r="E1" s="18"/>
+    </row>
+    <row r="2" spans="1:5">
+      <c r="A2" s="18" t="s">
         <v>23</v>
       </c>
-      <c r="B2" s="17"/>
-[...4 lines deleted...]
-    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B2" s="18"/>
+      <c r="C2" s="18"/>
+      <c r="D2" s="18"/>
+      <c r="E2" s="18"/>
+    </row>
+    <row r="3" spans="1:5">
       <c r="A3" s="1"/>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="A5" s="21" t="s">
+    <row r="4" spans="1:5">
+      <c r="A4" s="21"/>
+      <c r="B4" s="21"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="21"/>
+      <c r="E4" s="21"/>
+    </row>
+    <row r="5" spans="1:5" ht="15.75" customHeight="1">
+      <c r="A5" s="22" t="s">
         <v>21</v>
       </c>
-      <c r="B5" s="21"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B5" s="22"/>
+      <c r="C5" s="22"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="22"/>
+    </row>
+    <row r="6" spans="1:5">
       <c r="A6" s="4"/>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:5">
       <c r="A7" s="15" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:5">
       <c r="A8" s="1"/>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
-      <c r="A9" s="18" t="s">
+    <row r="9" spans="1:5">
+      <c r="A9" s="19" t="s">
         <v>40</v>
       </c>
-      <c r="B9" s="19" t="s">
+      <c r="B9" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="C9" s="18" t="s">
+      <c r="C9" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="D9" s="18"/>
-[...4 lines deleted...]
-      <c r="B10" s="19"/>
+      <c r="D9" s="19"/>
+      <c r="E9" s="19"/>
+    </row>
+    <row r="10" spans="1:5" ht="40.5">
+      <c r="A10" s="19"/>
+      <c r="B10" s="20"/>
       <c r="C10" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:5">
       <c r="A11" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="9"/>
       <c r="D11" s="9"/>
       <c r="E11" s="9"/>
     </row>
-    <row r="12" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:5" ht="25.5">
       <c r="A12" s="12" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
     </row>
-    <row r="13" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:5" ht="25.5">
       <c r="A13" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:5">
       <c r="A14" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B14" s="11"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
       <c r="E14" s="9"/>
     </row>
-    <row r="15" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:5" ht="25.5">
       <c r="A15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="9"/>
       <c r="D15" s="9"/>
       <c r="E15" s="9"/>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:5">
       <c r="A16" s="10" t="s">
         <v>2</v>
       </c>
       <c r="B16" s="11"/>
       <c r="C16" s="9"/>
       <c r="D16" s="9"/>
       <c r="E16" s="9"/>
     </row>
-    <row r="17" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:5" ht="25.5">
       <c r="A17" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
       <c r="E17" s="9"/>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:5">
       <c r="A18" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B18" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
     </row>
-    <row r="19" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:5" ht="21.95" customHeight="1">
       <c r="A19" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B19" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="9"/>
     </row>
-    <row r="20" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:5" ht="25.5">
       <c r="A20" s="9" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:5">
       <c r="A21" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B21" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="9"/>
       <c r="D21" s="9"/>
       <c r="E21" s="9"/>
     </row>
-    <row r="22" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:5" ht="21.95" customHeight="1">
       <c r="A22" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C22" s="9"/>
       <c r="D22" s="9"/>
       <c r="E22" s="9"/>
     </row>
-    <row r="23" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:5" ht="25.5">
       <c r="A23" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="9"/>
     </row>
-    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:5">
       <c r="A24" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B24" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
     </row>
-    <row r="25" spans="1:5" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:5" ht="21.95" customHeight="1">
       <c r="A25" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C25" s="9"/>
       <c r="D25" s="9"/>
       <c r="E25" s="9"/>
     </row>
-    <row r="26" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:5" ht="25.5">
       <c r="A26" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C26" s="9"/>
       <c r="D26" s="9"/>
       <c r="E26" s="9"/>
     </row>
-    <row r="27" spans="1:5" ht="36.75" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:5" ht="36.75">
       <c r="A27" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="9"/>
     </row>
-    <row r="28" spans="1:5" ht="25.5" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:5" ht="25.5">
       <c r="A28" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="9"/>
       <c r="D28" s="9"/>
       <c r="E28" s="9"/>
     </row>
-    <row r="29" spans="1:5" ht="36.75" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:5" ht="36.75">
       <c r="A29" s="14" t="s">
         <v>9</v>
       </c>
       <c r="B29" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
     </row>
-    <row r="30" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:5" ht="38.25" customHeight="1">
       <c r="A30" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C30" s="9"/>
       <c r="D30" s="9"/>
       <c r="E30" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="B9:B10"/>
     <mergeCell ref="C9:E9"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="75" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 