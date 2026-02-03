--- v0 (2026-01-05)
+++ v1 (2026-02-03)
@@ -1,6277 +1,5003 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0002555B" w:rsidRDefault="0002555B" w:rsidP="0002555B">
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00E64AD3" w:rsidRDefault="00E64AD3" w:rsidP="00E64AD3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64AD3" w:rsidRDefault="00E64AD3" w:rsidP="00E64AD3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   к приказу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64AD3" w:rsidRDefault="00E64AD3" w:rsidP="00E64AD3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Министра образования и науки </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64AD3" w:rsidRDefault="00E64AD3" w:rsidP="00E64AD3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64AD3" w:rsidRDefault="00E64AD3" w:rsidP="00E64AD3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   от «13»  апреля 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E64AD3" w:rsidRDefault="00E64AD3" w:rsidP="00E64AD3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   № 198</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF1540" w:rsidRPr="00FB24E2" w:rsidRDefault="00FF1540" w:rsidP="00FF1540">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00F621DD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="004727C5">
+      <w:r w:rsidR="00B126CA" w:rsidRPr="00FB24E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00876969">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...29 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="005418C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="005418C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F621DD">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="003F6148" w:rsidRDefault="003F6148" w:rsidP="003F6148">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...89 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная услуга «</w:t>
+      </w:r>
+      <w:r w:rsidR="00B126CA" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах</w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>» (далее –</w:t>
+      </w:r>
+      <w:r w:rsidR="00396EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственн</w:t>
+      </w:r>
+      <w:r w:rsidR="00396EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="00396EA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F6148">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="003F6148" w:rsidRDefault="003F6148" w:rsidP="003F6148">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...39 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="003F6148">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="003F6148" w:rsidRDefault="003F6148" w:rsidP="003F6148">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...55 lines deleted...]
-        <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="003F6148">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга оказывается </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6CC2" w:rsidRPr="003F6148">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аппаратом акима поселка, села, сельского округа</w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="003F6148">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005418C0" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00D641BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...68 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием заявлени</w:t>
+      </w:r>
+      <w:r w:rsidR="009B27F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдача ре</w:t>
+      </w:r>
+      <w:r w:rsidR="009B27F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зультата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государстве</w:t>
+      </w:r>
+      <w:r w:rsidR="009B27F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нной</w:t>
+      </w:r>
+      <w:r w:rsidR="00D641BE" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="009B27F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00D641BE" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляются через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRDefault="00386B20" w:rsidP="005418C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C4F17" w:rsidRPr="00FB24E2" w:rsidRDefault="004C4F17" w:rsidP="005418C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F621DD">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="005418C0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        </w:numPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00054293" w:rsidRPr="00FB24E2" w:rsidRDefault="0095652F" w:rsidP="00F17205">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00D57461" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00D57461">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00155792" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00054293" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сроки оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F17205" w:rsidRPr="00F17205">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00054293" w:rsidRPr="00FB24E2" w:rsidRDefault="00054293" w:rsidP="00054293">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...49 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRPr="00F621DD" w:rsidRDefault="00985D65" w:rsidP="00D57461">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с момента сдачи документов– пять рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00054293" w:rsidRPr="00FB24E2" w:rsidRDefault="00054293" w:rsidP="00054293">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00985D65" w:rsidRDefault="00985D65" w:rsidP="00D57461">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>максимально допустимое время ожидания для сдачи документов</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00B27A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00054293" w:rsidRPr="00FB24E2" w:rsidRDefault="00054293" w:rsidP="00054293">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...49 lines deleted...]
-    <w:p w:rsidR="004E0EA7" w:rsidRDefault="00985D65" w:rsidP="00876969">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>максимально допустимое время обслуживания</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27A0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>– 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="00155792" w:rsidP="00155792">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0095652F" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2A07" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма а оказания государственной услуги – бумажная. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001137CA" w:rsidRPr="00FB24E2" w:rsidRDefault="00F17205" w:rsidP="00F17205">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0095652F" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00155792" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00054293" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результат оказания государственной услуги – </w:t>
+      </w:r>
+      <w:r w:rsidR="001137CA" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справка </w:t>
+      </w:r>
+      <w:r w:rsidR="008B2EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о предоставлении</w:t>
+      </w:r>
+      <w:r w:rsidR="001137CA" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесплатн</w:t>
+      </w:r>
+      <w:r w:rsidR="008B2EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ого</w:t>
+      </w:r>
+      <w:r w:rsidR="001137CA" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подвоз</w:t>
+      </w:r>
+      <w:r w:rsidR="008B2EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="001137CA" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к общеобразовательной организации образования и обратно домой по форме согласно</w:t>
+      </w:r>
+      <w:r w:rsidR="001137CA" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="001137CA" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 1 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00254012">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0095652F" w:rsidRPr="00FB24E2" w:rsidRDefault="0095652F" w:rsidP="0095652F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Форма предоставления результата оказания государственной услуги –бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0095652F" w:rsidRPr="00FB24E2" w:rsidRDefault="0095652F" w:rsidP="0095652F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002320D9" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00155792" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная услуга оказывается бесплатно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> физическим лицам (далее</w:t>
+      </w:r>
+      <w:r w:rsidR="0082372C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0082372C" w:rsidRPr="003F6148">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0082372C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00054293" w:rsidRPr="00BA66D5" w:rsidRDefault="00BA66D5" w:rsidP="00BA66D5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002320D9" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00155792" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">График работы </w:t>
+      </w:r>
+      <w:r w:rsidR="00054293" w:rsidRPr="00BA66D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00054293" w:rsidRPr="00FB24E2" w:rsidRDefault="00054293" w:rsidP="00054293">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием заявлени</w:t>
+      </w:r>
+      <w:r w:rsidR="009B27F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я и выдача результата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2A17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="002320D9" w:rsidP="003E0ABF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="0006183F" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя:</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0ABF" w:rsidRPr="00254012">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F16E4" w:rsidRPr="00FB24E2" w:rsidRDefault="001137CA" w:rsidP="005A2A07">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00876969" w:rsidRDefault="004E0EA7" w:rsidP="00876969">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidR="003F16E4" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аявление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F4106A" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по форме согласно</w:t>
+      </w:r>
+      <w:r w:rsidR="00F4106A" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F4106A" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 2 к настоящему стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="003F16E4" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="005A2A07" w:rsidP="005A2A07">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...189 lines deleted...]
-    <w:p w:rsidR="00876969" w:rsidRPr="005218A6" w:rsidRDefault="00876969" w:rsidP="00876969">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документ, удостоверяющий личность услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="00975AD0" w:rsidP="005A2A07">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
-[...97 lines deleted...]
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...460 lines deleted...]
-    <w:p w:rsidR="006D7EB5" w:rsidRPr="00F621DD" w:rsidRDefault="006D7EB5" w:rsidP="00876969">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копия </w:t>
+      </w:r>
+      <w:r w:rsidR="001137CA" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свидетельств</w:t>
+      </w:r>
+      <w:r w:rsidR="0049262C" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="001137CA" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о рождении или удостоверени</w:t>
+      </w:r>
+      <w:r w:rsidR="00626187" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="001137CA" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> личности ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00626187" w:rsidRPr="00FB24E2" w:rsidRDefault="001137CA" w:rsidP="005A2A07">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...50 lines deleted...]
-    <w:p w:rsidR="006D7EB5" w:rsidRPr="00F621DD" w:rsidRDefault="006D7EB5" w:rsidP="003140E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>справка с места учебы по форме согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 3 к настоящему стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="005A2A07" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="005A2A07" w:rsidP="005A2A07">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При приеме документов услугодатель выдает услугополучателю расписку о приеме соответствующих документов с указанием: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="005A2A07" w:rsidP="005A2A07">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...70 lines deleted...]
-    <w:p w:rsidR="006D7EB5" w:rsidRPr="00F621DD" w:rsidRDefault="006D7EB5" w:rsidP="003140E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>номера и даты приема запроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="005A2A07" w:rsidP="005A2A07">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...48 lines deleted...]
-    <w:p w:rsidR="00A62394" w:rsidRPr="00F621DD" w:rsidRDefault="00A62394" w:rsidP="003140E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вида запрашиваемой государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="005A2A07" w:rsidP="005A2A07">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...66 lines deleted...]
-    <w:p w:rsidR="00AF3173" w:rsidRDefault="00AF3173" w:rsidP="003140E8">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>количества и названия приложенных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="005A2A07" w:rsidP="005A2A07">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...165 lines deleted...]
-    <w:p w:rsidR="003140E8" w:rsidRPr="00F621DD" w:rsidRDefault="003140E8" w:rsidP="003140E8">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>даты (времени) и места выдачи документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A2A07" w:rsidRPr="00FB24E2" w:rsidRDefault="005A2A07" w:rsidP="005A2A07">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w:rsidR="003140E8" w:rsidRPr="00F621DD" w:rsidRDefault="003140E8" w:rsidP="003140E8">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фамилии, имени, а также отчества (при наличии) работника услугодателя, принявшего заявление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="005A2A07" w:rsidP="0049262C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...24 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фамилии, имени, а также отчества (при наличии) услугополучателя и его контактных телефонов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...24 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C4F17" w:rsidRPr="00FB24E2" w:rsidRDefault="004C4F17" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...214 lines deleted...]
-    <w:p w:rsidR="00751D64" w:rsidRPr="001F7D19" w:rsidRDefault="00751D64" w:rsidP="001F7D19">
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E971D9" w:rsidRPr="00FB24E2" w:rsidRDefault="00E971D9" w:rsidP="00E971D9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Порядок обжалования решений, действий (бездействия) местных исполнительных органов областей, города республиканского значения, столицы, районов, городов областного значения, а также услугодателей и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E971D9" w:rsidRPr="00FB24E2" w:rsidRDefault="00E971D9" w:rsidP="00E971D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...44 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E971D9" w:rsidRPr="00FB24E2" w:rsidRDefault="009C7949" w:rsidP="009C7949">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...75 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="001F7D19">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="002320D9" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E971D9" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя либо руководителя соответствующего местного исполнительного органа областей, города республиканского значения, столицы (далее – акимат) по адресам, указанным в пункте 1</w:t>
+      </w:r>
+      <w:r w:rsidR="002320D9" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F621DD">
-[...13 lines deleted...]
-        </w:tabs>
+      <w:r w:rsidR="00E971D9" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E971D9" w:rsidRPr="00FB24E2" w:rsidRDefault="00E971D9" w:rsidP="00E971D9">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-        </w:tabs>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалоба подается в письменной форме по почте либо нарочно через канцелярию услугодателя или акимата. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E971D9" w:rsidRPr="00FB24E2" w:rsidRDefault="00E971D9" w:rsidP="00E971D9">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...48 lines deleted...]
-    <w:p w:rsidR="00C96802" w:rsidRDefault="00733223" w:rsidP="00C96802">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В жалобе физического лица указывается его фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidR="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E971D9" w:rsidRPr="00FB24E2" w:rsidRDefault="00E971D9" w:rsidP="00E971D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя или акимата с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E971D9" w:rsidRPr="00FB24E2" w:rsidRDefault="00E971D9" w:rsidP="00E971D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес услугодателя, акимата, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услогополучателю по почте либо выдается нарочно в канцелярии услугодателя, акимата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E971D9" w:rsidRPr="00FB24E2" w:rsidRDefault="00E971D9" w:rsidP="00E971D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае несогласия с результатами оказанной государственной услуги услугополучатель может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E971D9" w:rsidRPr="00FB24E2" w:rsidRDefault="00E971D9" w:rsidP="00E971D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E971D9" w:rsidRPr="00FB24E2" w:rsidRDefault="00E971D9" w:rsidP="00E971D9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Также информацию о порядке обжалования действий (бездействия) услугодателя и (или) его должностных лиц можно получить по телефону </w:t>
+      </w:r>
+      <w:r w:rsidR="0029642C" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Единого </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра по вопросам оказания государствен</w:t>
+      </w:r>
+      <w:r w:rsidR="001D4BF9" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ных услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «1414»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00846443" w:rsidP="00846443">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...126 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002320D9" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E971D9" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случаях несогласия с результатами оказанной государственной услуги услугополучатель имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E971D9" w:rsidRPr="00FB24E2" w:rsidRDefault="00E971D9" w:rsidP="00E971D9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...296 lines deleted...]
-    <w:p w:rsidR="001F7D19" w:rsidRPr="00925428" w:rsidRDefault="001F7D19" w:rsidP="001F7D19">
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D0CDB" w:rsidRPr="00FB24E2" w:rsidRDefault="009D0CDB" w:rsidP="009D0CDB">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D0CDB" w:rsidRPr="00FB24E2" w:rsidRDefault="00846443" w:rsidP="00846443">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="1069"/>
-[...22 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="001D4BF9" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009D0CDB" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Адреса мест оказания государственной услуги размещены на интернет-ресурсе Министерства www.edu.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D0CDB" w:rsidRPr="00FB24E2" w:rsidRDefault="00846443" w:rsidP="00C47FA5">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1069"/>
-[...28 lines deleted...]
-        <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...257 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="001D4BF9" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009D0CDB" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерства www.edu.gov.kz, услугодателя www.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D0CDB" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>bala</w:t>
+      </w:r>
+      <w:r w:rsidR="009D0CDB" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="009D0CDB" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kkk</w:t>
+      </w:r>
+      <w:r w:rsidR="009D0CDB" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.kz. Единый контакт-центр по вопросам оказания государственных услуг </w:t>
+      </w:r>
+      <w:r w:rsidR="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009D0CDB" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1414</w:t>
+      </w:r>
+      <w:r w:rsidR="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="009D0CDB" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C672E6" w:rsidRDefault="00C672E6" w:rsidP="00C672E6">
-[...1 lines deleted...]
-        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F621DD">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRDefault="00386B20" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B2EF3" w:rsidRPr="008B2EF3" w:rsidRDefault="008B2EF3" w:rsidP="008B2EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B2EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00FB24E2" w:rsidRDefault="00386B20" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="004C4F17" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СПРАВКА </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C4F17" w:rsidRDefault="008B2EF3" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о предоставлении</w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="004C4F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бесплатн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ого</w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="004C4F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подвоз</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2A17" w:rsidRPr="004C4F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="004C4F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к общеобразовательной </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="004C4F17" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>организации образования и обратно домой</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B2EF3" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дана ___________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008B2EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B2EF3" w:rsidRDefault="008B2EF3" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(ф.и.о.(при его наличии) обучающегося и воспитанника)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B3D79" w:rsidRPr="008B2EF3" w:rsidRDefault="005B3D79" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B2EF3" w:rsidRDefault="00472C1A" w:rsidP="008B2EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в том, что он (она) действительно будет обеспечен(-а) бесплатным подвозом к общеобразовательной организации образования № __________</w:t>
+      </w:r>
+      <w:r w:rsidR="008B2EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B2EF3" w:rsidRPr="008B2EF3" w:rsidRDefault="008B2EF3" w:rsidP="008B2EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="008B2EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(наименование школы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="008B2EF3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и обратно домой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Справка действительна на период учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Аким поселка, аула (села),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="008B2EF3" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аульного (сельского) округа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="008B2EF3" w:rsidRDefault="008B2EF3" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="008B2EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="008B2EF3" w:rsidRDefault="008B2EF3" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="008B2EF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(наименование населенного пункта)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00E4058D" w:rsidRDefault="008B2EF3" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="2"/>
-[...19 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="2"/>
-[...30 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Предоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRDefault="00472C1A" w:rsidP="00E4058D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E4058D" w:rsidRPr="00E4058D" w:rsidRDefault="00E4058D" w:rsidP="00E4058D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C8044B" w:rsidRDefault="00472C1A" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4536"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Акиму поселка, аула (села), аульного</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8044B" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C672E6" w:rsidRPr="004143C0">
-[...11 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (сельского) округа от _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0029642C" w:rsidRPr="00FB24E2" w:rsidRDefault="0029642C" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4536"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0029642C" w:rsidRPr="0029642C" w:rsidRDefault="00472C1A" w:rsidP="0029642C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3828" w:firstLine="708"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="2"/>
-[...47 lines deleted...]
-      <w:r w:rsidRPr="006450D1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007C5A4B" w:rsidRPr="006450D1">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029642C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006450D1">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Ф.И.О. </w:t>
+      </w:r>
+      <w:r w:rsidR="0029642C" w:rsidRPr="0029642C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006450D1" w:rsidRPr="006450D1">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidR="00312423" w:rsidRPr="0029642C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0029642C" w:rsidRPr="0029642C" w:rsidRDefault="0029642C" w:rsidP="0029642C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4395"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...173 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0029642C" w:rsidRDefault="0029642C" w:rsidP="0029642C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4536"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005D7019" w:rsidRPr="006450D1">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>номер</w:t>
+      </w:r>
+      <w:r w:rsidR="00312423" w:rsidRPr="0029642C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006450D1" w:rsidRPr="006450D1">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="0029642C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="000D36C1">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="0029642C" w:rsidP="0029642C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4536"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адрес </w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проживания, телефон: __</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8044B" w:rsidRPr="00FB24E2" w:rsidRDefault="00C8044B" w:rsidP="0029642C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="004C4F17" w:rsidRDefault="00472C1A" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4F17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C8044B" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прошу Вас обеспечить подвоз моего</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2A17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(их)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несовершеннолетнего</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2A17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(их)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D845E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ребенка</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (детей)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D845E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2A17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0029642C" w:rsidRPr="0029642C" w:rsidRDefault="00472C1A" w:rsidP="0029642C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006450D1">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029642C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4058D" w:rsidRPr="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidR="00312423" w:rsidRPr="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidR="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0029642C" w:rsidRPr="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">индивидуальный идентификационный      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8044B" w:rsidRPr="0029642C" w:rsidRDefault="0029642C" w:rsidP="0029642C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            номер</w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, дата рождения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8044B" w:rsidRPr="00FB24E2" w:rsidRDefault="00D845E7" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>роживающего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007C5A4B">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в ________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8044B" w:rsidRPr="0029642C" w:rsidRDefault="00E4058D" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование населенного пункта, района)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="0029642C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и обучающегося</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>__________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0029642C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать № класса, полное наименование организации образования)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>к общеобразовательной организации образования и обратно домой на 20 __ - 20__ учебный год (указать учебный год).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000C3676" w:rsidRPr="00FB24E2" w:rsidRDefault="000C3676" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E4058D" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«___»__________20__г</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2A17">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ода</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8044B" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C8044B" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C8044B" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00E4058D" w:rsidRDefault="00E4058D" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>одпись заявителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C5A4B" w:rsidRPr="007C5A4B" w:rsidRDefault="007C5A4B" w:rsidP="006450D1">
-[...58 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C8044B" w:rsidRPr="00FB24E2" w:rsidRDefault="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C5A4B" w:rsidRDefault="007C5A4B" w:rsidP="007C5A4B">
-[...1 lines deleted...]
-        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
+    <w:p w:rsidR="00C8044B" w:rsidRPr="00FB24E2" w:rsidRDefault="00C8044B" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007C5A4B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1062 lines deleted...]
-        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8044B" w:rsidRPr="00FB24E2" w:rsidRDefault="00C8044B" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007C5A4B">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8044B" w:rsidRPr="00FB24E2" w:rsidRDefault="00C8044B" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Предоставление бесплатного подвоза к общеобразовательным организациям и обратно домой детям, проживающим в отдаленных сельских пунктах»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8044B" w:rsidRPr="00FB24E2" w:rsidRDefault="00C8044B" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00E4058D" w:rsidRDefault="00E4058D" w:rsidP="00E4058D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F621DD">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B2A17" w:rsidRDefault="009B2A17" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B2A17" w:rsidRDefault="009B2A17" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B2A17" w:rsidRDefault="009B2A17" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B2A17" w:rsidRDefault="009B2A17" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00CB5335" w:rsidRDefault="00472C1A" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB5335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>СПРАВКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F3E5C" w:rsidRPr="004C4F17" w:rsidRDefault="008F3E5C" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB5335">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с места учебы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C8044B" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дана __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB0CE6" w:rsidRDefault="00472C1A" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F621DD">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Ф.И.О</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4058D" w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающегося и воспитанника)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB0CE6" w:rsidRDefault="00BB0CE6" w:rsidP="00BB0CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB0CE6" w:rsidRDefault="00472C1A" w:rsidP="00BB0CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в том, что он действительно обучается в _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
-      </w:r>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8044B" w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0CE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8044B" w:rsidRPr="00FB24E2" w:rsidRDefault="00BB0CE6" w:rsidP="00BB0CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...102 lines deleted...]
-    <w:p w:rsidR="000E5411" w:rsidRDefault="000E5411" w:rsidP="000E5411">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00472C1A" w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование школы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C8044B" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00C8044B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...45 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в _____ классе ______ смены (период обучения с ___ до ____ часов) и нуждается в подвозе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Справка дана для предъявления по месту требования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00C8044B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Директор школы №____</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00240284" w:rsidRPr="00240284">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4058D" w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(при его наличии</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование школы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>           </w:t>
+      </w:r>
+      <w:r w:rsidR="00E4058D" w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00E4058D" w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
-    </w:p>
-[...307 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00E4058D" w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00240284">
-[...215 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:r w:rsidRPr="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (инициалы и подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00FB24E2" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C8044B" w:rsidRPr="00FB24E2" w:rsidRDefault="00C8044B" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472C1A" w:rsidRPr="00312423" w:rsidRDefault="00472C1A" w:rsidP="00472C1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB24E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4058D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>есто печати</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00472C1A" w:rsidRPr="00312423" w:rsidSect="005C692E">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CB3AA3" w:rsidRDefault="00CB3AA3" w:rsidP="00F82FD1">
+    <w:p w:rsidR="00271CD1" w:rsidRDefault="00271CD1" w:rsidP="000634F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CB3AA3" w:rsidRDefault="00CB3AA3" w:rsidP="00F82FD1">
+    <w:p w:rsidR="00271CD1" w:rsidRDefault="00271CD1" w:rsidP="000634F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CB3AA3" w:rsidRDefault="00CB3AA3" w:rsidP="00F82FD1">
+    <w:p w:rsidR="00271CD1" w:rsidRDefault="00271CD1" w:rsidP="000634F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CB3AA3" w:rsidRDefault="00CB3AA3" w:rsidP="00F82FD1">
+    <w:p w:rsidR="00271CD1" w:rsidRDefault="00271CD1" w:rsidP="000634F3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-296914650"/>
+      <w:id w:val="-1795352548"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00F82FD1" w:rsidRDefault="003106FD">
+      <w:p w:rsidR="00614353" w:rsidRPr="00614353" w:rsidRDefault="00013516">
         <w:pPr>
-          <w:pStyle w:val="a8"/>
+          <w:pStyle w:val="a4"/>
           <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00F82FD1">
+        <w:r w:rsidRPr="00614353">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F82FD1" w:rsidRPr="00F82FD1">
+        <w:r w:rsidR="00614353" w:rsidRPr="00614353">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00F82FD1">
+        <w:r w:rsidRPr="00614353">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CB3AA3" w:rsidRPr="00CB3AA3">
+        <w:r w:rsidR="00271CD1" w:rsidRPr="00271CD1">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="00F82FD1">
+        <w:r w:rsidRPr="00614353">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00F82FD1" w:rsidRPr="00F82FD1" w:rsidRDefault="00F82FD1" w:rsidP="00F82FD1">
+  <w:p w:rsidR="000634F3" w:rsidRDefault="000634F3">
     <w:pPr>
-      <w:pStyle w:val="a8"/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="02DB336F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B150EA3C"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -6590,51 +5316,51 @@
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="0FFE2530"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D67CE86E"/>
+    <w:tmpl w:val="ABD48898"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
@@ -6849,397 +5575,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="29B71B71"/>
-[...84 lines deleted...]
-  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="318A401D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9370BEA4"/>
     <w:lvl w:ilvl="0" w:tplc="A8C88A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1429" w:hanging="360"/>
+        <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="939" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="1659" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2379" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3099" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="3819" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4539" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5259" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="5979" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-[...171 lines deleted...]
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="5BBD2198"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76DC62D0"/>
     <w:lvl w:ilvl="0" w:tplc="41942402">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7285,51 +5753,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="5DB11D6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21DEC868"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3060" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7371,398 +5839,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7380" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8100" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="63D52DBD"/>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="702929A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DDBE6ECA"/>
-    <w:lvl w:ilvl="0" w:tplc="04190011">
+    <w:tmpl w:val="4A70207E"/>
+    <w:lvl w:ilvl="0" w:tplc="C15C580C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2868" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3588" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4308" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5028" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5748" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6468" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7188" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7908" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
-[...260 lines deleted...]
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="73152FA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E5E5424"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7804,140 +6014,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="7D102014"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9370BEA4"/>
     <w:lvl w:ilvl="0" w:tplc="A8C88A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -7979,489 +6100,312 @@
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
-      </w:pPr>
-[...170 lines deleted...]
-        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="9">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="14">
-[...25 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="90"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="140"/>
   <w:drawingGridVerticalSpacing w:val="381"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="009F2A1F"/>
-    <w:rsid w:val="00023BFB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00036ABE"/>
+    <w:rsid w:val="00005429"/>
+    <w:rsid w:val="00013516"/>
     <w:rsid w:val="00046C85"/>
-    <w:rsid w:val="00074174"/>
+    <w:rsid w:val="00054293"/>
+    <w:rsid w:val="0006183F"/>
+    <w:rsid w:val="000634F3"/>
+    <w:rsid w:val="0009248A"/>
     <w:rsid w:val="000C2499"/>
-    <w:rsid w:val="000D305C"/>
-    <w:rsid w:val="000D36C1"/>
+    <w:rsid w:val="000C3676"/>
     <w:rsid w:val="000D39A5"/>
-    <w:rsid w:val="000E5411"/>
     <w:rsid w:val="000E7BF6"/>
-    <w:rsid w:val="000F0ED5"/>
+    <w:rsid w:val="001137CA"/>
+    <w:rsid w:val="0013117E"/>
     <w:rsid w:val="00135B45"/>
+    <w:rsid w:val="0013757C"/>
+    <w:rsid w:val="00155792"/>
+    <w:rsid w:val="001802A7"/>
     <w:rsid w:val="001855B7"/>
-    <w:rsid w:val="001860F6"/>
-[...4 lines deleted...]
-    <w:rsid w:val="001B5B17"/>
+    <w:rsid w:val="001A4858"/>
+    <w:rsid w:val="001B7EED"/>
+    <w:rsid w:val="001D4BF9"/>
     <w:rsid w:val="001E0BE3"/>
-    <w:rsid w:val="001F7D19"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00240664"/>
+    <w:rsid w:val="002124FB"/>
+    <w:rsid w:val="002320D9"/>
+    <w:rsid w:val="002542CC"/>
     <w:rsid w:val="00256011"/>
-    <w:rsid w:val="00275E44"/>
+    <w:rsid w:val="00271CD1"/>
+    <w:rsid w:val="002954B2"/>
     <w:rsid w:val="00295E6F"/>
-    <w:rsid w:val="002A49D5"/>
+    <w:rsid w:val="0029642C"/>
     <w:rsid w:val="002D5BFC"/>
     <w:rsid w:val="002F1706"/>
-    <w:rsid w:val="0030599A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003140E8"/>
+    <w:rsid w:val="00312423"/>
     <w:rsid w:val="00323C46"/>
-    <w:rsid w:val="00335A8E"/>
-    <w:rsid w:val="00343757"/>
+    <w:rsid w:val="00354A71"/>
     <w:rsid w:val="00386B20"/>
     <w:rsid w:val="00392B19"/>
-    <w:rsid w:val="003A2046"/>
+    <w:rsid w:val="00396EA6"/>
     <w:rsid w:val="003B4A05"/>
+    <w:rsid w:val="003B4F54"/>
     <w:rsid w:val="003C532B"/>
+    <w:rsid w:val="003E0ABF"/>
     <w:rsid w:val="003F16E4"/>
-    <w:rsid w:val="00406EA6"/>
-    <w:rsid w:val="004143C0"/>
+    <w:rsid w:val="003F6148"/>
     <w:rsid w:val="0042045E"/>
-    <w:rsid w:val="00420E37"/>
     <w:rsid w:val="0042779F"/>
-    <w:rsid w:val="00470478"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004E0EA7"/>
+    <w:rsid w:val="00440564"/>
+    <w:rsid w:val="004636FE"/>
+    <w:rsid w:val="00472C1A"/>
+    <w:rsid w:val="0049262C"/>
+    <w:rsid w:val="004964CE"/>
+    <w:rsid w:val="004C4F17"/>
     <w:rsid w:val="004E483D"/>
+    <w:rsid w:val="0050715A"/>
     <w:rsid w:val="005224AD"/>
     <w:rsid w:val="005418C0"/>
-    <w:rsid w:val="00546972"/>
     <w:rsid w:val="00546FEB"/>
     <w:rsid w:val="005723F5"/>
-    <w:rsid w:val="00596B75"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005E22B4"/>
+    <w:rsid w:val="00573A16"/>
+    <w:rsid w:val="00580490"/>
+    <w:rsid w:val="005A2A07"/>
+    <w:rsid w:val="005B3D79"/>
+    <w:rsid w:val="005C692E"/>
     <w:rsid w:val="005F2B79"/>
+    <w:rsid w:val="005F6CC2"/>
+    <w:rsid w:val="00614353"/>
+    <w:rsid w:val="00622D18"/>
     <w:rsid w:val="0062331F"/>
-    <w:rsid w:val="006450D1"/>
-    <w:rsid w:val="00657393"/>
+    <w:rsid w:val="00626187"/>
     <w:rsid w:val="00663701"/>
+    <w:rsid w:val="00673A4F"/>
     <w:rsid w:val="006C5AF4"/>
     <w:rsid w:val="006C6374"/>
-    <w:rsid w:val="006D7EB5"/>
+    <w:rsid w:val="006D1CB9"/>
     <w:rsid w:val="007133A0"/>
-    <w:rsid w:val="00715415"/>
-[...3 lines deleted...]
-    <w:rsid w:val="007814C3"/>
+    <w:rsid w:val="00723F05"/>
+    <w:rsid w:val="0076058D"/>
+    <w:rsid w:val="00767518"/>
     <w:rsid w:val="00781A61"/>
-    <w:rsid w:val="0079185B"/>
     <w:rsid w:val="00793876"/>
     <w:rsid w:val="007A6205"/>
-    <w:rsid w:val="007C5A4B"/>
-    <w:rsid w:val="007C7CE2"/>
     <w:rsid w:val="007D1EBD"/>
-    <w:rsid w:val="007F2663"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00892841"/>
+    <w:rsid w:val="007E41FA"/>
+    <w:rsid w:val="0082372C"/>
+    <w:rsid w:val="00846443"/>
+    <w:rsid w:val="008A0229"/>
     <w:rsid w:val="008B1A0B"/>
+    <w:rsid w:val="008B2EF3"/>
     <w:rsid w:val="008B5E3E"/>
-    <w:rsid w:val="008C7E72"/>
+    <w:rsid w:val="008D02CB"/>
+    <w:rsid w:val="008F3E5C"/>
+    <w:rsid w:val="009065B3"/>
+    <w:rsid w:val="0092560E"/>
     <w:rsid w:val="00946951"/>
-    <w:rsid w:val="00956449"/>
-[...3 lines deleted...]
-    <w:rsid w:val="009A2D34"/>
+    <w:rsid w:val="0095652F"/>
+    <w:rsid w:val="00960CF0"/>
+    <w:rsid w:val="00975AD0"/>
+    <w:rsid w:val="00986372"/>
     <w:rsid w:val="009A4478"/>
-    <w:rsid w:val="009C1ECC"/>
-    <w:rsid w:val="009E67CA"/>
+    <w:rsid w:val="009A5F54"/>
+    <w:rsid w:val="009B27F4"/>
+    <w:rsid w:val="009B2A17"/>
+    <w:rsid w:val="009C3221"/>
+    <w:rsid w:val="009C7949"/>
+    <w:rsid w:val="009D0CDB"/>
     <w:rsid w:val="009F2A1F"/>
+    <w:rsid w:val="00A05C88"/>
+    <w:rsid w:val="00A16891"/>
+    <w:rsid w:val="00A2178B"/>
     <w:rsid w:val="00A2656C"/>
+    <w:rsid w:val="00A3393D"/>
     <w:rsid w:val="00A340B9"/>
     <w:rsid w:val="00A34E8E"/>
-    <w:rsid w:val="00A62394"/>
     <w:rsid w:val="00A62833"/>
+    <w:rsid w:val="00A62949"/>
     <w:rsid w:val="00A95D5C"/>
     <w:rsid w:val="00AB037A"/>
-    <w:rsid w:val="00AB3B83"/>
     <w:rsid w:val="00AB631F"/>
-    <w:rsid w:val="00AC53CE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B03A5D"/>
+    <w:rsid w:val="00AC7D97"/>
+    <w:rsid w:val="00B00C0F"/>
+    <w:rsid w:val="00B10B5A"/>
+    <w:rsid w:val="00B126CA"/>
+    <w:rsid w:val="00B14107"/>
+    <w:rsid w:val="00B27A0D"/>
     <w:rsid w:val="00B401C2"/>
     <w:rsid w:val="00B43AD7"/>
-    <w:rsid w:val="00B46894"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00BD1466"/>
+    <w:rsid w:val="00B63692"/>
+    <w:rsid w:val="00B83E73"/>
+    <w:rsid w:val="00B85F10"/>
+    <w:rsid w:val="00B9099D"/>
+    <w:rsid w:val="00B96CD7"/>
+    <w:rsid w:val="00BA5A53"/>
+    <w:rsid w:val="00BA66D5"/>
+    <w:rsid w:val="00BB0CE6"/>
+    <w:rsid w:val="00BD3A4A"/>
+    <w:rsid w:val="00BF5523"/>
+    <w:rsid w:val="00C03011"/>
     <w:rsid w:val="00C06C06"/>
     <w:rsid w:val="00C17B9C"/>
+    <w:rsid w:val="00C207E3"/>
     <w:rsid w:val="00C32BB9"/>
-    <w:rsid w:val="00C36A36"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C96802"/>
+    <w:rsid w:val="00C47F81"/>
+    <w:rsid w:val="00C47FA5"/>
+    <w:rsid w:val="00C65954"/>
+    <w:rsid w:val="00C70159"/>
+    <w:rsid w:val="00C8044B"/>
+    <w:rsid w:val="00C80E0C"/>
     <w:rsid w:val="00CA0ECF"/>
     <w:rsid w:val="00CB22E3"/>
-    <w:rsid w:val="00CB3AA3"/>
+    <w:rsid w:val="00CB3621"/>
+    <w:rsid w:val="00CB5335"/>
     <w:rsid w:val="00CD19E2"/>
-    <w:rsid w:val="00D42DA7"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E35875"/>
+    <w:rsid w:val="00CE7AE5"/>
+    <w:rsid w:val="00CE7EE0"/>
+    <w:rsid w:val="00D012FB"/>
+    <w:rsid w:val="00D641BE"/>
+    <w:rsid w:val="00D845E7"/>
+    <w:rsid w:val="00D85753"/>
+    <w:rsid w:val="00DC2ECB"/>
+    <w:rsid w:val="00DE6845"/>
+    <w:rsid w:val="00E4058D"/>
     <w:rsid w:val="00E41436"/>
+    <w:rsid w:val="00E455C9"/>
     <w:rsid w:val="00E609CE"/>
-    <w:rsid w:val="00EB551F"/>
-    <w:rsid w:val="00EE42F0"/>
+    <w:rsid w:val="00E64AD3"/>
+    <w:rsid w:val="00E971D9"/>
+    <w:rsid w:val="00ED5589"/>
     <w:rsid w:val="00EE7D58"/>
     <w:rsid w:val="00F043D9"/>
-    <w:rsid w:val="00F259E8"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F6779B"/>
+    <w:rsid w:val="00F17205"/>
+    <w:rsid w:val="00F2097A"/>
+    <w:rsid w:val="00F22A0A"/>
+    <w:rsid w:val="00F4106A"/>
     <w:rsid w:val="00F769B9"/>
-    <w:rsid w:val="00F81182"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F972DD"/>
+    <w:rsid w:val="00F81F96"/>
+    <w:rsid w:val="00FB24E2"/>
+    <w:rsid w:val="00FE0AE9"/>
     <w:rsid w:val="00FE6F28"/>
-    <w:rsid w:val="00FE7D6D"/>
+    <w:rsid w:val="00FF1540"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -8593,240 +6537,173 @@
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...17 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000634F3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000634F3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000634F3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000634F3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00985D65"/>
-[...48 lines deleted...]
-    <w:rsid w:val="00F82FD1"/>
+    <w:rsid w:val="000634F3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F82FD1"/>
+    <w:rsid w:val="000634F3"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="en-US"/>
-[...54 lines deleted...]
-      <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
@@ -8993,244 +6870,191 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000634F3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000634F3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000634F3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000634F3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000634F3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000634F3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="186338928">
+    <w:div w:id="887961722">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...68 lines deleted...]
-      </w:divsChild>
     </w:div>
-    <w:div w:id="257252912">
+    <w:div w:id="901404533">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...68 lines deleted...]
-      </w:divsChild>
     </w:div>
-    <w:div w:id="1453673157">
+    <w:div w:id="1615747109">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9483,79 +7307,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22DA205A-7763-4886-B5DC-AADD3506A688}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37AB3797-6D29-4425-B4E2-D4D72CBEE144}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1435</Words>
-  <Characters>8185</Characters>
+  <Words>1335</Words>
+  <Characters>7610</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>63</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9601</CharactersWithSpaces>
+  <CharactersWithSpaces>8928</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Адылканова Индира</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>