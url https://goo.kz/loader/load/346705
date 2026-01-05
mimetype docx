--- v0 (2025-12-12)
+++ v1 (2026-01-05)
@@ -6,5456 +6,7720 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0019187D" w:rsidRDefault="0019187D" w:rsidP="0019187D">
-[...131 lines deleted...]
-    <w:p w:rsidR="00713077" w:rsidRPr="002F3C55" w:rsidRDefault="00713077" w:rsidP="002F3C55">
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00713077" w:rsidRPr="002F3C55" w:rsidRDefault="00713077" w:rsidP="002F3C55">
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="009D251E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы «</w:t>
+      </w:r>
+      <w:r w:rsidR="002F27DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED59E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәуір </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00687A3E" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED59E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>198</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығы</w:t>
+      </w:r>
+      <w:r w:rsidR="00546972" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="009D251E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00546972" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="009B6A6F" w:rsidP="00985D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F94C12" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00546972" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қосымша</w:t>
+      </w:r>
+      <w:r w:rsidR="00985D65" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="32"/>
-[...1 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="002F3C55">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Стандарт государственной услуги</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін </w:t>
+      </w:r>
+      <w:r w:rsidR="0025750B" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және жеңілдетілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тамақтандыруды ұсыну» мемлекеттік көрсетілетін қызмет стандарты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
-[...81 lines deleted...]
-    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
-[...11 lines deleted...]
-    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002F3C55">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Общие положения</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="005B42B9" w:rsidP="002F3C55">
-[...238 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00D57461">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009D251E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметі (бұдан әрі – мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет)</w:t>
+      </w:r>
+      <w:r w:rsidR="009D251E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00D57461">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызмет стандартын Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) әзірлеген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00D57461">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызметті </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1D74" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Астана және Алматы қалаларының</w:t>
+      </w:r>
+      <w:r w:rsidR="00476485" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, облыстық маңызына ие ауданды</w:t>
+      </w:r>
+      <w:r w:rsidR="001043DB" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00476485" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және қалалық жергілікті атқарушы органдар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00D57461">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="200" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...83 lines deleted...]
-        <w:t xml:space="preserve"> осуществляются через:</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтініштерді қабылдау және мемлекеттік қызмет көрсетудің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижелерін беру:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A812A5" w:rsidRPr="002F3C55" w:rsidRDefault="00A812A5" w:rsidP="002F3C55">
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00D57461">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...16 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсететін қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="0047388D" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беруші</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1D74" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің кеңсесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A812A5" w:rsidRPr="002F3C55" w:rsidRDefault="00A812A5" w:rsidP="002F3C55">
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00DB1D74" w:rsidP="00D57461">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>веб-портал «электронного правительства» www.egov.kz (далее – портал).</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00985D65" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«электрондық үкіметтің» </w:t>
+      </w:r>
+      <w:r w:rsidR="0047388D" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">www.e.gov.kz </w:t>
+      </w:r>
+      <w:r w:rsidR="00985D65" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A812A5" w:rsidRPr="002F3C55" w:rsidRDefault="00A812A5" w:rsidP="002F3C55">
-      <w:pPr>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...5 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002F3C55">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Порядок оказания государственной услуги</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00510113" w:rsidRPr="002F3C55" w:rsidRDefault="005B42B9" w:rsidP="002F3C55">
-      <w:pPr>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00563489">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету мерзімдері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00510113" w:rsidRPr="002F3C55" w:rsidRDefault="00510113" w:rsidP="002F3C55">
+    <w:p w:rsidR="00D57461" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00D57461">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> – пять рабочих дней.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсет</w:t>
+      </w:r>
+      <w:r w:rsidR="009D251E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етін қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="009D251E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берушіге құжаттарды тапсырған</w:t>
+      </w:r>
+      <w:r w:rsidR="0047388D" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәттен бастап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, сондай-ақ портал арқылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтініш берген</w:t>
+      </w:r>
+      <w:r w:rsidR="00297CEC" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00297CEC" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бес жұмыс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:r w:rsidR="00297CEC" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57461" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00510113" w:rsidRPr="002F3C55" w:rsidRDefault="00510113" w:rsidP="002F3C55">
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00DB1D74" w:rsidP="00D57461">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...52 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="009D251E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D57461" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">берушіге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00985D65" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:r w:rsidR="009D251E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тапсыру</w:t>
+      </w:r>
+      <w:r w:rsidR="00985D65" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін күтудің рұқсат берілетін ең ұзақ уақыты – </w:t>
+      </w:r>
+      <w:r w:rsidR="00D57461" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00074174" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут</w:t>
+      </w:r>
+      <w:r w:rsidR="00985D65" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00510113" w:rsidRPr="002F3C55" w:rsidRDefault="00510113" w:rsidP="002F3C55">
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00D57461">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> – 30 минут.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті алушыға қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетудің рұқсат берілетін ең ұзақ уақыты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00D57461" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 минут. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B17E91" w:rsidRPr="002F3C55" w:rsidRDefault="009D7015" w:rsidP="002F3C55">
-[...347 lines deleted...]
-    <w:p w:rsidR="00B86527" w:rsidRPr="002F3C55" w:rsidRDefault="009D7015" w:rsidP="002F3C55">
+    <w:p w:rsidR="00563489" w:rsidRPr="00721A26" w:rsidRDefault="00563489" w:rsidP="00563489">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...18 lines deleted...]
-        <w:t>График работы:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Мемлекеттік қызмет көрсетудің нысаны – электрондық (ішінара автоматтандырылған) және (немесе) қағаз.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B86527" w:rsidRPr="002F3C55" w:rsidRDefault="00B86527" w:rsidP="002F3C55">
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00563489">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r w:rsidR="00563489" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – осы мемлекеттік көрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z179" w:history="1">
+        <w:r w:rsidRPr="00721A26">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>1-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidR="009D251E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жалпы білім беретін мектепте </w:t>
+      </w:r>
+      <w:r w:rsidR="009D251E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тегін және жеңілдетілген</w:t>
+      </w:r>
+      <w:r w:rsidR="009D251E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тамақтандыруды ұсыну туралы анықтама.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00563489" w:rsidRPr="00721A26" w:rsidRDefault="00563489" w:rsidP="00563489">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мемлекеттік қызмет көрсетудің нәтижесін ұсыну нысаны – электрондық және (немесе) қағаз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті алушы мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:r w:rsidR="0025750B" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ң нәтижесін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қағаз жеткізгіште алу үшін өтініш берген жағдайда, </w:t>
+      </w:r>
+      <w:r w:rsidR="00780CC1" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нәтижесі электрондық форматта ресімделеді, қағазға басып шығарылады және көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3B83" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:r w:rsidR="00956449" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3B83" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уәкілетті </w:t>
+      </w:r>
+      <w:r w:rsidR="00956449" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:r w:rsidR="00780CC1" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="00956449" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қол</w:t>
+      </w:r>
+      <w:r w:rsidR="0025750B" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы және </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3B83" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мөрмен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="00985D65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Портал</w:t>
+      </w:r>
+      <w:r w:rsidR="00464D20" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">да мемлекеттік қызмет көрсетудің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижесі көрсетілетін қызметті алушының «жеке кабинетіне» көрсетілетін қызметті берушінің уәкілетті адам</w:t>
+      </w:r>
+      <w:r w:rsidR="00780CC1" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ның электрондық цифрлық қолтаңбасы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бұдан әрі – ЭЦҚ) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қойылған электрондық құжат </w:t>
+      </w:r>
+      <w:r w:rsidR="009D251E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нысанында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:r w:rsidR="00956449" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00985D65" w:rsidRPr="00721A26" w:rsidRDefault="00985D65" w:rsidP="005218A6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет </w:t>
+      </w:r>
+      <w:r w:rsidR="005218A6" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке тұлға</w:t>
+      </w:r>
+      <w:r w:rsidR="00464D20" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:r w:rsidR="005218A6" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға (бұдан әрі - </w:t>
+      </w:r>
+      <w:r w:rsidR="005218A6" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті алушы</w:t>
+      </w:r>
+      <w:r w:rsidR="005218A6" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) тегін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D7EB5" w:rsidRPr="00721A26" w:rsidRDefault="006D7EB5" w:rsidP="005218A6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жұмыс кестесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D7EB5" w:rsidRPr="00721A26" w:rsidRDefault="000F0ED5" w:rsidP="006D7EB5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті беруші: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда сағат 13.00-ден 14.</w:t>
+      </w:r>
+      <w:r w:rsidR="00074174" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0-</w:t>
+      </w:r>
+      <w:r w:rsidR="009D251E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейінгі аралықтағы түскі үзіліспен сағат 9.00-ден 18.</w:t>
+      </w:r>
+      <w:r w:rsidR="00074174" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0-</w:t>
+      </w:r>
+      <w:r w:rsidR="009D251E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC53CE" w:rsidRPr="00721A26" w:rsidRDefault="00AC53CE" w:rsidP="006D7EB5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтініштерді қабылдау және мемлекеттік қызмет көрсетудің нәтижелерін беру сағат 13.00-ден 14.30-ға дейінгі аралықтағы түскі үзіліспен сағат 9.00-ден 17.30-ға дейін жүзеге асырылады. </w:t>
+      </w:r>
+      <w:r w:rsidR="00780CC1" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезек тәртібімен, алдын ала жазылусыз және жедел қызмет көрсетусіз </w:t>
+      </w:r>
+      <w:r w:rsidR="00074174" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001A1A05" w:rsidRPr="00721A26" w:rsidRDefault="00780CC1" w:rsidP="006D7EB5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00464D20" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орталда: </w:t>
+      </w:r>
+      <w:r w:rsidR="001A1A05" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001A1A05" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00297CEC" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәулік бойы </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алушы </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс аяқталғаннан кейін, демалыс және мереке күндері </w:t>
+      </w:r>
+      <w:r w:rsidR="00892841" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүгін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ген</w:t>
+      </w:r>
+      <w:r w:rsidR="00464D20" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidR="00892841" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтінішт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ерді</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылдау және  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік қызмет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтиже</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лерін</w:t>
+      </w:r>
+      <w:r w:rsidR="006D7EB5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру келесі жұмыс күні жүзеге асырылады</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC53CE" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="006D7EB5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D7EB5" w:rsidRPr="00721A26" w:rsidRDefault="006D7EB5" w:rsidP="005218A6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушы жүгінген кезде м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">емлекеттік қызметті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үшін қажетті құжаттардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D7EB5" w:rsidRPr="00721A26" w:rsidRDefault="006D7EB5" w:rsidP="006D7EB5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушіге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D7EB5" w:rsidRPr="00721A26" w:rsidRDefault="006D7EB5" w:rsidP="003140E8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осы мемлекеттік көрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z152" w:history="1">
+        <w:r w:rsidRPr="00721A26">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>2-қосымшаға</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B86527" w:rsidRPr="002F3C55" w:rsidRDefault="00AD6A57" w:rsidP="002F3C55">
-[...49 lines deleted...]
-    <w:p w:rsidR="00B86527" w:rsidRPr="002F3C55" w:rsidRDefault="00B86527" w:rsidP="002F3C55">
+    <w:p w:rsidR="006D7EB5" w:rsidRPr="00721A26" w:rsidRDefault="00476485" w:rsidP="003140E8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ата-аналардың </w:t>
+      </w:r>
+      <w:r w:rsidR="00780CC1" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жеке басын </w:t>
+      </w:r>
+      <w:r w:rsidR="006D7EB5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>куәландыратын құжат (</w:t>
+      </w:r>
+      <w:r w:rsidR="00780CC1" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жеке сәйкестендіру </w:t>
+      </w:r>
+      <w:r w:rsidR="006D7EB5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үшін қажет);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B86527" w:rsidRPr="002F3C55" w:rsidRDefault="009D7015" w:rsidP="002F3C55">
-[...65 lines deleted...]
-    <w:p w:rsidR="00F81182" w:rsidRPr="002F3C55" w:rsidRDefault="00F81182" w:rsidP="002F3C55">
+    <w:p w:rsidR="00A62394" w:rsidRPr="00721A26" w:rsidRDefault="00CA575A" w:rsidP="003140E8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> согласно приложению 2 к настоящему стандарту государственной услуги;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бала </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2007 жылғы 13 тамызға дейін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасынан тыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жерде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туылған жағдайда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>баланың туу туралы куәлігінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көшірмесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00476485" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(жеке сәйкестендіру үшін қажет)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62394" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF67B7" w:rsidRPr="002F3C55" w:rsidRDefault="00CF67B7" w:rsidP="002F3C55">
+    <w:p w:rsidR="00A62394" w:rsidRPr="00721A26" w:rsidRDefault="002B6B27" w:rsidP="003140E8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...36 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2008 жылға дейін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасынан тыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жерде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>некеге тұрған немесе бұзған жағдайда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>некеге тұру немесе бұзу туралы куәліктің көшірмесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62394" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F40619" w:rsidRPr="002F3C55" w:rsidRDefault="00F40619" w:rsidP="002F3C55">
+    <w:p w:rsidR="000F0ED5" w:rsidRPr="00721A26" w:rsidRDefault="000F0ED5" w:rsidP="003140E8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...65 lines deleted...]
-        <w:t>;</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік атаулы әлеуметтік көмекті алуға құқығы бар отбасылардан шыққан </w:t>
+      </w:r>
+      <w:r w:rsidR="00787E19" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті алушылар санаты үшін көрсетілетін қызметті алушының (отбасының) жергілікті атқарушы органдар ұсын</w:t>
+      </w:r>
+      <w:r w:rsidR="00787E19" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік атаулы әлеуметтік көмекті тұтынушылар қатарына жататынын растайтын анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F40619" w:rsidRPr="002F3C55" w:rsidRDefault="00F40619" w:rsidP="002F3C55">
+    <w:p w:rsidR="00715415" w:rsidRPr="00721A26" w:rsidRDefault="00297CEC" w:rsidP="00715415">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...46 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алған табысы туралы құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмыс істейтін </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ата-аналардың немесе оларды алмастыр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>атын</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адамдардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалақ</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ылары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, кәсіпкерлік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тен</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және басқа да қызмет түрлер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лерінен</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тін табыстары туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жан басына шаққанда орташа табысы күн көріс деңгейінен төмен, мемлекеттік атаулы</w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әлеуметтік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көмек алмайтын отбасылардан шыққан  көрсетілетін қызметті алушылар үшін балаларға және басқа да асырандыларға төленетін алимент түріндегі табыстары туралы анықтама)</w:t>
+      </w:r>
+      <w:r w:rsidR="00787E19" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F81182" w:rsidRPr="002F3C55" w:rsidRDefault="00F81182" w:rsidP="002F3C55">
+    <w:p w:rsidR="00EF6EE3" w:rsidRPr="00EF6EE3" w:rsidRDefault="000C7DFE" w:rsidP="003140E8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>справка, подтверждающая принадлежность услугополучателя (семьи) к потребителям государственной адресной социальной помощи, предоставляемую местными исполнительными органами для категории услугополучателей из семей, имеющих право на получение государственной адресной социальной помощи;</w:t>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отбасында тәрбиеленетін </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жетім</w:t>
+      </w:r>
+      <w:r w:rsidR="00787E19" w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балаларға немесе</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00787E19" w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ата-анасының қамқорлығынсыз қалған балаларға </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қамқоршылық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қорғаншылық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уәкілетті органның</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6EE3" w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімі; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F81182" w:rsidRPr="002F3C55" w:rsidRDefault="00F40619" w:rsidP="002F3C55">
+    <w:p w:rsidR="00D32066" w:rsidRPr="00EF6EE3" w:rsidRDefault="00D32066" w:rsidP="003140E8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...128 lines deleted...]
-        <w:t xml:space="preserve"> в виде алиментов на детей и других иждивенцев для услугополучателей из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума);</w:t>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отбасының материалдық-тұрмыстық ахуалын зерделеу негізінде </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6EE3" w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лпы білім беретін мектептерде білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдікпен тамақтандыруды ұсыну туралы білім беру ұйымдарының алқалық орган шешімінің, сондай-ақ қаржылай және материалдық көмек көрсету туралы шешім қабылдау үшін басқа да қажетті құжаттардың көшірмесі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B26701" w:rsidRPr="002F3C55" w:rsidRDefault="00B26701" w:rsidP="002F3C55">
+    <w:p w:rsidR="003140E8" w:rsidRPr="00721A26" w:rsidRDefault="003140E8" w:rsidP="003140E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттар салыстыру үшiн түпнұсқада ұсынылады, содан кейiн түпнұсқалар көрсетілетін қызметті алушыға қайтарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003140E8" w:rsidRPr="00721A26" w:rsidRDefault="003140E8" w:rsidP="003140E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Құжаттарды қабылдау кезінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті беруші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті алушыға мынадай мәліметтерді көрсетіп, тиісті құжаттардың қабылданғаны</w:t>
+      </w:r>
+      <w:r w:rsidR="00787E19" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы қолхат бере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ді: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003140E8" w:rsidRPr="00721A26" w:rsidRDefault="003140E8" w:rsidP="00EF6EE3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...20 lines deleted...]
-        <w:t>;</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұраныстың нөмірі және қабылданған күні;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B1DFF" w:rsidRPr="001D1832" w:rsidRDefault="00B26701" w:rsidP="002F3C55">
+    <w:p w:rsidR="003140E8" w:rsidRPr="00721A26" w:rsidRDefault="003140E8" w:rsidP="00EF6EE3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...56 lines deleted...]
-        <w:t>.</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұралатын мемлекеттік қызметтің түрі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A416B" w:rsidRPr="002F3C55" w:rsidRDefault="00BD252B" w:rsidP="002F3C55">
-[...54 lines deleted...]
-    <w:p w:rsidR="003A416B" w:rsidRPr="002F3C55" w:rsidRDefault="003A416B" w:rsidP="002F3C55">
+    <w:p w:rsidR="003140E8" w:rsidRPr="00721A26" w:rsidRDefault="003140E8" w:rsidP="00EF6EE3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>номера и даты приема запроса;</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қоса берілген құжаттардың саны мен атауы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A416B" w:rsidRPr="002F3C55" w:rsidRDefault="003A416B" w:rsidP="002F3C55">
+    <w:p w:rsidR="003140E8" w:rsidRPr="00721A26" w:rsidRDefault="003140E8" w:rsidP="00EF6EE3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>вида запрашиваемой государственной услуги;</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidR="00787E19" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берілетін күні (уақыты) мен орны;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A416B" w:rsidRPr="002F3C55" w:rsidRDefault="003A416B" w:rsidP="002F3C55">
+    <w:p w:rsidR="003140E8" w:rsidRPr="00721A26" w:rsidRDefault="003140E8" w:rsidP="00EF6EE3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>количества и названия приложенных документов;</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өтінішті қабылдаған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкерінің аты, тегі, сондай-ақ әкесінің аты</w:t>
+      </w:r>
+      <w:r w:rsidR="00201FE8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C813E5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бар </w:t>
+      </w:r>
+      <w:r w:rsidR="00201FE8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:r w:rsidR="00C813E5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidR="00201FE8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A416B" w:rsidRPr="002F3C55" w:rsidRDefault="003A416B" w:rsidP="002F3C55">
+    <w:p w:rsidR="003140E8" w:rsidRPr="00721A26" w:rsidRDefault="003140E8" w:rsidP="00EF6EE3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>даты (времени) и места выдачи документов;</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті алушының тегі, аты, </w:t>
+      </w:r>
+      <w:r w:rsidR="00201FE8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сондай-ақ әкесінің аты (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C813E5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бар </w:t>
+      </w:r>
+      <w:r w:rsidR="00201FE8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:r w:rsidR="00C813E5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidR="00201FE8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және байланыс телефондары.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A416B" w:rsidRPr="002F3C55" w:rsidRDefault="003A416B" w:rsidP="002F3C55">
+    <w:p w:rsidR="000F0ED5" w:rsidRPr="00721A26" w:rsidRDefault="000F0ED5" w:rsidP="000F0ED5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>порталда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F0ED5" w:rsidRPr="00721A26" w:rsidRDefault="005570D8" w:rsidP="00EF6EE3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>фамилии, имени, а также отчества (при наличии) работника услугодателя, принявшего заявление;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті алушының</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЭЦҚ қойған электрондық </w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">құжат нысанындағы </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C82" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтініші</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0ED5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A416B" w:rsidRPr="002F3C55" w:rsidRDefault="003A416B" w:rsidP="002F3C55">
+    <w:p w:rsidR="00470478" w:rsidRPr="00721A26" w:rsidRDefault="00CA575A" w:rsidP="00EF6EE3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...36 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бала </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2007 жылғы 13 тамызға дейін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасынан тыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жерде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туылған жағдайда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>баланың туу туралы куәлігінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274073" w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық көшірмесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB22E3" w:rsidRPr="002F3C55" w:rsidRDefault="00CB22E3" w:rsidP="002F3C55">
+    <w:p w:rsidR="00470478" w:rsidRPr="00721A26" w:rsidRDefault="002B6B27" w:rsidP="00EF6EE3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2008 жылға дейін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасынан тыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жерде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>некеге тұрған немесе бұзған жағдайда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">некеге тұру немесе бұзу туралы куәліктің </w:t>
+      </w:r>
+      <w:r w:rsidR="00D779F3" w:rsidRPr="002C013E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық көшірмесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF6EE3" w:rsidRPr="00EF6EE3" w:rsidRDefault="00EF6EE3" w:rsidP="00EF6EE3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отбасының материалдық-тұрмыстық ахуалын зерделеу негізінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лпы білім беретін мектептерде білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдікпен тамақтандыруды ұсыну туралы білім беру ұйымдарының алқалық орган шешімінің, сондай-ақ қаржылай және материалдық көмек көрсету туралы шешім қабылдау үшін басқа да қажетті құжаттардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронды көшірмесі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470478" w:rsidRPr="00721A26" w:rsidRDefault="00470478" w:rsidP="00F259E8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">алған </w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>табысы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы құжаттың электронды көшірмесі (жұмыс </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C82" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">істейтін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ата-аналардың немесе оларды алма</w:t>
+      </w:r>
+      <w:r w:rsidR="006B305A" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тыра</w:t>
+      </w:r>
+      <w:r w:rsidR="006B305A" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адам</w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбекақысы туралы анықтама).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00470478" w:rsidRPr="00721A26" w:rsidRDefault="00305C82" w:rsidP="00470478">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00F259E8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidR="00F259E8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алушыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң жеке басын</w:t>
+      </w:r>
+      <w:r w:rsidR="00F259E8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куәландыратын</w:t>
+      </w:r>
+      <w:r w:rsidR="0045313B" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidR="0045313B" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туылғаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="0045313B" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бала 2007 жылғы 13 тамызға кейін туған жағдайда), неке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге</w:t>
+      </w:r>
+      <w:r w:rsidR="0045313B" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тұру</w:t>
+      </w:r>
+      <w:r w:rsidR="0045313B" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе бұзу (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">неке </w:t>
+      </w:r>
+      <w:r w:rsidR="0045313B" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2008 жыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дан к</w:t>
+      </w:r>
+      <w:r w:rsidR="0045313B" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ейін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жасалған</w:t>
+      </w:r>
+      <w:r w:rsidR="0045313B" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе бұзы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лған</w:t>
+      </w:r>
+      <w:r w:rsidR="0045313B" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жағдайда),</w:t>
+      </w:r>
+      <w:r w:rsidR="003A24E5" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2663" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыссыз ретінде тіркелу туралы,</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0065307C" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті алушының (отбасының) м</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік атаулы әлеуметтік көмек алушылар</w:t>
+      </w:r>
+      <w:r w:rsidR="0065307C" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатарына</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2663" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жататындығы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, жетім балаға (балалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) немесе ата-анасының қамқорлығынсыз қалған балаға (балалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) қорғаншылық </w:t>
+      </w:r>
+      <w:r w:rsidR="0065307C" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және </w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қамқоршылық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>белгілеу туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, жетім баланы</w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (балаларды</w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) немесе ата-анасының қамқорлығынсыз қалған </w:t>
+      </w:r>
+      <w:r w:rsidR="0065307C" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="0065307C" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(балаларды</w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) патронаттық тәрбиеге берілгені</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2663" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2663" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәсіпкерліктен және басқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2663" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">да қызмет түрлерінен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>түскен</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2663" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кіріс туралы, </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2663" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балаларға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">немесе басқа да асырандыларға </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2663" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>төленетін алимент түріндегі табыстары</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2663" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы </w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мәліметтерді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ті</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беруші тиісті мемлекеттік ақпараттық жүйе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лерден</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «электронды үкімет» шлюз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00470478" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F0ED5" w:rsidRPr="00721A26" w:rsidRDefault="000F0ED5" w:rsidP="00F6779B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">на портал: </w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Портал арқылы жүгінген кезде көрсетілетін қызметті алушының «жеке кабинетіне» мемлекеттік көрсетілетін қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6779B" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижесін алу күнін және уақытын көрсете отырып, мемлекеттік қызметті көрсетуге сұраудың қабылданғаны туралы хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B4A05" w:rsidRPr="002F3C55" w:rsidRDefault="003173B4" w:rsidP="002F3C55">
+    <w:p w:rsidR="00E85FD1" w:rsidRPr="00721A26" w:rsidRDefault="00E85FD1" w:rsidP="002E771D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00751D64" w:rsidRPr="00721A26" w:rsidRDefault="00751D64" w:rsidP="00EF6EE3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету мәселелері бойынша облыстардың, республикалық маңызы бар қалалардың, астананың, аудандардың, облыстық маңызы бар қалалар</w:t>
+      </w:r>
+      <w:r w:rsidR="0065307C" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жергілікті атқарушы органдарының, сондай-ақ көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751D64" w:rsidRPr="00721A26" w:rsidRDefault="00751D64" w:rsidP="002E771D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C96802" w:rsidRPr="00721A26" w:rsidRDefault="00C96802" w:rsidP="0065307C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-        <w:t>;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану: шағым көрсетілетін қызметті берушінің басшысының атына не осы ме</w:t>
+      </w:r>
+      <w:r w:rsidR="0065307C" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">млекеттік </w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidR="0065307C" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет стандартының 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-тармағында көрсетілген мекенжай бойынша облыстардың, республикалық маңызы бар қаланың, астананың тиісті жергілікті атқарушы органы (бұдан әрі – әкімдік) басшысының атына беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC2A1C" w:rsidRPr="002F3C55" w:rsidRDefault="006735BC" w:rsidP="002F3C55">
+    <w:p w:rsidR="00C96802" w:rsidRPr="00721A26" w:rsidRDefault="00C96802" w:rsidP="002E771D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шағымдар жазбаша нысанда пошта немесе көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесі арқылы қолма-қол </w:t>
+      </w:r>
+      <w:r w:rsidR="00305C82" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C96802" w:rsidRPr="00721A26" w:rsidRDefault="00C96802" w:rsidP="002E771D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жеке тұлға</w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ың шағымында оның тегі, аты, әкесінің аты</w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар болған жағдайда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, пошталық мекенжайы, байланыс телефоны көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0065307C" w:rsidRPr="00721A26" w:rsidRDefault="005570D8" w:rsidP="0065307C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96802" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағымды қабылдаған адамның </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тегі, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96802" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аты, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әкесінің аты </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96802" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">берілген шағымға жауап алу мерзімі және орны </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетіліп, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96802" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушінің немесе әкімдіктің кеңсесінде (мөртабан, кіріс нөмірі мен күні) тіркелуі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шағымның қабылдануын растау </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96802" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C96802" w:rsidRPr="00721A26" w:rsidRDefault="00C96802" w:rsidP="0065307C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Портал арқылы жүгінген кезде шағымдану тәртібі туралы ақпаратты </w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет көрсету мәселелері жөнінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бірыңғай байланыс орталығының </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1414 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>телефоны бойынша алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00925428" w:rsidRPr="00721A26" w:rsidRDefault="00C96802" w:rsidP="00925428">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шағымды портал арқылы «жеке кабинетінен» жолдаған кезде</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алушыға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті беруші</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шағымды өндеу</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> барысында жаңартылып тұратын ақпарат қолжетімді болады (жеткізілген</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85DE3" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85DE3" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, орындалуы</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85DE3" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қарастырылғаны немесе қарастырудан бас тартқандығы туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85DE3" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00925428" w:rsidRPr="00721A26" w:rsidRDefault="00B85DE3" w:rsidP="00925428">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушінің, әкімдіктің мекенжайына келіп түскен көрсетілетін қызме</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тті алушының шағымы тіркелген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күнінен бастап бес жұмыс күні ішінде қарастыруға жатады. Шағымды қарастыру нәтижелері туралы дәлелді жауап көрсетілетін қызметті алушыға пошта</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы жіберіледі не көрсетілетін қыз</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>метті берушінің, әкімдіктің кеңсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сінде қолма-қол беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B85DE3" w:rsidRPr="00721A26" w:rsidRDefault="00B85DE3" w:rsidP="00925428">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шағыммен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жүгіне алады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00925428" w:rsidRPr="00721A26" w:rsidRDefault="00B85DE3" w:rsidP="00925428">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қарастыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B85DE3" w:rsidRPr="00721A26" w:rsidRDefault="00925428" w:rsidP="00925428">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сонымен қатар, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85DE3" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және (немесе) оның лауазымды адамдар</w:t>
+      </w:r>
+      <w:r w:rsidR="001A059D" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ының</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85DE3" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әрекетіне (әрекетсіздігіне) шағымдану </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәртібі </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85DE3" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туралы ақпаратты </w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85DE3" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ем</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лекеттік қызмет көрсету мәселелері</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85DE3" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі бірыңғай байланыс</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85DE3" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орталығының </w:t>
+      </w:r>
+      <w:r w:rsidR="007C03C6" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«1414»</w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85DE3" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>телефоны бойынша алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B85DE3" w:rsidRPr="00721A26" w:rsidRDefault="00B85DE3" w:rsidP="0065307C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C96802" w:rsidRPr="00721A26" w:rsidRDefault="00C96802" w:rsidP="002E771D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00751D64" w:rsidRPr="00721A26" w:rsidRDefault="00751D64" w:rsidP="002E771D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00925428" w:rsidRPr="00721A26" w:rsidRDefault="00751D64" w:rsidP="00925428">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="1069"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет көрсетудің ерекшеліктері </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751D64" w:rsidRPr="00721A26" w:rsidRDefault="00751D64" w:rsidP="00925428">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1069"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ескерілген өзге де талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751D64" w:rsidRPr="00721A26" w:rsidRDefault="00751D64" w:rsidP="002E771D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00925428" w:rsidRPr="00721A26" w:rsidRDefault="00751D64" w:rsidP="00925428">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары</w:t>
+      </w:r>
+      <w:r w:rsidR="00B85DE3" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министрліктің </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00721A26">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>www.edu.gov.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-ресурсында орналастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B85DE3" w:rsidRPr="00721A26" w:rsidRDefault="00F972DD" w:rsidP="00925428">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртібі </w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен мәртебесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы ақпаратты қашықтықтан қол жеткізу режимінде, порталдағы «жеке кабинеті»</w:t>
+      </w:r>
+      <w:r w:rsidR="005570D8" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00925428" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сондай-ақ, М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік қызмет көрсету мәселе</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лері </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2214" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірыңғай байланыс</w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C03C6" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орталығының «1414» телефоны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы алу мүмкіндігіне ие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751D64" w:rsidRPr="00721A26" w:rsidRDefault="00751D64" w:rsidP="00925428">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...72 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2214" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік қызмет көрсету мәселе</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2214" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і бойынша анықтама қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2214" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>терін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ің байланыс телефондары Министрліктің </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00721A26">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>www.edu.gov.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2214" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызмет берушінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00F972DD" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>www.bala-kkk.kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">интернет-ресурстарында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орналастырылған. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A222F" w:rsidRPr="002F3C55" w:rsidRDefault="006735BC" w:rsidP="002F3C55">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00721A26" w:rsidRDefault="00386B20" w:rsidP="002E771D">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E85FD1" w:rsidRPr="00721A26" w:rsidRDefault="00C672E6" w:rsidP="00C672E6">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="0018095C" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну» мемлекеттік көрсетілетін қызмет стандартына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2214" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C672E6" w:rsidRPr="00721A26" w:rsidRDefault="00ED2214" w:rsidP="00E85FD1">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0018095C" w:rsidRPr="00721A26" w:rsidRDefault="0018095C" w:rsidP="0018095C">
+      <w:pPr>
+        <w:spacing w:before="204" w:after="122" w:line="353" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы білім беретін мектептерде</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2214" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұсыну </w:t>
+      </w:r>
+      <w:r w:rsidR="00C672E6" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туралы анықтама      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0018095C" w:rsidRPr="00721A26" w:rsidRDefault="0018095C" w:rsidP="0018095C">
+      <w:pPr>
+        <w:spacing w:before="204" w:after="122" w:line="353" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C672E6" w:rsidRPr="00721A26" w:rsidRDefault="00C672E6" w:rsidP="0018095C">
+      <w:pPr>
+        <w:spacing w:before="204" w:after="122" w:line="353" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы анықтама __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E85FD1" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">20__ - 20__ оқу жылында тегін </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA5B0D" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және жеңілдетілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тамақтандырумен қамтамасыз етілетін</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA5B0D" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім алушылар мен тәрбиеленушілердің тізіміне енгізілгендігі </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6D9E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA5B0D" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA5B0D" w:rsidRPr="00721A26" w:rsidRDefault="00EA5B0D" w:rsidP="0018095C">
+      <w:pPr>
+        <w:spacing w:before="204" w:after="122" w:line="353" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C672E6" w:rsidRPr="00721A26" w:rsidRDefault="00F0573F" w:rsidP="00F0573F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="258" w:lineRule="atLeast"/>
+        <w:ind w:left="5103"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s0"/>
-[...48 lines deleted...]
-        <w:t>;</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Астана және Алматы қалаларының, облыстық маңызына ие аудандық және қалалық жергілікті атқарушы органдар </w:t>
+      </w:r>
+      <w:r w:rsidR="0018095C" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшысының</w:t>
+      </w:r>
+      <w:r w:rsidR="00C672E6" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолы, күні</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B1DFF" w:rsidRPr="001D1832" w:rsidRDefault="006735BC" w:rsidP="002F3C55">
-[...8 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00F0573F" w:rsidRPr="00721A26" w:rsidRDefault="00F0573F" w:rsidP="00F0573F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="258" w:lineRule="atLeast"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F0573F" w:rsidRPr="00721A26" w:rsidRDefault="00F0573F" w:rsidP="00F0573F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="258" w:lineRule="atLeast"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C672E6" w:rsidRPr="00721A26" w:rsidRDefault="00E85FD1">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...78 lines deleted...]
-        <w:t>;</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мөрдің орны</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0573F" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00C672E6" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C49B7" w:rsidRPr="002F3C55" w:rsidRDefault="009C49B7" w:rsidP="002F3C55">
-[...26 lines deleted...]
-        <w:t>электронная копия документа о полученных доходах (справка о заработной плате работающих родителей или лиц их заменяющих).</w:t>
+    <w:p w:rsidR="0018095C" w:rsidRPr="00721A26" w:rsidRDefault="0018095C" w:rsidP="0018095C">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Жалпы білім беретін мектептердегі білім алушылар мен тәрбиеленушілердің жекелеген санаттарына тегін және жеңілдетілген тамақтандыруды ұсыну» мемлекеттік көрсетілетін қызмет стандартына 2-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B7665F" w:rsidRPr="002F3C55" w:rsidRDefault="00B7665F" w:rsidP="002F3C55">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="0018095C" w:rsidRPr="00721A26" w:rsidRDefault="00F0573F" w:rsidP="0018095C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="258" w:lineRule="atLeast"/>
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Астана және Алматы қалаларының</w:t>
+      </w:r>
+      <w:r w:rsidR="001043DB" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, облыстық маңызына ие аудандық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және қалалық жергілікті атқарушы органның</w:t>
+      </w:r>
+      <w:r w:rsidR="0018095C" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшысына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0018095C" w:rsidRPr="00721A26" w:rsidRDefault="0018095C" w:rsidP="0018095C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="258" w:lineRule="atLeast"/>
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0018095C" w:rsidRPr="00721A26" w:rsidRDefault="0018095C" w:rsidP="0018095C">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="5103"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(білім</w:t>
+      </w:r>
+      <w:r w:rsidR="00C43339" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган</w:t>
+      </w:r>
+      <w:r w:rsidR="00C43339" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C672E6" w:rsidRPr="00721A26" w:rsidRDefault="0018095C" w:rsidP="00E85FD1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:left="5103"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(_________ облысы, _______ ауданы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(басшының </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C672E6" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C672E6" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">(өтініш берушінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар болғанда)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00066B71" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>жеке сәйкестендіру нөмері</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C672E6" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мына мекенжайы бойынша тұратын:     </w:t>
+      </w:r>
+      <w:r w:rsidR="00C672E6" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00C672E6" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(елді мек</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ен атауы, тұрғылықты мекенжайы, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C672E6" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">телефоны)               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D20B7E" w:rsidRPr="00721A26" w:rsidRDefault="00C672E6" w:rsidP="00D20B7E">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D20B7E" w:rsidRPr="00721A26" w:rsidRDefault="00C672E6" w:rsidP="00D20B7E">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...129 lines deleted...]
-        <w:t xml:space="preserve"> услугодатель получает из соответствующих государственных информационных систем через шлюз «электронного правительства».</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Менің кәмелет жасқа толмаған (Т.А.Ә. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бар болғанда) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F972DD" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туған күні және </w:t>
+      </w:r>
+      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>жеке сәйкестендіру нөмері</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(мектеп №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>және сынып литерін көрсету) оқитын баламды (оқу жылын көрсету) тегін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>тамақтандырумен қамтамасыз етілетін білім алушылар мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>тәрбиеленушілердің тізіміне қосуды сұраймын.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00541702" w:rsidRPr="002F3C55" w:rsidRDefault="003A416B" w:rsidP="002F3C55">
-[...2 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="00D20B7E" w:rsidRPr="00721A26" w:rsidRDefault="00D20B7E" w:rsidP="00D20B7E">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00541702" w:rsidRPr="002F3C55" w:rsidRDefault="00541702" w:rsidP="002F3C55">
-      <w:pPr>
+    <w:p w:rsidR="00F972DD" w:rsidRPr="00721A26" w:rsidRDefault="00F972DD" w:rsidP="00D20B7E">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ақпараттық жүйе</w:t>
+      </w:r>
+      <w:r w:rsidR="00C43339" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дегі заңмен қорғалатын мәлімет</w:t>
+      </w:r>
+      <w:r w:rsidR="00C43339" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>терді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пайдалануға келісім беремін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F972DD" w:rsidRPr="00721A26" w:rsidRDefault="00F972DD" w:rsidP="00D20B7E">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00C672E6" w:rsidRPr="00D20B7E" w:rsidRDefault="00C672E6" w:rsidP="00C672E6">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «___» _____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20B7E" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>20__ жыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="002A25D9" w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00223887" w:rsidRPr="00D20B7E" w:rsidRDefault="00223887" w:rsidP="00223887">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...17 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00386B20" w:rsidRPr="002F3C55" w:rsidRDefault="00386B20" w:rsidP="002F3C55">
-[...2234 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="00223887" w:rsidRPr="00D20B7E" w:rsidSect="00C813E5">
+      <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
-      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00375EFB" w:rsidRDefault="00375EFB" w:rsidP="001257DA">
+    <w:p w:rsidR="00E73BDE" w:rsidRDefault="00E73BDE" w:rsidP="00C813E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00375EFB" w:rsidRDefault="00375EFB" w:rsidP="001257DA">
+    <w:p w:rsidR="00E73BDE" w:rsidRDefault="00E73BDE" w:rsidP="00C813E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00375EFB" w:rsidRDefault="00375EFB" w:rsidP="001257DA">
+    <w:p w:rsidR="00E73BDE" w:rsidRDefault="00E73BDE" w:rsidP="00C813E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00375EFB" w:rsidRDefault="00375EFB" w:rsidP="001257DA">
+    <w:p w:rsidR="00E73BDE" w:rsidRDefault="00E73BDE" w:rsidP="00C813E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-1323805499"/>
+      <w:id w:val="726033200"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00A54863" w:rsidRDefault="002F5C9A">
+      <w:p w:rsidR="00C813E5" w:rsidRPr="00C813E5" w:rsidRDefault="00FB2429">
         <w:pPr>
           <w:pStyle w:val="a6"/>
           <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00A54863">
+        <w:r w:rsidRPr="00C813E5">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00A54863" w:rsidRPr="00A54863">
+        <w:r w:rsidR="00C813E5" w:rsidRPr="00C813E5">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00A54863">
+        <w:r w:rsidRPr="00C813E5">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00375EFB" w:rsidRPr="00375EFB">
+        <w:r w:rsidR="00E73BDE" w:rsidRPr="00E73BDE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="00A54863">
+        <w:r w:rsidRPr="00C813E5">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="001257DA" w:rsidRDefault="001257DA">
+  <w:p w:rsidR="00C813E5" w:rsidRDefault="00C813E5">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="02DB336F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B150EA3C"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -5776,51 +8040,51 @@
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="0FFE2530"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="ABD48898"/>
+    <w:tmpl w:val="D67CE86E"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
@@ -6035,149 +8299,146 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="1F274E02"/>
+    <w:nsid w:val="29B71B71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="14543784"/>
-    <w:lvl w:ilvl="0" w:tplc="88D00C02">
+    <w:tmpl w:val="D67CE86E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="318A401D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9370BEA4"/>
     <w:lvl w:ilvl="0" w:tplc="A8C88A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -6213,139 +8474,222 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="34D91D0C"/>
+    <w:nsid w:val="4EFA19BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7ADA76C2"/>
-    <w:lvl w:ilvl="0" w:tplc="960CD55A">
+    <w:tmpl w:val="D67CE86E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="58A44EA3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2896750C"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="5BBD2198"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76DC62D0"/>
     <w:lvl w:ilvl="0" w:tplc="41942402">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6391,51 +8735,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="5DB11D6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21DEC868"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3060" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6477,140 +8821,398 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7380" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8100" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="6E31131E"/>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="63D52DBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B5DE75DE"/>
-    <w:lvl w:ilvl="0" w:tplc="5094B8F0">
+    <w:tmpl w:val="DDBE6ECA"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1065" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2148" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1785" w:hanging="360"/>
+        <w:ind w:left="2868" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2505" w:hanging="180"/>
+        <w:ind w:left="3588" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3225" w:hanging="360"/>
+        <w:ind w:left="4308" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3945" w:hanging="360"/>
+        <w:ind w:left="5028" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4665" w:hanging="180"/>
+        <w:ind w:left="5748" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5385" w:hanging="360"/>
+        <w:ind w:left="6468" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6105" w:hanging="360"/>
+        <w:ind w:left="7188" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6825" w:hanging="180"/>
+        <w:ind w:left="7908" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="67254D6D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1090A8CE"/>
+    <w:lvl w:ilvl="0" w:tplc="B4F83A68">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2498" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3218" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3938" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4658" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5378" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6098" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6818" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7538" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="6EC266DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A9688B56"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="711F07B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2AA468E"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="73152FA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E5E5424"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6652,51 +9254,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="73501726"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5086898A"/>
+    <w:lvl w:ilvl="0" w:tplc="7FEE4A1A">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="7D102014"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9370BEA4"/>
     <w:lvl w:ilvl="0" w:tplc="A8C88A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -6738,378 +9429,504 @@
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="7EC51669"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F8B84E2A"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="7F104D56"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2D0EB6C8"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="15">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="14">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="20">
     <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="140"/>
   <w:drawingGridVerticalSpacing w:val="381"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="009F2A1F"/>
-    <w:rsid w:val="00002899"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00043A30"/>
     <w:rsid w:val="00046C85"/>
-    <w:rsid w:val="00063581"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000A4FEA"/>
+    <w:rsid w:val="00066B71"/>
+    <w:rsid w:val="00074174"/>
     <w:rsid w:val="000C2499"/>
-    <w:rsid w:val="000C773A"/>
+    <w:rsid w:val="000C7DFE"/>
     <w:rsid w:val="000D39A5"/>
-    <w:rsid w:val="000D4E5A"/>
     <w:rsid w:val="000E7BF6"/>
-    <w:rsid w:val="000F0E72"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00134144"/>
+    <w:rsid w:val="000F0ED5"/>
+    <w:rsid w:val="001043DB"/>
     <w:rsid w:val="00135B45"/>
-    <w:rsid w:val="00142A35"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001718C7"/>
+    <w:rsid w:val="0018095C"/>
+    <w:rsid w:val="00184E8D"/>
     <w:rsid w:val="001855B7"/>
-    <w:rsid w:val="00187DC2"/>
-    <w:rsid w:val="0019187D"/>
+    <w:rsid w:val="001860F6"/>
     <w:rsid w:val="00193019"/>
-    <w:rsid w:val="001B1A3B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001E06C9"/>
+    <w:rsid w:val="001A059D"/>
+    <w:rsid w:val="001A1A05"/>
+    <w:rsid w:val="001A6EAD"/>
     <w:rsid w:val="001E0BE3"/>
-    <w:rsid w:val="00220793"/>
+    <w:rsid w:val="00201FE8"/>
     <w:rsid w:val="00223887"/>
-    <w:rsid w:val="00240BBA"/>
-    <w:rsid w:val="002550FF"/>
+    <w:rsid w:val="002524F5"/>
     <w:rsid w:val="00256011"/>
-    <w:rsid w:val="00265B4F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00292CA8"/>
+    <w:rsid w:val="0025750B"/>
+    <w:rsid w:val="00274073"/>
+    <w:rsid w:val="00275E44"/>
     <w:rsid w:val="00295E6F"/>
-    <w:rsid w:val="002A18CF"/>
-[...3 lines deleted...]
-    <w:rsid w:val="002C7B80"/>
+    <w:rsid w:val="00297CEC"/>
+    <w:rsid w:val="002A25D9"/>
+    <w:rsid w:val="002B6B27"/>
     <w:rsid w:val="002D5BFC"/>
-    <w:rsid w:val="002E6760"/>
+    <w:rsid w:val="002E771D"/>
     <w:rsid w:val="002F1706"/>
-    <w:rsid w:val="002F3C55"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003173B4"/>
+    <w:rsid w:val="002F27DD"/>
+    <w:rsid w:val="00305C82"/>
+    <w:rsid w:val="003140E8"/>
     <w:rsid w:val="00323C46"/>
     <w:rsid w:val="00335A8E"/>
-    <w:rsid w:val="00375EFB"/>
+    <w:rsid w:val="00343757"/>
     <w:rsid w:val="00386B20"/>
     <w:rsid w:val="00392B19"/>
-    <w:rsid w:val="003A222F"/>
-    <w:rsid w:val="003A416B"/>
+    <w:rsid w:val="003A24E5"/>
     <w:rsid w:val="003B4A05"/>
+    <w:rsid w:val="003B633F"/>
     <w:rsid w:val="003C532B"/>
+    <w:rsid w:val="003D176C"/>
     <w:rsid w:val="003F16E4"/>
-    <w:rsid w:val="003F7F2C"/>
-    <w:rsid w:val="004026AC"/>
     <w:rsid w:val="00406EA6"/>
     <w:rsid w:val="0042045E"/>
-    <w:rsid w:val="00426AE0"/>
     <w:rsid w:val="0042779F"/>
-    <w:rsid w:val="004330AD"/>
-[...7 lines deleted...]
-    <w:rsid w:val="004D5FEE"/>
+    <w:rsid w:val="0045313B"/>
+    <w:rsid w:val="00464D20"/>
+    <w:rsid w:val="00470478"/>
+    <w:rsid w:val="0047388D"/>
+    <w:rsid w:val="00476485"/>
+    <w:rsid w:val="004A0CE6"/>
     <w:rsid w:val="004E483D"/>
-    <w:rsid w:val="00501F33"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005215F7"/>
+    <w:rsid w:val="005218A6"/>
     <w:rsid w:val="005224AD"/>
-    <w:rsid w:val="005338B3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00541702"/>
     <w:rsid w:val="005418C0"/>
-    <w:rsid w:val="00541BD7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00546ED2"/>
+    <w:rsid w:val="00546972"/>
     <w:rsid w:val="00546FEB"/>
-    <w:rsid w:val="00547BBA"/>
+    <w:rsid w:val="005570D8"/>
+    <w:rsid w:val="00563489"/>
     <w:rsid w:val="005723F5"/>
-    <w:rsid w:val="00583959"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005B42B9"/>
     <w:rsid w:val="005F2B79"/>
-    <w:rsid w:val="005F79A7"/>
-    <w:rsid w:val="006061AC"/>
     <w:rsid w:val="0062331F"/>
-    <w:rsid w:val="00625FFA"/>
+    <w:rsid w:val="0065307C"/>
     <w:rsid w:val="00657393"/>
-    <w:rsid w:val="00661776"/>
     <w:rsid w:val="00663701"/>
-    <w:rsid w:val="006735BC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006A6AC5"/>
+    <w:rsid w:val="00687A3E"/>
+    <w:rsid w:val="006B305A"/>
     <w:rsid w:val="006C5AF4"/>
     <w:rsid w:val="006C6374"/>
-    <w:rsid w:val="006F22E0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00713077"/>
+    <w:rsid w:val="006D0036"/>
+    <w:rsid w:val="006D7EB5"/>
     <w:rsid w:val="007133A0"/>
-    <w:rsid w:val="007264ED"/>
-    <w:rsid w:val="007622CC"/>
+    <w:rsid w:val="00715415"/>
+    <w:rsid w:val="00721A26"/>
+    <w:rsid w:val="00751D64"/>
+    <w:rsid w:val="00754825"/>
+    <w:rsid w:val="00780CC1"/>
     <w:rsid w:val="00781A61"/>
+    <w:rsid w:val="00787E19"/>
     <w:rsid w:val="00793876"/>
+    <w:rsid w:val="007A4273"/>
     <w:rsid w:val="007A6205"/>
-    <w:rsid w:val="007B4EE4"/>
+    <w:rsid w:val="007C03C6"/>
     <w:rsid w:val="007D1EBD"/>
-    <w:rsid w:val="007E4315"/>
-    <w:rsid w:val="00802901"/>
+    <w:rsid w:val="007F2663"/>
     <w:rsid w:val="00805570"/>
+    <w:rsid w:val="00813230"/>
     <w:rsid w:val="00835F14"/>
-    <w:rsid w:val="00844A51"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00867795"/>
     <w:rsid w:val="00885D7E"/>
-    <w:rsid w:val="008A2805"/>
+    <w:rsid w:val="00892841"/>
     <w:rsid w:val="008B1A0B"/>
     <w:rsid w:val="008B5E3E"/>
+    <w:rsid w:val="008B6D9E"/>
     <w:rsid w:val="008C7E72"/>
-    <w:rsid w:val="008D5B08"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00943221"/>
+    <w:rsid w:val="00925428"/>
     <w:rsid w:val="00946951"/>
-    <w:rsid w:val="00950726"/>
-[...3 lines deleted...]
-    <w:rsid w:val="009921E2"/>
+    <w:rsid w:val="00956449"/>
+    <w:rsid w:val="009649C9"/>
+    <w:rsid w:val="00985D65"/>
     <w:rsid w:val="009A4478"/>
-    <w:rsid w:val="009B11C4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009E24B6"/>
+    <w:rsid w:val="009B6A6F"/>
+    <w:rsid w:val="009D251E"/>
     <w:rsid w:val="009F2A1F"/>
-    <w:rsid w:val="00A1433C"/>
     <w:rsid w:val="00A2656C"/>
-    <w:rsid w:val="00A27E72"/>
     <w:rsid w:val="00A340B9"/>
     <w:rsid w:val="00A34E8E"/>
-    <w:rsid w:val="00A54863"/>
-    <w:rsid w:val="00A622FC"/>
+    <w:rsid w:val="00A62394"/>
     <w:rsid w:val="00A62833"/>
-    <w:rsid w:val="00A734A0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A82885"/>
     <w:rsid w:val="00A95D5C"/>
-    <w:rsid w:val="00A97FDE"/>
-    <w:rsid w:val="00AA4992"/>
     <w:rsid w:val="00AB037A"/>
-    <w:rsid w:val="00AB26B9"/>
+    <w:rsid w:val="00AB3B83"/>
     <w:rsid w:val="00AB631F"/>
-    <w:rsid w:val="00AB7065"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00B322A3"/>
+    <w:rsid w:val="00AC53CE"/>
+    <w:rsid w:val="00B0209C"/>
     <w:rsid w:val="00B401C2"/>
     <w:rsid w:val="00B43AD7"/>
     <w:rsid w:val="00B46894"/>
-    <w:rsid w:val="00B517D3"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00C02E55"/>
+    <w:rsid w:val="00B85DE3"/>
     <w:rsid w:val="00C06C06"/>
     <w:rsid w:val="00C17B9C"/>
-    <w:rsid w:val="00C279C5"/>
-    <w:rsid w:val="00C30121"/>
+    <w:rsid w:val="00C2796C"/>
     <w:rsid w:val="00C32BB9"/>
-    <w:rsid w:val="00C32BC4"/>
     <w:rsid w:val="00C36A36"/>
     <w:rsid w:val="00C40CE2"/>
+    <w:rsid w:val="00C43339"/>
+    <w:rsid w:val="00C672E6"/>
+    <w:rsid w:val="00C813E5"/>
+    <w:rsid w:val="00C96802"/>
     <w:rsid w:val="00CA0ECF"/>
-    <w:rsid w:val="00CA7C1E"/>
+    <w:rsid w:val="00CA575A"/>
     <w:rsid w:val="00CB22E3"/>
-    <w:rsid w:val="00CB4888"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00CC7999"/>
     <w:rsid w:val="00CD19E2"/>
-    <w:rsid w:val="00CD3D62"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D3700D"/>
+    <w:rsid w:val="00D20B7E"/>
+    <w:rsid w:val="00D32066"/>
+    <w:rsid w:val="00D32F13"/>
+    <w:rsid w:val="00D42DA7"/>
+    <w:rsid w:val="00D57461"/>
     <w:rsid w:val="00D61C0D"/>
-    <w:rsid w:val="00D7496D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E2548C"/>
+    <w:rsid w:val="00D779F3"/>
+    <w:rsid w:val="00DB1D74"/>
+    <w:rsid w:val="00DB2791"/>
     <w:rsid w:val="00E41436"/>
-    <w:rsid w:val="00E41B22"/>
     <w:rsid w:val="00E609CE"/>
-    <w:rsid w:val="00E61B79"/>
+    <w:rsid w:val="00E73BDE"/>
+    <w:rsid w:val="00E85FD1"/>
+    <w:rsid w:val="00EA5B0D"/>
+    <w:rsid w:val="00ED2214"/>
+    <w:rsid w:val="00ED59E2"/>
     <w:rsid w:val="00EE7D58"/>
-    <w:rsid w:val="00EF655F"/>
+    <w:rsid w:val="00EF6EE3"/>
     <w:rsid w:val="00F043D9"/>
-    <w:rsid w:val="00F10324"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F56736"/>
+    <w:rsid w:val="00F0573F"/>
+    <w:rsid w:val="00F1246C"/>
+    <w:rsid w:val="00F259E8"/>
+    <w:rsid w:val="00F365FA"/>
+    <w:rsid w:val="00F46441"/>
+    <w:rsid w:val="00F621DD"/>
+    <w:rsid w:val="00F65B89"/>
+    <w:rsid w:val="00F6779B"/>
+    <w:rsid w:val="00F7658B"/>
     <w:rsid w:val="00F769B9"/>
     <w:rsid w:val="00F81182"/>
-    <w:rsid w:val="00F84231"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FC494D"/>
+    <w:rsid w:val="00F94C12"/>
+    <w:rsid w:val="00F972DD"/>
+    <w:rsid w:val="00FB2429"/>
     <w:rsid w:val="00FE6F28"/>
+    <w:rsid w:val="00FE7D6D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -7241,191 +10058,252 @@
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D32066"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C672E6"/>
+    <w:pPr>
+      <w:spacing w:before="204" w:after="122" w:line="353" w:lineRule="atLeast"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="29"/>
+      <w:szCs w:val="29"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...2 lines deleted...]
-    <w:link w:val="a5"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007264ED"/>
+    <w:rsid w:val="00985D65"/>
+    <w:rPr>
+      <w:color w:val="9A1616"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C672E6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="29"/>
+      <w:szCs w:val="29"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C672E6"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...33 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="666666"/>
+      <w:spacing w:val="1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001257DA"/>
+    <w:rsid w:val="00C813E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001257DA"/>
+    <w:rsid w:val="00C813E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001257DA"/>
+    <w:rsid w:val="00C813E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001257DA"/>
+    <w:rsid w:val="00C813E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00D32066"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D32066"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
@@ -7554,234 +10432,448 @@
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D32066"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C672E6"/>
+    <w:pPr>
+      <w:spacing w:before="204" w:after="122" w:line="353" w:lineRule="atLeast"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="29"/>
+      <w:szCs w:val="29"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...2 lines deleted...]
-    <w:link w:val="a5"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007264ED"/>
+    <w:rsid w:val="00985D65"/>
+    <w:rPr>
+      <w:color w:val="9A1616"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C672E6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="444444"/>
+      <w:sz w:val="29"/>
+      <w:szCs w:val="29"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C672E6"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="360" w:line="258" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...33 lines deleted...]
-      <w:effect w:val="none"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="666666"/>
+      <w:spacing w:val="1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001257DA"/>
+    <w:rsid w:val="00C813E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001257DA"/>
+    <w:rsid w:val="00C813E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001257DA"/>
+    <w:rsid w:val="00C813E5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001257DA"/>
+    <w:rsid w:val="00C813E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00D32066"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D32066"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="718818167">
+    <w:div w:id="186338928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1432626736">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="613250459">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1434281645">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1387995934">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1610506846">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
-    <w:div w:id="1220678063">
+    <w:div w:id="257252912">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="825777913">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1894268770">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="216287066">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="361708468">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="820343339">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="510996011">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8034,78 +11126,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FE35D93-1303-4E5B-BFFF-DDFACA0389F5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{223FB3C8-7CBD-47C8-8C77-030435C54109}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1908</Words>
-  <Characters>10877</Characters>
+  <Words>2077</Words>
+  <Characters>11843</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12760</CharactersWithSpaces>
+  <CharactersWithSpaces>13893</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Адылканова Индира</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>