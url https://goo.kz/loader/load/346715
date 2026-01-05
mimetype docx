--- v0 (2025-12-13)
+++ v1 (2026-01-05)
@@ -8,11136 +8,10849 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00663242" w:rsidRPr="00663242" w:rsidRDefault="00663242" w:rsidP="00663242">
-[...2 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00FE09D6" w:rsidP="00FE09D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...20 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00FE09D6" w:rsidP="00FE09D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...20 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к приказу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00FE09D6" w:rsidP="00FE09D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...50 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00FE09D6" w:rsidP="00FE09D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...40 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7EC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7EC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>марта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2016 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00FE09D6" w:rsidP="00FE09D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...60 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7EC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>210</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00FE09D6" w:rsidP="00FE09D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00192A21" w:rsidP="00FE09D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...20 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 9</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE09D6" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00FE09D6" w:rsidP="00FE09D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...20 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к приказу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00FE09D6" w:rsidP="00FE09D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...20 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министра образования и науки </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00FE09D6" w:rsidP="00FE09D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...84 lines deleted...]
-        <w:ind w:firstLine="851"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00FE09D6" w:rsidP="00FE09D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5664"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от «13» апреля 2015 года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00FE09D6" w:rsidP="00FE09D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5664"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 198</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRDefault="00FE09D6" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009415CA" w:rsidRPr="00A659F1" w:rsidRDefault="009415CA" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00A659F1" w:rsidRDefault="00386B20" w:rsidP="00337B6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00A659F1" w:rsidRDefault="00386B20" w:rsidP="00FE09D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00337B6C" w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Назначение выплаты денежных средств на содержание ребенка (детей), переданного патронатным воспитателям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...34 lines deleted...]
-    <w:p w:rsidR="00FD6275" w:rsidRPr="00A32FFA" w:rsidRDefault="00FD6275" w:rsidP="00A32FFA">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00A659F1" w:rsidRDefault="00386B20" w:rsidP="005418C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00A659F1" w:rsidRDefault="00386B20" w:rsidP="00FE09D6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:kern w:val="0"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00A32FFA" w:rsidRPr="00A32FFA" w:rsidRDefault="00A32FFA" w:rsidP="00A32FFA">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E10A0B" w:rsidRPr="00A659F1" w:rsidRDefault="00E10A0B" w:rsidP="000E47EC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="1211"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00E0238F" w:rsidRPr="00E0238F" w:rsidRDefault="00A32FFA" w:rsidP="00E0238F">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F63E20" w:rsidRPr="00A659F1" w:rsidRDefault="00386B20" w:rsidP="00F63E20">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственная услуга «</w:t>
+      </w:r>
+      <w:r w:rsidR="00337B6C" w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...41 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Назначение выплаты денежных средств на содержание ребенка (детей), переданного патронатным воспитателям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>» (далее –государственн</w:t>
+      </w:r>
+      <w:r w:rsidR="001A7641" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="001A7641" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="00F63E20" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E0238F">
-[...241 lines deleted...]
-    <w:p w:rsidR="0035071A" w:rsidRDefault="00B65D45" w:rsidP="0035071A">
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00A659F1" w:rsidRDefault="00386B20" w:rsidP="00823BFF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
-[...81 lines deleted...]
-          <w:numId w:val="8"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00391631" w:rsidRPr="00F360E2" w:rsidRDefault="00D43C5D" w:rsidP="000906A9">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее – Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00A659F1" w:rsidRDefault="00386B20" w:rsidP="00823BFF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...2 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...37 lines deleted...]
-    <w:p w:rsidR="000906A9" w:rsidRPr="00F360E2" w:rsidRDefault="00391631" w:rsidP="000906A9">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга оказывается </w:t>
+      </w:r>
+      <w:r w:rsidR="00467D76" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>местными исполнительными органами городов Астаны и Алматы, районов и городов областного значения</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0183B" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0183B" w:rsidRPr="00192A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее – услугодатель)</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6B45" w:rsidRPr="00192A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F36798" w:rsidRPr="00A659F1" w:rsidRDefault="00F36798" w:rsidP="00F36798">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F36798" w:rsidRPr="00A659F1" w:rsidRDefault="00F36798" w:rsidP="00F36798">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F657C4" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00A659F1" w:rsidRDefault="00F36798" w:rsidP="00FE09D6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) веб-портал «электронного правительства» www.egov.kz</w:t>
+      </w:r>
+      <w:r w:rsidR="003120BA" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее -</w:t>
+      </w:r>
+      <w:r w:rsidR="00F657C4" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C01AB" w:rsidRPr="00A659F1" w:rsidRDefault="009C01AB" w:rsidP="005418C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00386B20" w:rsidP="00FE09D6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00FE09D6" w:rsidP="00FE09D6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00823BFF" w:rsidRPr="00A659F1" w:rsidRDefault="00F74EF3" w:rsidP="0000563A">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...58 lines deleted...]
-    <w:p w:rsidR="00DA491E" w:rsidRPr="00F360E2" w:rsidRDefault="00DA491E" w:rsidP="00E0238F">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0000563A" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00823BFF" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сроки оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F63E20" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00823BFF" w:rsidRPr="00A659F1" w:rsidRDefault="00823BFF" w:rsidP="00823BFF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:widowControl/>
-[...787 lines deleted...]
-        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-    <w:p w:rsidR="002A3C04" w:rsidRPr="00F360E2" w:rsidRDefault="0073635F" w:rsidP="002A3C04">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с момента сдачи документов</w:t>
+      </w:r>
+      <w:r w:rsidR="00D456C7" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4BA2" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателю и при обращении на портал </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>– пять рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00823BFF" w:rsidRPr="00A659F1" w:rsidRDefault="00823BFF" w:rsidP="00823BFF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...96 lines deleted...]
-    <w:p w:rsidR="00181E6C" w:rsidRPr="00F360E2" w:rsidRDefault="0073635F" w:rsidP="002A3C04">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>максимально допустимое время ожидания для сдачи документов</w:t>
+      </w:r>
+      <w:r w:rsidR="00D456C7" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4BA2" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4BA2" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00823BFF" w:rsidRPr="00A659F1" w:rsidRDefault="00823BFF" w:rsidP="00823BFF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...69 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>максимально допустимое время обслуживания</w:t>
+      </w:r>
+      <w:r w:rsidR="000D02AB" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000320B8" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>– 30 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00823BFF" w:rsidRPr="00A659F1" w:rsidRDefault="00F74EF3" w:rsidP="005D4BA2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0000563A" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00823BFF" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма оказания государственной услуги – </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4BA2" w:rsidRPr="00192A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электронная (</w:t>
+      </w:r>
+      <w:r w:rsidR="001776A5" w:rsidRPr="00192A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>полностью</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4BA2" w:rsidRPr="00192A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4BA2" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">автоматизированная) и (или) </w:t>
+      </w:r>
+      <w:r w:rsidR="00823BFF" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386B20" w:rsidRPr="00A659F1" w:rsidRDefault="0000563A" w:rsidP="0000563A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F74EF3" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги –</w:t>
+      </w:r>
+      <w:r w:rsidR="002D5BFC" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D456C7" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">решение о назначении денежных средств, выделяемых патронатным воспитателям на содержание ребенка (детей) по форме </w:t>
+      </w:r>
+      <w:r w:rsidR="00D456C7" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно </w:t>
+      </w:r>
+      <w:r w:rsidR="007B600C" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D456C7" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="00F043D9" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="009F4843" w:rsidRPr="00D43C5D" w:rsidRDefault="009F4843" w:rsidP="009F4843">
+      <w:r w:rsidR="00F63E20" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00387DBB" w:rsidRPr="00A659F1" w:rsidRDefault="00386B20" w:rsidP="00387DBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги –</w:t>
+      </w:r>
+      <w:r w:rsidR="00F225E8" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005838E2" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электронная</w:t>
+      </w:r>
+      <w:r w:rsidR="007B600C" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) бумажная</w:t>
+      </w:r>
+      <w:r w:rsidR="00F74EF3" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00387DBB" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00387DBB" w:rsidRPr="00A659F1" w:rsidRDefault="00387DBB" w:rsidP="00387DBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае обращения услугополучателя за результатом оказания государственной услуги на бумажном носителе результат оказания государственной услуги оформляется в электронной форме, распечатывается, заверяется печатью и подписью уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F74EF3" w:rsidRPr="00A659F1" w:rsidRDefault="00387DBB" w:rsidP="00387DBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>На портале результат оказания государственной услуги направляется и хранится в «личном кабинете» услугополучателя в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D4299" w:rsidRPr="00A659F1" w:rsidRDefault="00F74EF3" w:rsidP="00F74EF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="0000563A" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга оказывается </w:t>
+      </w:r>
+      <w:r w:rsidR="00701B3E" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">физическим лицам </w:t>
+      </w:r>
+      <w:r w:rsidR="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00701B3E" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее</w:t>
+      </w:r>
+      <w:r w:rsidR="00D362CA" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="00701B3E" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугополучатель) </w:t>
+      </w:r>
+      <w:r w:rsidR="00386B20" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бесплатно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D4BA2" w:rsidRPr="00A659F1" w:rsidRDefault="00D614B7" w:rsidP="00D614B7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F74EF3" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="0000563A" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>График работы</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4BA2" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00823BFF" w:rsidRPr="00A659F1" w:rsidRDefault="005D4BA2" w:rsidP="00D614B7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="00823BFF" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя: с понедельника по пятницу включительно, с 9.00 до 18.30 часов, с перерывом на обед с 13.00 часов до 14.30 часов, кроме выходных и </w:t>
+      </w:r>
+      <w:r w:rsidR="005B51C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">праздничных дней, </w:t>
+      </w:r>
+      <w:r w:rsidR="005B51C7" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>согласно Т</w:t>
+      </w:r>
+      <w:r w:rsidR="00823BFF" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рудовому </w:t>
+      </w:r>
+      <w:r w:rsidR="005376C3" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="005B51C7" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>одексу</w:t>
+      </w:r>
+      <w:r w:rsidR="00823BFF" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00823BFF" w:rsidRPr="00A659F1" w:rsidRDefault="00823BFF" w:rsidP="00823BFF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...43 lines deleted...]
-    <w:p w:rsidR="00BC671C" w:rsidRDefault="00BC671C" w:rsidP="00304517">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием заявлени</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55FB2" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдача результат</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55FB2" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682C89" w:rsidRPr="00A659F1" w:rsidRDefault="00682C89" w:rsidP="00682C89">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) портала: круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+      </w:r>
+      <w:r w:rsidR="005376C3" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Трудово</w:t>
+      </w:r>
+      <w:r w:rsidR="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>му кодексу Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00823BFF" w:rsidRPr="00A659F1" w:rsidRDefault="00F63E20" w:rsidP="00F63E20">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005F0E2D" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="0000563A" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00823BFF" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidR="00A734F6" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к услугодателю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00396424" w:rsidRPr="00A659F1" w:rsidRDefault="006D4299" w:rsidP="00396424">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
-[...119 lines deleted...]
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="004D12EC" w:rsidRDefault="004D12EC" w:rsidP="00304517">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidR="003F16E4" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аявление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B51C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по форме согласно </w:t>
+      </w:r>
+      <w:r w:rsidR="005B51C7" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D456C7" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему стандарту государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="003F16E4" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00396424" w:rsidRPr="00A659F1" w:rsidRDefault="00D456C7" w:rsidP="00274F3C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
-[...91 lines deleted...]
-          <w:numId w:val="22"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="708"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="0068207E" w:rsidRPr="00F360E2" w:rsidRDefault="00A4329B" w:rsidP="0068207E">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">копия </w:t>
+      </w:r>
+      <w:r w:rsidR="00396424" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>документ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00396424" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, удостовер</w:t>
+      </w:r>
+      <w:r w:rsidR="00274F3C" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>яющ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidR="00274F3C" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> личность услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D4299" w:rsidRPr="00A659F1" w:rsidRDefault="006D4299" w:rsidP="001E0C6E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="708"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...141 lines deleted...]
-    <w:p w:rsidR="00226941" w:rsidRDefault="00226941" w:rsidP="003807AD">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>справка об обучении ребенка (детей) в организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D4299" w:rsidRPr="00A659F1" w:rsidRDefault="006D4299" w:rsidP="001E0C6E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
-[...53 lines deleted...]
-          <w:numId w:val="10"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...500 lines deleted...]
-    <w:p w:rsidR="003807AD" w:rsidRPr="00CD11A8" w:rsidRDefault="008B4489" w:rsidP="003807AD">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>копия договора о передаче ребенка (детей) на патронатное воспитание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D120C" w:rsidRPr="00A659F1" w:rsidRDefault="007D120C" w:rsidP="007D120C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Документы представляются в подлинниках для сверки, после чего подлинники возвращаются услугополучателю. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00734624" w:rsidRPr="00A659F1" w:rsidRDefault="00734624" w:rsidP="00734624">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-[...119 lines deleted...]
-    <w:p w:rsidR="00EC6845" w:rsidRPr="003807AD" w:rsidRDefault="002267E3" w:rsidP="003807AD">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>При приеме документов через услугодателя услугополучателю выдается расписка о приеме соответствующих документов с указанием:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00734624" w:rsidRPr="00A659F1" w:rsidRDefault="00734624" w:rsidP="000E6E34">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="15"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>номера и даты приема запроса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00734624" w:rsidRPr="00A659F1" w:rsidRDefault="00734624" w:rsidP="000E6E34">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вида запрашиваемой государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00734624" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="000E6E34">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">количества и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>названия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00734624" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложенных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00734624" w:rsidRPr="00A659F1" w:rsidRDefault="00734624" w:rsidP="000E6E34">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>даты (времени) и места выдачи документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00734624" w:rsidRPr="005376C3" w:rsidRDefault="00734624" w:rsidP="00734624">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E6E34" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="005B51C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">фамилии, имени, </w:t>
+      </w:r>
+      <w:r w:rsidR="005B51C7" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отчества</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D362CA" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, принявшего заявление на оформление документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00734624" w:rsidRPr="00A659F1" w:rsidRDefault="00734624" w:rsidP="00734624">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E6E34" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фами</w:t>
+      </w:r>
+      <w:r w:rsidR="005B51C7" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лии, имени, отчества</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии) услугополучателя и его контактные телефоны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682C89" w:rsidRPr="00A659F1" w:rsidRDefault="00CE5542" w:rsidP="00CE5542">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...56 lines deleted...]
-    <w:p w:rsidR="005C0D0E" w:rsidRPr="00154CEF" w:rsidRDefault="00154CEF" w:rsidP="00154CEF">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Перечень документов, необходимых для оказания государственной услуги при обращении услугополучателя </w:t>
+      </w:r>
+      <w:r w:rsidR="00682C89" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на портал:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682C89" w:rsidRPr="00A659F1" w:rsidRDefault="00682C89" w:rsidP="00C0183B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="13"/>
         </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>запрос в форме электронного документа, удостоверенный ЭЦП</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0183B" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682C89" w:rsidRPr="00A659F1" w:rsidRDefault="00682C89" w:rsidP="00682C89">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F55FB5" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронная копия </w:t>
+      </w:r>
+      <w:r w:rsidR="00F55FB5" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>справки об обучении ребенка (детей) в организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C0183B" w:rsidRPr="00A659F1" w:rsidRDefault="00F55FB5" w:rsidP="00C0183B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00682C89" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0183B" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>электронная копия договора о передаче ребенка (детей) на патронатное воспитание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682C89" w:rsidRPr="00A659F1" w:rsidRDefault="00C0183B" w:rsidP="00C0183B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00682C89" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сведения о документах, удостоверяющих личность, справки о наличии либо отсутствии сведений по учетам Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан о совершении лицом преступления, а также супруга(-и), услугодатель получает из соответствующих государственных информационных систем через шлюз «электронного правительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682C89" w:rsidRPr="00A659F1" w:rsidRDefault="00682C89" w:rsidP="00682C89">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель дает согласие услугодателю на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00405669">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае обращения через портал услугополучателю в «личный кабинет» направляется статус о принятии запроса на государственную услугу, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D456C7" w:rsidRPr="00A659F1" w:rsidRDefault="00D456C7" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D120C" w:rsidRPr="005376C3" w:rsidRDefault="007D120C" w:rsidP="00D675A2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок обжалования решений, действий (бездействия) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D675A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="005B51C7" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...52 lines deleted...]
-        <w:r w:rsidR="001A6C72" w:rsidRPr="000C4B78">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D120C" w:rsidRPr="00A659F1" w:rsidRDefault="007D120C" w:rsidP="007D120C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D120C" w:rsidRPr="00A659F1" w:rsidRDefault="00776B35" w:rsidP="00776B35">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91EA5" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="007D120C" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг: жалоба подается на имя руководителя услугодателя по адресам, указанным в пункте </w:t>
+      </w:r>
+      <w:r w:rsidR="005B51C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007600C7" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="007D120C" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>настоящего стандарта государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D120C" w:rsidRPr="00A659F1" w:rsidRDefault="007D120C" w:rsidP="007D120C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалоба подается в письменной форме по почте либо нароч</w:t>
+      </w:r>
+      <w:r w:rsidR="006336ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>но через канцелярию услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D120C" w:rsidRPr="00A659F1" w:rsidRDefault="007D120C" w:rsidP="007D120C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В жалобе физического лица указывается его фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidR="00666E44" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, почтовый адрес, контактный телефон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D120C" w:rsidRPr="00A659F1" w:rsidRDefault="007D120C" w:rsidP="007D120C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии услугодателя или акимата с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12487" w:rsidRPr="00A659F1" w:rsidRDefault="00F12487" w:rsidP="00F12487">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При обращении через портал информацию о порядке обжалования можно получить по телефону Единого контакт-центра по вопросам оказани</w:t>
+      </w:r>
+      <w:r w:rsidR="009D684B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я государственных услуг 1414</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE5542" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12487" w:rsidRPr="00A659F1" w:rsidRDefault="00F12487" w:rsidP="00F12487">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При отправке жалобы через портал услугополучателю из «личного кабинета» доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D120C" w:rsidRPr="00A659F1" w:rsidRDefault="007D120C" w:rsidP="007D120C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес услугодателя подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. Мотивированный ответ о результатах рассмотрения жалобы направляется услогополучателю по почте либо выдается нарочно в канцелярии услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D120C" w:rsidRPr="00A659F1" w:rsidRDefault="007D120C" w:rsidP="007D120C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае несогласия с результатами оказанной государственной услуги услугополучатель может обратиться с жалобой в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D120C" w:rsidRPr="00A659F1" w:rsidRDefault="007D120C" w:rsidP="007D120C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D120C" w:rsidRPr="00A659F1" w:rsidRDefault="007D120C" w:rsidP="007D120C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Также информацию о порядке обжалования действий (бездействия) услугодателя и (или) его должностных лиц можно получить по телефону </w:t>
+      </w:r>
+      <w:r w:rsidR="000851EC" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Единого </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра по вопросам оказания государственных услуг</w:t>
+      </w:r>
+      <w:r w:rsidR="009D684B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1414</w:t>
+      </w:r>
+      <w:r w:rsidR="00855529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="009D684B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="00855529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8 800 080 7777</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D120C" w:rsidRPr="00A659F1" w:rsidRDefault="00776B35" w:rsidP="00E10A0B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91EA5" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="007D120C" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случаях несогласия с результатами оказанной государственной услуги услугополучатель имеет право обратиться в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D362CA" w:rsidRPr="00A659F1" w:rsidRDefault="00D362CA" w:rsidP="007D120C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D120C" w:rsidRPr="005376C3" w:rsidRDefault="007D120C" w:rsidP="00D675A2">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Иные требования с учетом особенностей оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="005B51C7" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, в том числе оказываемой в электронной форме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D120C" w:rsidRPr="00A659F1" w:rsidRDefault="007D120C" w:rsidP="007D120C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12487" w:rsidRDefault="00776B35" w:rsidP="00F12487">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F12487" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00107CAD" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12487" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Адреса мест оказания государственной услуги размещены на интернет-ресурсе Министерства </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00E4180E" w:rsidRPr="005376C3">
           <w:rPr>
-            <w:rStyle w:val="a5"/>
-[...1 lines deleted...]
-            <w:kern w:val="0"/>
+            <w:rStyle w:val="a8"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>www.edu.gov</w:t>
+          <w:t>www.edu.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001A6C72" w:rsidRPr="00C601E9">
-[...41 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+      <w:r w:rsidR="00F12487" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E4180E" w:rsidRPr="00E4180E" w:rsidRDefault="00E4180E" w:rsidP="00F12487">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve">13. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B9344D">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00E4180E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12487" w:rsidRPr="00A659F1" w:rsidRDefault="00F12487" w:rsidP="00F12487">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4180E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством «личного кабинета» портала, а также Единого контакт-центра по вопросам оказан</w:t>
+      </w:r>
+      <w:r w:rsidR="009D684B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ия государственных услуг 1414</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE5542" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12487" w:rsidRDefault="00F12487" w:rsidP="00F12487">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E4180E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Контактные телефоны справочных служб услугодателя по вопросам оказания государственной услуги размещены на интернет-ресурсах Министерст</w:t>
+      </w:r>
+      <w:r w:rsidR="00161403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ва www.edu.gov.kz, услугодателя. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Единый контакт-центр по вопросам </w:t>
+      </w:r>
+      <w:r w:rsidR="009D684B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказания государственных услуг 1414</w:t>
+      </w:r>
+      <w:r w:rsidR="00855529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00855529" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00855529" w:rsidRPr="00A659F1" w:rsidRDefault="00855529" w:rsidP="00F12487">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12487" w:rsidRPr="00A659F1" w:rsidRDefault="00F12487" w:rsidP="00F12487">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F12487" w:rsidRPr="00A659F1" w:rsidRDefault="00F12487" w:rsidP="00F12487">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D362CA" w:rsidRPr="00A659F1" w:rsidRDefault="00D362CA" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E91EA5" w:rsidRPr="00A659F1" w:rsidRDefault="00E91EA5" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E91EA5" w:rsidRPr="00A659F1" w:rsidRDefault="00E91EA5" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E91EA5" w:rsidRPr="00A659F1" w:rsidRDefault="00E91EA5" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E91EA5" w:rsidRPr="00A659F1" w:rsidRDefault="00E91EA5" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00405669" w:rsidRPr="00A659F1" w:rsidRDefault="00405669" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E10A0B" w:rsidRPr="00A659F1" w:rsidRDefault="00E10A0B" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E10A0B" w:rsidRPr="00A659F1" w:rsidRDefault="00E10A0B" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E10A0B" w:rsidRDefault="00E10A0B" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E10A0B" w:rsidRDefault="00E10A0B" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00667AE4" w:rsidRDefault="00667AE4" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005376C3" w:rsidRDefault="005376C3" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005376C3" w:rsidRPr="00A659F1" w:rsidRDefault="005376C3" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="009415CA" w:rsidP="009415CA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...21 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...66 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...438 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-[...1099 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AF61B6" w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRDefault="00AF61B6" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги «Назначение выплаты денежных средств на содержание ребенка (детей), переданного патронатным воспитателям</w:t>
+      </w:r>
+      <w:r w:rsidR="000177CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-          <w:kern w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(наименование органа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-          <w:kern w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прошу назначить денежные средства, выделяемых на содержание ребенка (детей), переданного патронатным воспитателям</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (Ф.И.О.(при его наличии), дата рождения, ребенка (детей))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фамилия ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Имя ___________ Отчество </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(при его наличии) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_________ патронатного воспитателя </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Адрес ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Договор о передаче ребенка (детей) на патронатное воспитание </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от «__» ______ 20 ___года </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Вид документа, удостоверяющего личность патронатного воспитателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Серия _______ номер ______ кем выдано ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Индивидуальный идентификационный номер _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ лицевого счета __________ Наименование банка _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В случае возникновения изменений в личных данных обязуюсь в течение 15 рабочих дней сообщить о них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Предупрежден(а) об ответственности за предоставление недостоверных сведений и поддельных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«___» _____________ 20 ___года ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                        (подпись заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Документы приняты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«___» _________ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________ __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     (подпись)                                    (Ф.И.О.(при его наличии), должность лица, принявшего документы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _ _</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(линия отреза)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В случае возникновения изменений в личных данных обязуюсь в течение 15 рабочих дней сообщить о них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Предупрежден(а) об ответственности за предоставление недостоверных сведений и поддельных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявление гражданина(-ки) ___________________ с прилагаемыми документами в количестве _____ штук принято «___» ________ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________    _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRDefault="005B51C7" w:rsidP="005B51C7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (подпись)                                             (Ф.И.О.(при его наличии), должность лица, принявшего документы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRDefault="005B51C7" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000177CC" w:rsidRPr="000177CC" w:rsidRDefault="000177CC" w:rsidP="000177CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-          <w:kern w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000177CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000177CC" w:rsidRPr="000177CC" w:rsidRDefault="000177CC" w:rsidP="000177CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000177CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к стандарту государственной услуги «Назначение выплаты денежных средств на содержание ребенка (детей), переданного патронатным воспитателям</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B51C7" w:rsidRPr="00A659F1" w:rsidRDefault="005B51C7" w:rsidP="000177CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="000177CC" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ф</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF61B6" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00FE09D6" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0067247A" w:rsidRPr="00A659F1" w:rsidRDefault="0067247A" w:rsidP="0067247A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5387"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма выходного документа, выданная в бумажном виде местными исполнительными органами городов Астаны и Алматы, районов и городов областного значения, веб-портал «электронного правительства»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067247A" w:rsidRPr="00A659F1" w:rsidRDefault="0067247A" w:rsidP="0067247A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0067247A" w:rsidRPr="00A659F1" w:rsidRDefault="0067247A" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...41 lines deleted...]
-        <w:ind w:left="4820"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-[...29 lines deleted...]
-        <w:ind w:left="4820"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005376C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Решение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-[...186 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о назначении денежных средств, выделяемых</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00D362CA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>патронатным воспитателям на содержание ребенка (детей)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ ___                                                                               от «___» ____ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(наименование органа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ дела _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Гражданин (ка) ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата обращения ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Свидетельство о рождении ребенка (запись акта о рождении)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ _____________ Дата выдачи _____________________________наименование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органа, выдавшего свидетельство о рождении ребенка (запись акта о рождении)___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии) ребенка _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата рождения ребенка _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Договор о передаче ребенка на патронатное воспитание____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата заключения _______ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Назначенная сумма денежных средств </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с ______ 20 __ года по _______ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в сумме ___________________________________________ тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(прописью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Назначенная сумма денежных средств в связи с изменением месячного расчетного показателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О.(при его наличии) ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>денежные средства с ___________________ по____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в сумме ____________________________________________________ тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                             (прописью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Отказано в назначении денежных средств по причине:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Выплата денежных средств прекращена по причине:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00AF61B6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E543A" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="009E543A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...104 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E543A" w:rsidRPr="00A659F1" w:rsidRDefault="009E543A" w:rsidP="009E543A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководитель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местного исполнительного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E543A" w:rsidRPr="00A659F1" w:rsidRDefault="009E543A" w:rsidP="009E543A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органа городов Астаны и Алматы, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="009E543A" w:rsidP="009E543A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>районов и городов областного значения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C601E9">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C601E9">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...59 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        <w:t>_______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF61B6" w:rsidRPr="00A659F1" w:rsidRDefault="00AF61B6" w:rsidP="00386B20">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="009E543A" w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(подпись)    (фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...292 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...112 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...811 lines deleted...]
-    <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="00154CEF">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRDefault="00DE416E" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000177CC" w:rsidRDefault="000177CC" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000177CC" w:rsidRPr="00A659F1" w:rsidRDefault="000177CC" w:rsidP="00F42D83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="000177CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5387"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма выходного документа, выданная в электронном виде местными исполнительными органами городов Астаны и Алматы, районов и городов областного значения, веб-портал «электронного правительства»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="00154CEF">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5103"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9659" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3378"/>
         <w:gridCol w:w="3112"/>
         <w:gridCol w:w="1449"/>
         <w:gridCol w:w="1700"/>
         <w:gridCol w:w="20"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidTr="002C34C4">
+      <w:tr w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidTr="005B51C7">
         <w:trPr>
           <w:trHeight w:val="344"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6491" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="004A5FF5" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="2180"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004A5FF5">
+            <w:r w:rsidRPr="00A659F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Құжат электрондық үкімет жүйесінде құрылған</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="480"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C601E9">
+            <w:r w:rsidRPr="00A659F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>ЭҮП/ПЭП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="19" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidTr="002C34C4">
+      <w:tr w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidTr="005B51C7">
         <w:trPr>
           <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6491" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="2180"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C601E9">
+            <w:r w:rsidRPr="00A659F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Документ сформирован системой электронного правительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1449" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="480"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C601E9">
+            <w:r w:rsidRPr="00A659F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>ХҚКО/ЦОН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="534"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="19" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidTr="002C34C4">
+      <w:tr w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidTr="005B51C7">
         <w:trPr>
-          <w:trHeight w:val="85"/>
+          <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1449" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="19" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidTr="002C34C4">
+      <w:tr w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidTr="005B51C7">
         <w:trPr>
           <w:trHeight w:val="458"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="2180"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C601E9">
+            <w:r w:rsidRPr="00A659F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
-              <w:t>Берілген күні</w:t>
+              <w:t>Берілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A659F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A659F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="2017"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="480"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C601E9">
+            <w:r w:rsidRPr="00A659F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t>АЖО/АРМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="574"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="19" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidTr="002C34C4">
+      <w:tr w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidTr="005B51C7">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="2180"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C601E9">
+            <w:r w:rsidRPr="00A659F1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
-              <w:t>Дата выдачи</w:t>
+              <w:t>Дата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A659F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A659F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>выдачи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="19" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidTr="002C34C4">
+      <w:tr w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidTr="005B51C7">
         <w:trPr>
           <w:trHeight w:val="151"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="19" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidTr="002C34C4">
+      <w:tr w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidTr="005B51C7">
         <w:trPr>
           <w:trHeight w:val="178"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="9"/>
                 <w:szCs w:val="9"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="9"/>
                 <w:szCs w:val="9"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1449" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="9"/>
                 <w:szCs w:val="9"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="9"/>
                 <w:szCs w:val="9"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="19" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="002C34C4">
+          <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="005B51C7">
             <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="00154CEF">
-      <w:pPr>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="200" w:lineRule="exact"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C601E9">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>76200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-789940</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1216660" cy="566420"/>
             <wp:effectExtent l="0" t="0" r="2540" b="5080"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1216660" cy="566420"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00154CEF" w:rsidRPr="00C601E9" w:rsidRDefault="00154CEF" w:rsidP="00154CEF">
-      <w:pPr>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-[...31 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Решение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-[...21 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о назначении денежных средств, выделяемых</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
-[...33 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>патронатным воспитателям на содержание ребенка (детей)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ ___                                                                               от «___» ____ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(наименование органа)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ дела _______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Гражданин (ка) ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата обращения ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Свидетельство о рождении ребенка (запись акта о рождении)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ _____________ Дата выдачи _____________________________наименование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>органа, выдавшего свидетельство о рождении ребенка (запись акта о рождении)___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии) ребенка _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата рождения ребенка _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Договор о передаче ребенка на патронатное воспитание____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата заключения _______ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Назначенная сумма денежных средств </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>с ______ 20 __ года по _______ 20 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в сумме ___________________________________________ тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(прописью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Назначенная сумма денежных средств в связи с изменением месячного расчетного показателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О.(при его наличии) ребенка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>денежные средства с ___________________ по____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в сумме ____________________________________________________ тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                             (прописью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Отказано в назначении денежных средств по причине:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Выплата денежных средств прекращена по причине:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководитель местного исполнительного </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органа городов Астаны и Алматы, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">районов и городов областного значения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C601E9">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...68 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">  __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(подпись)    (фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...934 lines deleted...]
-    <w:p w:rsidR="00154CEF" w:rsidRPr="004A5FF5" w:rsidRDefault="00154CEF" w:rsidP="00154CEF">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w:rsidR="00154CEF" w:rsidRPr="004A5FF5" w:rsidRDefault="00154CEF" w:rsidP="00154CEF">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="79" w:line="242" w:lineRule="auto"/>
         <w:ind w:right="182"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Осы</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>құжат</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>«Электрондық</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="7"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>құжат</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>және</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="7"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>электрондық</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>цифрлық</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="7"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>қолтаңба</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>туралы»</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2003</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="7"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>жылғы</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="7"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>қаңтардағы</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="7"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>370-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы 3анының</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>7-бабының</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="7"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:w w:val="101"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>сәйкес</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="7"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>қағаз</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="8"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>тасығыштағы</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="7"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>құжатқа</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="8"/>
-          <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5FF5">
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>тең.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00154CEF" w:rsidRPr="00593AC4" w:rsidRDefault="00154CEF" w:rsidP="00154CEF">
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:right="182"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00593AC4">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Данный</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="5"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>документ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="5"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>согласно</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>пункту</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="5"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="5"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>статьи</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="5"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Закон Республики Казахстан</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="5"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>от</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="5"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>января</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2003</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="5"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>года</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="5"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>«Об</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>электронном</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="5"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>документе</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="5"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>электронный</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="5"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>цифровой</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="6"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>подписи»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:w w:val="101"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>равнозначен</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="9"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>документу</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="9"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>на</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="9"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>бумажном</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="9"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>носителе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00154CEF" w:rsidRPr="00593AC4" w:rsidRDefault="00154CEF" w:rsidP="00154CEF">
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="10"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00154CEF" w:rsidRPr="00593AC4" w:rsidRDefault="00154CEF" w:rsidP="00154CEF">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="3780" w:lineRule="exact"/>
         <w:ind w:left="100"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:position w:val="-75"/>
           <w:sz w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6057900" cy="2400300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="image11.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="12" name="image11.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print"/>
+                    <a:blip r:embed="rId10" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6057900" cy="2400300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00154CEF" w:rsidRPr="00593AC4" w:rsidRDefault="00154CEF" w:rsidP="00154CEF">
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="11" w:line="242" w:lineRule="auto"/>
         <w:ind w:right="182"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00593AC4">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>*Штрих-код</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>«Электрондық</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>әкімдік»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ақпараттық</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>жүйесі</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ұсынған</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>электрондық-цифрлық</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>қолтаңбамен</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="8"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>қол</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="9"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>қойылған</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:w w:val="101"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>деректерді</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="16"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>қамтиды</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00154CEF" w:rsidRPr="00593AC4" w:rsidRDefault="00154CEF" w:rsidP="00154CEF">
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:right="182"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00593AC4">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Штрих-код</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="10"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>содержит</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="11"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>данные,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="11"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>предоставленные</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="10"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>информационной</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="11"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>системой</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="11"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>«Электронный</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="10"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>акимат»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="11"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="11"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>подписанные</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="10"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>электронно-цифровой</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:w w:val="101"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>подписью</w:t>
       </w:r>
-      <w:r w:rsidRPr="00593AC4">
+      <w:r w:rsidRPr="00A659F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="15"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00154CEF" w:rsidRPr="00593AC4" w:rsidRDefault="00154CEF" w:rsidP="00154CEF">
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00154CEF" w:rsidRPr="00593AC4" w:rsidRDefault="00154CEF" w:rsidP="00154CEF">
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-        <w:rPr>
-[...102 lines deleted...]
-        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DE416E" w:rsidRPr="00A659F1" w:rsidRDefault="00DE416E" w:rsidP="00DE416E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidRDefault="00FE09D6" w:rsidP="006905F2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId12"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00FE09D6" w:rsidRPr="00A659F1" w:rsidSect="00883216">
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000F033D" w:rsidRDefault="000F033D" w:rsidP="0037620A">
+    <w:p w:rsidR="006D57FC" w:rsidRDefault="006D57FC" w:rsidP="00601BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000F033D" w:rsidRDefault="000F033D" w:rsidP="0037620A">
+    <w:p w:rsidR="006D57FC" w:rsidRDefault="006D57FC" w:rsidP="00601BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...19 lines deleted...]
-  </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000F033D" w:rsidRDefault="000F033D" w:rsidP="0037620A">
+    <w:p w:rsidR="006D57FC" w:rsidRDefault="006D57FC" w:rsidP="00601BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000F033D" w:rsidRDefault="000F033D" w:rsidP="0037620A">
+    <w:p w:rsidR="006D57FC" w:rsidRDefault="006D57FC" w:rsidP="00601BD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1217553924"/>
+      <w:id w:val="-1426263148"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00744D94" w:rsidRPr="000A485C" w:rsidRDefault="00E54FAE" w:rsidP="000A485C">
+      <w:p w:rsidR="005B51C7" w:rsidRPr="00601BD1" w:rsidRDefault="00641CD4" w:rsidP="00601BD1">
         <w:pPr>
-          <w:pStyle w:val="a6"/>
+          <w:pStyle w:val="a4"/>
           <w:jc w:val="center"/>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00A144FD">
+        <w:r w:rsidRPr="00601BD1">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00744D94" w:rsidRPr="00A144FD">
+        <w:r w:rsidR="005B51C7" w:rsidRPr="00601BD1">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00A144FD">
+        <w:r w:rsidRPr="00601BD1">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000F033D">
+        <w:r w:rsidR="006D57FC" w:rsidRPr="006D57FC">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:sz w:val="24"/>
+            <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="00A144FD">
+        <w:r w:rsidRPr="00601BD1">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="02DB336F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B150EA3C"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="03686433"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D056E7F4"/>
-    <w:lvl w:ilvl="0" w:tplc="D87E1C6C">
+    <w:tmpl w:val="1BB2E4E8"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8723" w:hanging="360"/>
+        <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="auto"/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E820B7D2">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2)"/>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2794" w:hanging="1005"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11159,51 +10872,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="05D31567"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D82EEB26"/>
     <w:lvl w:ilvl="0" w:tplc="9014B650">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -11248,579 +10961,483 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="074104D2"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="06436DEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3882502E"/>
-    <w:lvl w:ilvl="0" w:tplc="2912DF3C">
+    <w:tmpl w:val="1E5E5424"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="900" w:hanging="420"/>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="0FFE2530"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ABD48898"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="113E30C2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="670C95D6"/>
+    <w:lvl w:ilvl="0" w:tplc="BDA4AF60">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1560" w:hanging="360"/>
+        <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2280" w:hanging="180"/>
+        <w:ind w:left="2505" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3000" w:hanging="360"/>
+        <w:ind w:left="3225" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3720" w:hanging="360"/>
+        <w:ind w:left="3945" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4440" w:hanging="180"/>
+        <w:ind w:left="4665" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5160" w:hanging="360"/>
+        <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5880" w:hanging="360"/>
+        <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6600" w:hanging="180"/>
+        <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="0FFE2530"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="15796783"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EEEC7180"/>
+    <w:tmpl w:val="C35AEC00"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7449" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="1E2226C9"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="15AF0320"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8DD843E4"/>
-    <w:lvl w:ilvl="0" w:tplc="5920AF60">
+    <w:tmpl w:val="41085AEE"/>
+    <w:lvl w:ilvl="0" w:tplc="AE8253E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
-[...177 lines deleted...]
-      <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
-      </w:pPr>
-[...87 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="318A401D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9370BEA4"/>
     <w:lvl w:ilvl="0" w:tplc="A8C88A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11870,919 +11487,401 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="38E158EE"/>
+    <w:nsid w:val="4C60343E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6130F48C"/>
+    <w:tmpl w:val="FCF4E880"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="795" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1515" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2235" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2955" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3675" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4395" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5115" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5835" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6555" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="3B5035BA"/>
-[...345 lines deleted...]
-  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="4ECC324F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="670C95D6"/>
     <w:lvl w:ilvl="0" w:tplc="BDA4AF60">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1065" w:hanging="360"/>
+        <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1785" w:hanging="360"/>
+        <w:ind w:left="2505" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2505" w:hanging="180"/>
+        <w:ind w:left="3225" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3225" w:hanging="360"/>
+        <w:ind w:left="3945" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3945" w:hanging="360"/>
+        <w:ind w:left="4665" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4665" w:hanging="180"/>
+        <w:ind w:left="5385" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5385" w:hanging="360"/>
+        <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6105" w:hanging="360"/>
+        <w:ind w:left="6825" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6825" w:hanging="180"/>
+        <w:ind w:left="7545" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="510E4554"/>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="5BBD2198"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="337CAA94"/>
-[...1 lines deleted...]
-      <w:start w:val="47"/>
+    <w:tmpl w:val="76DC62D0"/>
+    <w:lvl w:ilvl="0" w:tplc="41942402">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="539115E3"/>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="5DB11D6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E348C720"/>
+    <w:tmpl w:val="21DEC868"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1429" w:hanging="360"/>
+        <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="360"/>
+        <w:ind w:left="3060" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="180"/>
+        <w:ind w:left="3780" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="360"/>
+        <w:ind w:left="4500" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4309" w:hanging="360"/>
+        <w:ind w:left="5220" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="180"/>
+        <w:ind w:left="5940" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5749" w:hanging="360"/>
+        <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6469" w:hanging="360"/>
+        <w:ind w:left="7380" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7189" w:hanging="180"/>
+        <w:ind w:left="8100" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
-[...171 lines deleted...]
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="64944431"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0768A300"/>
     <w:lvl w:ilvl="0" w:tplc="72406D92">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -12827,859 +11926,1021 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="6F717F4F"/>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="69D55205"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="79D2DBC4"/>
-    <w:lvl w:ilvl="0" w:tplc="61FC67F4">
+    <w:tmpl w:val="5C1E4686"/>
+    <w:lvl w:ilvl="0" w:tplc="7B5C02EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="6CC5067D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AD6ECAC8"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="6D1507D3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F17CB022"/>
+    <w:lvl w:ilvl="0" w:tplc="38E89470">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1211" w:hanging="360"/>
+        <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1931" w:hanging="360"/>
+        <w:ind w:left="2498" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2651" w:hanging="180"/>
+        <w:ind w:left="3218" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3371" w:hanging="360"/>
+        <w:ind w:left="3938" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4091" w:hanging="360"/>
+        <w:ind w:left="4658" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4811" w:hanging="180"/>
+        <w:ind w:left="5378" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5531" w:hanging="360"/>
+        <w:ind w:left="6098" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6251" w:hanging="360"/>
+        <w:ind w:left="6818" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6971" w:hanging="180"/>
+        <w:ind w:left="7538" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
-    <w:nsid w:val="71A6414F"/>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="73152FA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D5188216"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="1E5E5424"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="75B9791F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="83C4612E"/>
+    <w:lvl w:ilvl="0" w:tplc="DD660ED0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
-      </w:pPr>
-[...179 lines deleted...]
-        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
-    <w:nsid w:val="75F20998"/>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="7D102014"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="88082958"/>
-    <w:lvl w:ilvl="0" w:tplc="441C67E0">
+    <w:tmpl w:val="9370BEA4"/>
+    <w:lvl w:ilvl="0" w:tplc="A8C88A7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2">
-[...10 lines deleted...]
-  </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="12">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="10">
-    <w:abstractNumId w:val="22"/>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="11">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12">
-[...11 lines deleted...]
-  <w:num w:numId="16">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="17">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="20">
-    <w:abstractNumId w:val="19"/>
-[...14 lines deleted...]
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="20"/>
   <w:defaultTabStop w:val="708"/>
+  <w:drawingGridHorizontalSpacing w:val="140"/>
+  <w:drawingGridVerticalSpacing w:val="381"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00867D02"/>
-[...218 lines deleted...]
-    <w:rsid w:val="00FE3D22"/>
+    <w:rsidRoot w:val="009F2A1F"/>
+    <w:rsid w:val="0000563A"/>
+    <w:rsid w:val="000177CC"/>
+    <w:rsid w:val="00024A6F"/>
+    <w:rsid w:val="000320B8"/>
+    <w:rsid w:val="00046C85"/>
+    <w:rsid w:val="000851EC"/>
+    <w:rsid w:val="00096CC6"/>
+    <w:rsid w:val="000A1637"/>
+    <w:rsid w:val="000C2499"/>
+    <w:rsid w:val="000D02AB"/>
+    <w:rsid w:val="000D39A5"/>
+    <w:rsid w:val="000D3C73"/>
+    <w:rsid w:val="000E3E78"/>
+    <w:rsid w:val="000E47EC"/>
+    <w:rsid w:val="000E5451"/>
+    <w:rsid w:val="000E6E34"/>
+    <w:rsid w:val="000E7BF6"/>
+    <w:rsid w:val="00107CAD"/>
+    <w:rsid w:val="00110AC2"/>
+    <w:rsid w:val="00112F4E"/>
+    <w:rsid w:val="0011672C"/>
+    <w:rsid w:val="00135B45"/>
+    <w:rsid w:val="001476C0"/>
+    <w:rsid w:val="00161403"/>
+    <w:rsid w:val="00164F4B"/>
+    <w:rsid w:val="001707CA"/>
+    <w:rsid w:val="001735F3"/>
+    <w:rsid w:val="0017569F"/>
+    <w:rsid w:val="001776A5"/>
+    <w:rsid w:val="001811BF"/>
+    <w:rsid w:val="001855B7"/>
+    <w:rsid w:val="00192702"/>
+    <w:rsid w:val="00192A21"/>
+    <w:rsid w:val="001A46D0"/>
+    <w:rsid w:val="001A53B5"/>
+    <w:rsid w:val="001A7641"/>
+    <w:rsid w:val="001B694F"/>
+    <w:rsid w:val="001C1AF5"/>
+    <w:rsid w:val="001C5CFB"/>
+    <w:rsid w:val="001D749D"/>
+    <w:rsid w:val="001E0BE3"/>
+    <w:rsid w:val="001E0C6E"/>
+    <w:rsid w:val="001E6B45"/>
+    <w:rsid w:val="001E7382"/>
+    <w:rsid w:val="001F263E"/>
+    <w:rsid w:val="001F273B"/>
+    <w:rsid w:val="00202983"/>
+    <w:rsid w:val="0020746E"/>
+    <w:rsid w:val="0024349E"/>
+    <w:rsid w:val="00244E5A"/>
+    <w:rsid w:val="00252141"/>
+    <w:rsid w:val="00256011"/>
+    <w:rsid w:val="00274F3C"/>
+    <w:rsid w:val="002834AF"/>
+    <w:rsid w:val="0029147A"/>
+    <w:rsid w:val="002941E3"/>
+    <w:rsid w:val="00295E6F"/>
+    <w:rsid w:val="002B0304"/>
+    <w:rsid w:val="002B6294"/>
+    <w:rsid w:val="002D5BFC"/>
+    <w:rsid w:val="002E655B"/>
+    <w:rsid w:val="002E779F"/>
+    <w:rsid w:val="002F1706"/>
+    <w:rsid w:val="003057BF"/>
+    <w:rsid w:val="003120BA"/>
+    <w:rsid w:val="00315A90"/>
+    <w:rsid w:val="0031665C"/>
+    <w:rsid w:val="00320788"/>
+    <w:rsid w:val="00320E3D"/>
+    <w:rsid w:val="00323C46"/>
+    <w:rsid w:val="00326E2C"/>
+    <w:rsid w:val="00335C30"/>
+    <w:rsid w:val="00337B6C"/>
+    <w:rsid w:val="00344843"/>
+    <w:rsid w:val="00364FF5"/>
+    <w:rsid w:val="00380FC3"/>
+    <w:rsid w:val="00386B20"/>
+    <w:rsid w:val="00387A5F"/>
+    <w:rsid w:val="00387DBB"/>
+    <w:rsid w:val="003905FF"/>
+    <w:rsid w:val="00392B19"/>
+    <w:rsid w:val="00396424"/>
+    <w:rsid w:val="0039660A"/>
+    <w:rsid w:val="003A2252"/>
+    <w:rsid w:val="003B2F44"/>
+    <w:rsid w:val="003B4A05"/>
+    <w:rsid w:val="003C3E98"/>
+    <w:rsid w:val="003C532B"/>
+    <w:rsid w:val="003F16E4"/>
+    <w:rsid w:val="003F528F"/>
+    <w:rsid w:val="00405669"/>
+    <w:rsid w:val="004100FC"/>
+    <w:rsid w:val="0042045E"/>
+    <w:rsid w:val="0042779F"/>
+    <w:rsid w:val="00432E8C"/>
+    <w:rsid w:val="00440047"/>
+    <w:rsid w:val="0044208E"/>
+    <w:rsid w:val="00444526"/>
+    <w:rsid w:val="0045186B"/>
+    <w:rsid w:val="00464EB7"/>
+    <w:rsid w:val="00467D76"/>
+    <w:rsid w:val="004756AE"/>
+    <w:rsid w:val="00477628"/>
+    <w:rsid w:val="004853B1"/>
+    <w:rsid w:val="004956EE"/>
+    <w:rsid w:val="004A5482"/>
+    <w:rsid w:val="004E483D"/>
+    <w:rsid w:val="004F147A"/>
+    <w:rsid w:val="005170B3"/>
+    <w:rsid w:val="005224AD"/>
+    <w:rsid w:val="005376C3"/>
+    <w:rsid w:val="005378DA"/>
+    <w:rsid w:val="005418C0"/>
+    <w:rsid w:val="00546FEB"/>
+    <w:rsid w:val="005723F5"/>
+    <w:rsid w:val="005838E2"/>
+    <w:rsid w:val="00594653"/>
+    <w:rsid w:val="005B1EB4"/>
+    <w:rsid w:val="005B51C7"/>
+    <w:rsid w:val="005C36D9"/>
+    <w:rsid w:val="005D4BA2"/>
+    <w:rsid w:val="005F02F3"/>
+    <w:rsid w:val="005F0E2D"/>
+    <w:rsid w:val="005F2B79"/>
+    <w:rsid w:val="00601BD1"/>
+    <w:rsid w:val="0062331F"/>
+    <w:rsid w:val="00625A0F"/>
+    <w:rsid w:val="006333E7"/>
+    <w:rsid w:val="006336ED"/>
+    <w:rsid w:val="00636DDF"/>
+    <w:rsid w:val="00641CD4"/>
+    <w:rsid w:val="006523E1"/>
+    <w:rsid w:val="00661915"/>
+    <w:rsid w:val="00662D89"/>
+    <w:rsid w:val="00663701"/>
+    <w:rsid w:val="00665C82"/>
+    <w:rsid w:val="00666E44"/>
+    <w:rsid w:val="00667AE4"/>
+    <w:rsid w:val="0067247A"/>
+    <w:rsid w:val="006814B2"/>
+    <w:rsid w:val="00682C89"/>
+    <w:rsid w:val="0068453A"/>
+    <w:rsid w:val="006905F2"/>
+    <w:rsid w:val="006B2C24"/>
+    <w:rsid w:val="006C5AF4"/>
+    <w:rsid w:val="006C6374"/>
+    <w:rsid w:val="006D0F1E"/>
+    <w:rsid w:val="006D4299"/>
+    <w:rsid w:val="006D57FC"/>
+    <w:rsid w:val="00701B3E"/>
+    <w:rsid w:val="007133A0"/>
+    <w:rsid w:val="00734624"/>
+    <w:rsid w:val="00755D4C"/>
+    <w:rsid w:val="007600C7"/>
+    <w:rsid w:val="00776B35"/>
+    <w:rsid w:val="00781A61"/>
+    <w:rsid w:val="00793636"/>
+    <w:rsid w:val="00793876"/>
+    <w:rsid w:val="007A6205"/>
+    <w:rsid w:val="007B600C"/>
+    <w:rsid w:val="007D120C"/>
+    <w:rsid w:val="007D1EBD"/>
+    <w:rsid w:val="00814BD6"/>
+    <w:rsid w:val="00820536"/>
+    <w:rsid w:val="00823BFF"/>
+    <w:rsid w:val="00824B74"/>
+    <w:rsid w:val="00842582"/>
+    <w:rsid w:val="00854E17"/>
+    <w:rsid w:val="00855529"/>
+    <w:rsid w:val="00857713"/>
+    <w:rsid w:val="008603D5"/>
+    <w:rsid w:val="00866538"/>
+    <w:rsid w:val="00872DD5"/>
+    <w:rsid w:val="00883216"/>
+    <w:rsid w:val="0088729D"/>
+    <w:rsid w:val="0089146D"/>
+    <w:rsid w:val="0089250F"/>
+    <w:rsid w:val="008B1A0B"/>
+    <w:rsid w:val="008B5E3E"/>
+    <w:rsid w:val="008D342A"/>
+    <w:rsid w:val="008D45AB"/>
+    <w:rsid w:val="008D60AD"/>
+    <w:rsid w:val="008E362C"/>
+    <w:rsid w:val="008E74AD"/>
+    <w:rsid w:val="00924343"/>
+    <w:rsid w:val="009415CA"/>
+    <w:rsid w:val="00946951"/>
+    <w:rsid w:val="00946C74"/>
+    <w:rsid w:val="00966CE8"/>
+    <w:rsid w:val="00972F34"/>
+    <w:rsid w:val="0097773C"/>
+    <w:rsid w:val="009A4478"/>
+    <w:rsid w:val="009A5D3E"/>
+    <w:rsid w:val="009B29FD"/>
+    <w:rsid w:val="009B3E26"/>
+    <w:rsid w:val="009B7334"/>
+    <w:rsid w:val="009C01AB"/>
+    <w:rsid w:val="009C322D"/>
+    <w:rsid w:val="009D684B"/>
+    <w:rsid w:val="009D785F"/>
+    <w:rsid w:val="009E4A09"/>
+    <w:rsid w:val="009E5325"/>
+    <w:rsid w:val="009E543A"/>
+    <w:rsid w:val="009F0C00"/>
+    <w:rsid w:val="009F2A1F"/>
+    <w:rsid w:val="009F4880"/>
+    <w:rsid w:val="00A01119"/>
+    <w:rsid w:val="00A050AC"/>
+    <w:rsid w:val="00A2656C"/>
+    <w:rsid w:val="00A3266E"/>
+    <w:rsid w:val="00A340B9"/>
+    <w:rsid w:val="00A34E8E"/>
+    <w:rsid w:val="00A37340"/>
+    <w:rsid w:val="00A62833"/>
+    <w:rsid w:val="00A659F1"/>
+    <w:rsid w:val="00A734F6"/>
+    <w:rsid w:val="00A85152"/>
+    <w:rsid w:val="00A92B7F"/>
+    <w:rsid w:val="00A95D5C"/>
+    <w:rsid w:val="00AA077C"/>
+    <w:rsid w:val="00AB037A"/>
+    <w:rsid w:val="00AB631F"/>
+    <w:rsid w:val="00AB6468"/>
+    <w:rsid w:val="00AB7B72"/>
+    <w:rsid w:val="00AC5A5A"/>
+    <w:rsid w:val="00AD15EE"/>
+    <w:rsid w:val="00AE1302"/>
+    <w:rsid w:val="00AF61B6"/>
+    <w:rsid w:val="00B0298A"/>
+    <w:rsid w:val="00B079BF"/>
+    <w:rsid w:val="00B3774B"/>
+    <w:rsid w:val="00B401C2"/>
+    <w:rsid w:val="00B4079B"/>
+    <w:rsid w:val="00B43AD7"/>
+    <w:rsid w:val="00B55FB2"/>
+    <w:rsid w:val="00B839FB"/>
+    <w:rsid w:val="00BA1425"/>
+    <w:rsid w:val="00BB055E"/>
+    <w:rsid w:val="00BB4A29"/>
+    <w:rsid w:val="00BC1AAE"/>
+    <w:rsid w:val="00BC280B"/>
+    <w:rsid w:val="00BC7EC0"/>
+    <w:rsid w:val="00BD3912"/>
+    <w:rsid w:val="00BD6277"/>
+    <w:rsid w:val="00BE291F"/>
+    <w:rsid w:val="00C0183B"/>
+    <w:rsid w:val="00C0498A"/>
+    <w:rsid w:val="00C06C06"/>
+    <w:rsid w:val="00C17B9C"/>
+    <w:rsid w:val="00C32BB9"/>
+    <w:rsid w:val="00C418AA"/>
+    <w:rsid w:val="00C43C31"/>
+    <w:rsid w:val="00C52B60"/>
+    <w:rsid w:val="00C727A6"/>
+    <w:rsid w:val="00C73EDA"/>
+    <w:rsid w:val="00C80759"/>
+    <w:rsid w:val="00C82B07"/>
+    <w:rsid w:val="00CA0ECF"/>
+    <w:rsid w:val="00CA4FEA"/>
+    <w:rsid w:val="00CB22E3"/>
+    <w:rsid w:val="00CC3230"/>
+    <w:rsid w:val="00CD19E2"/>
+    <w:rsid w:val="00CD4BD5"/>
+    <w:rsid w:val="00CD4CD3"/>
+    <w:rsid w:val="00CE5542"/>
+    <w:rsid w:val="00D1075B"/>
+    <w:rsid w:val="00D227F8"/>
+    <w:rsid w:val="00D25177"/>
+    <w:rsid w:val="00D360F6"/>
+    <w:rsid w:val="00D362CA"/>
+    <w:rsid w:val="00D456C7"/>
+    <w:rsid w:val="00D614B7"/>
+    <w:rsid w:val="00D675A2"/>
+    <w:rsid w:val="00DA73CC"/>
+    <w:rsid w:val="00DB290F"/>
+    <w:rsid w:val="00DC7CCF"/>
+    <w:rsid w:val="00DD0FD8"/>
+    <w:rsid w:val="00DE416E"/>
+    <w:rsid w:val="00DF17DB"/>
+    <w:rsid w:val="00E02FF5"/>
+    <w:rsid w:val="00E1002E"/>
+    <w:rsid w:val="00E10A0B"/>
+    <w:rsid w:val="00E16C8D"/>
+    <w:rsid w:val="00E35385"/>
+    <w:rsid w:val="00E41436"/>
+    <w:rsid w:val="00E4180E"/>
+    <w:rsid w:val="00E465CC"/>
+    <w:rsid w:val="00E609CE"/>
+    <w:rsid w:val="00E66FA7"/>
+    <w:rsid w:val="00E70DFD"/>
+    <w:rsid w:val="00E91EA5"/>
+    <w:rsid w:val="00EB7CD6"/>
+    <w:rsid w:val="00EC5DF2"/>
+    <w:rsid w:val="00ED4823"/>
+    <w:rsid w:val="00EE5A4B"/>
+    <w:rsid w:val="00EE7D58"/>
+    <w:rsid w:val="00F043D9"/>
+    <w:rsid w:val="00F10FFB"/>
+    <w:rsid w:val="00F12487"/>
+    <w:rsid w:val="00F225E8"/>
+    <w:rsid w:val="00F36798"/>
+    <w:rsid w:val="00F37AA6"/>
+    <w:rsid w:val="00F42D83"/>
+    <w:rsid w:val="00F43105"/>
+    <w:rsid w:val="00F55FB5"/>
+    <w:rsid w:val="00F63E20"/>
+    <w:rsid w:val="00F657C4"/>
+    <w:rsid w:val="00F74EF3"/>
+    <w:rsid w:val="00F769B9"/>
+    <w:rsid w:val="00F77618"/>
+    <w:rsid w:val="00FB3255"/>
+    <w:rsid w:val="00FC062A"/>
+    <w:rsid w:val="00FE0946"/>
+    <w:rsid w:val="00FE09D6"/>
+    <w:rsid w:val="00FE6F28"/>
+    <w:rsid w:val="00FF1B1C"/>
+    <w:rsid w:val="00FF1F2D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -13779,298 +13040,253 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004A5FF5"/>
+    <w:rsid w:val="00386B20"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...13 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A32FFA"/>
+    <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
-[...3 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="Normal (Web)"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
-[...17 lines deleted...]
-    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003E460B"/>
-[...11 lines deleted...]
-    <w:rsid w:val="0037620A"/>
+    <w:rsid w:val="00601BD1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0037620A"/>
+    <w:rsid w:val="00601BD1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a9"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0037620A"/>
+    <w:rsid w:val="00601BD1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0037620A"/>
+    <w:rsid w:val="00601BD1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009A5D3E"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ab"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E60B94"/>
+    <w:rsid w:val="00AB6468"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="aa"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E60B94"/>
+    <w:rsid w:val="00AB6468"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-      <w:kern w:val="1"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="0068207E"/>
+    <w:rsid w:val="00405669"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006905F2"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="006905F2"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -14170,436 +13386,291 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004A5FF5"/>
+    <w:rsid w:val="00386B20"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...13 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A32FFA"/>
+    <w:rsid w:val="00386B20"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
-[...3 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="Normal (Web)"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
-[...17 lines deleted...]
-    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003E460B"/>
-[...11 lines deleted...]
-    <w:rsid w:val="0037620A"/>
+    <w:rsid w:val="00601BD1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0037620A"/>
+    <w:rsid w:val="00601BD1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a9"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0037620A"/>
+    <w:rsid w:val="00601BD1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0037620A"/>
+    <w:rsid w:val="00601BD1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009A5D3E"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ab"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E60B94"/>
+    <w:rsid w:val="00AB6468"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="aa"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E60B94"/>
+    <w:rsid w:val="00AB6468"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-      <w:kern w:val="1"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="0068207E"/>
+    <w:rsid w:val="00405669"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006905F2"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="006905F2"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="51588275">
+    <w:div w:id="893851285">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="299699478">
+    <w:div w:id="901716074">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="350912338">
-[...103 lines deleted...]
-    <w:div w:id="2006588375">
+    <w:div w:id="1675035237">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/P1400000115" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.edu.gov.kz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14852,78 +13923,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBA9643E-A213-4558-AC85-5D415D35A00C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{631B2E04-B0CC-4802-B74E-B8BA06670087}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>14598</Characters>
+  <Pages>1</Pages>
+  <Words>2565</Words>
+  <Characters>14621</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>121</Lines>
   <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17125</CharactersWithSpaces>
+  <CharactersWithSpaces>17152</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Бегалина Махаббат</dc:creator>
+  <dc:creator>Адылканова Индира</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>