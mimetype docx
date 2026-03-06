--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -1,6200 +1,9620 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003D5440" w:rsidRPr="00983E2B" w:rsidRDefault="003D5440" w:rsidP="00983E2B">
-[...1 lines deleted...]
-        <w:pStyle w:val="1"/>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00983E2B">
-[...14 lines deleted...]
-        <w:spacing w:before="150" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Послание Президента Республики Казахстан Н. Назарбаева народу Казахстана. 5 октября 2018 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="333333"/>
-[...15 lines deleted...]
-        <w:spacing w:before="150" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РОСТ БЛАГОСОСТОЯНИЯ КАЗАХСТАНЦЕВ: ПОВЫШЕНИЕ ДОХОДОВ И КАЧЕСТВА ЖИЗНИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="333333"/>
-[...406 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уважаемые казахстанцы!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>За годы Независимости нами проделана большая работа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Создав современное прогрессивное государство с динамично развивающейся экономикой, мы обеспечили мир и общественное со</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гласие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Провели качественные и исторически значимые структурные, конститу</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ционные и политические реформы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Добились повышения международного авторитета Казахстана и усиления его </w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>геополитической роли в регионе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы зарекомендовали себя в качестве ответственного и востребованного международного партнера в решении рег</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иональных и глобальных проблем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан стал первым государством среди стран СНГ и Центральной Азии, который был выбран мировым сообществом для проведения между</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>народной выставки «ЭКСПО-2017».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы построили новую столицу – Астану, ставшую финансовым, деловым, инновационным и культурны</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м центром евразийского региона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Численность населения страны превысила 18 миллионов человек, продолжител</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ьность жизни достигла 72,5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы сформировали прочные эко</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номические основы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>За последние 20 лет в страну привлечены прямые иностранные инвестиции в объе</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ме 300 миллиардов долларов США.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Развивается малый и средний бизнес, составляющий основу процветания экономики. В рейтинге ведения бизнеса Всемирного банка Казахстан поднялся</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на 36-е место среди 190 стран.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы всегда своевременно реагировали на внеш</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ние вызовы и были готовы к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В связи с этим я выдвигал необходимые программные инициативы по модернизации страны. Их реализация стала основным фактором успешного р</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азвития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наша стратегическая цель – к 2050 году войти </w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в число 30 развитых стран мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В 2014 году мы начали реализацию комплексной программы «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нұрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», направленной на модернизацию инфраструктуры страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Три года назад был обнародован План нации «100 </w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкретных шагов».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Еліміздің орнықты дамуы өмір сүру деңгейін одан әрі арттыруға деген зор сенім ұялатады.</w:t>
-[...25 lines deleted...]
-        <w:spacing w:before="150" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:t>Затем мы приступили к Третьей модернизации страны. Ее главная задача – сформировать новую модель экономического роста, которая обеспечит глобальную ко</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нкурентоспособность Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Устойчивое развитие нашей страны вселяет большую надежду на дал</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ьнейшее повышение уровня жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы готовы к решению новых задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="333333"/>
-[...225 lines deleted...]
-        <w:spacing w:before="150" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уважаемые соотечественники!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В последнее время усиливаются процессы мировой политической и экономической трансформации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00682F9C" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мир стремительно меняется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рушатся казавшиеся незыблемыми устои системы глобальной безопасности и </w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правила международной торговли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Новые технологии, роботизация и автоматизация усложняют требования к трудовым ресурсам и к</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ачеству человеческого капитала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выстраивается совершенно новая архитектура финансовых систем. При этом фондовые рынки надувают новый «мыльный пузырь», который может спровоцирова</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ть очередной финансовый кризис.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сегодня глобальные и локальные проблемы переплетаются. В этих условиях ответом на вызовы и залогом успешности государства становится развитие</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> главного богатства – человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правительству, каждому руководителю госоргана, госкомпании нужно изменить подходы в работе. Главным приоритетом должен стать ро</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ст благосостояния казахстанцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Именно по этому параметру я буду теперь оценивать персональную эффективность и соответствие занимаемым должностям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>* * *</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D5440" w:rsidRPr="00983E2B" w:rsidRDefault="003D5440" w:rsidP="003D5440">
-[...185 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Благополучие казахстанцев зависит в первую очередь от стабильного роста доходов и качества жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>I. РОСТ ДОХОДОВ НАСЕЛЕНИЯ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00682F9C" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Доходы растут, когда человек трудолюбив, является профессионалом своего дела, получает достойную заработную плату или имеет возможность открывать и развивать собственное дело.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лишь совместными усилиями мы сможем создать Общество Всеобщего Труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-первых, поручаю Правительству с 1 января 2019 года повысить минимальную  зарплату в 1,5 раза – с 28 до 42 тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это напрямую коснется 1 миллиона 300 тысяч человек, которые работают во всех отраслях на предприятиях различных форм собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Төмен жалақы алатын қызметкерлердің еңбекақысын көтеруге қатысты бұл бастаманы ірі компаниялар қолдайды деп сенемін.</w:t>
-[...380 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Повышение охватит 275 тысяч работников бюджетных организаций, зарплаты которых вырастут в среднем на 35%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На эти цели из республиканского бюджета на 2019–2021 годы нужно выделять 96 миллиардов тенге ежегодно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При этом теперь минимальная зарплата не будет привязана к прожиточному минимуму. Новый размер минимальной заработной платы станет катализатором роста оплаты труда в целом в масштабах всей экономики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Надеюсь, данная инициатива будет поддержана крупными компаниями в части повышения зарплат низкооплачиваемым работникам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-вторых, нужно формировать стабильные источники роста бизнеса, стимулировать частные инвестиции и способствовать свободе рынка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Именно бизнес создает новые рабочие места и обеспечивает большую часть казахстанцев доходами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕРВОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Еще в 2010 году мы запустили программу «Дорожная карта бизнеса-2020».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В рамках своих поездок в регионы я убедился в ее эффективности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Действие программы следует продлить до 2025 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На ее реализацию необходимо предусмотреть дополнительно не менее 30 миллиардов тенге ежегодно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это позволит за 3 года дополнительно создать не менее 22 тысяч новых рабочих мест, обеспечит поступление 224 миллиардов тенге налогов и производство продукции на 3 триллиона тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ВТОРОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Необходимо принять решительные меры по развитию конкуренции в экономике и наведению порядка в тарифах на услуги ЖКХ и естественных монополий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В сфере коммунальных услуг и регулирования естественных монополий </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарифообразование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и расходование собранных с потребителей средств до сих пор не прозрачно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отсутствуют эффективный мониторинг и контроль инвестиционных обязательств монополистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правительству нужно в трехмесячный срок рассмотреть данный вопрос и реформировать работу антимонопольного ведомства, значительно усилив функции по защите конкуренции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это важно, поскольку приводит к росту издержек для бизнеса, снижению реальных доходов людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТРЕТЬЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Необходимо повысить защиту бизнеса от неправомерного административного давления и угроз уголовного преследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поручаю с 1 января 2019 года поднять пороги применения уголовной ответственности по налоговым нарушениям до 50 тысяч МРП с увеличением штрафов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Также нужно реорганизовать Службу экономических расследований, передав ее функции в Комитет финансового мониторинга, основной задачей которого должна стать борьба с теневой экономикой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Бизнес өз жұмысын жаңадан бастау үшін 2019 жылдың 1 қаңтарынан бастап салықтың негізгі сомасы төленген жағдайда, өсім мен айыппұлды алып тастай отырып, шағын және орта бизнес үшін «салық амнистиясын» жүргізуге кірісуді тапсырамын.</w:t>
-[...380 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Мы должны идти к «безналичной экономике». Здесь следует опираться не только на репрессивные, но и стимулирующие инструменты, например, поощрять бизнес к использованию безналичного расчета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Завершение интеграции </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>налоговых</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и таможенных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информсистем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> повысит прозрачность администрирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правительству необходимо принять действенные меры по сокращению теневого оборота в экономике как минимум на 40% за 3 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чтобы бизнес мог начать работу с чистого листа, поручаю с 1 января 2019 года приступить к проведению налоговой амнистии для МСБ, списав пени и штрафы при условии уплаты основной суммы налога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЧЕТВЕРТОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Экспортоориенти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рованная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> индустриализация должна стать центральным элементом экономической политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правительству необходимо сфокусироваться на поддержке экспортеров в обрабатывающем секторе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наша торговая политика должна перестать быть инертной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Необходимо придать ей энергичный характер с целью эффективного продвижения наших товаров на региональных и мировых рынках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одновременно нужно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>помогать нашим предприятиям осваивать</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> широкую номенклатуру товаров народного потребления, развивать так называемую «экономику простых вещей».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это важно не только для реализаци</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и экспортного потенциала, но и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>насыщения внутреннего рынка отечественными товарами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поручаю Правительству направить дополнительно 500 миллиардов тенге на поддержку обрабатывающей промышленности и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>несырьевого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экспорта в течение следующих 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нацбанку</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для решения задачи доступного кредитования приоритетных проектов поручаю предоставить долгосрочную </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тенговую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ликвидность в размере не менее 600 миллиардов тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правительству совместно с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нацбанком</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нужно обеспечить строгий </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> целевым использованием данных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для реализации крупных, прорывных проектов следует рассмотреть вопрос создания Фонда прямых инвестиций в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>несырьевой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектор, который будет осуществлять свою деятельность на принципе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соинвестирования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с иностранными инвесторами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Также необходимо усилить работу по развитию транспортно-логистического и других секторов услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Особое внимание следует уделить развитию въездного и внутреннего туризма для использования нашего богатого природного и культурного потенциала. Правительству следует в сжатые сроки принять отраслевую госпрограмму.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЯТОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нужно в полной мере реализовать потенциал агропромышленного комплекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основная задача – увеличить в 2,5 раза производительность труда и экспорт переработанной продукции сельского хозяйства к 2022 году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Ең алдымен, «болашақтың экономикасының» баламалы энергетика, жаңа материалдар, биомедицина, үлкен деректер, заттар интернеті, жасанды интеллект, блокчейн және басқа да бағыттарын ілгерілетуді қамтамасыз ету қажет.</w:t>
-[...216 lines deleted...]
-        <w:spacing w:before="150" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:t xml:space="preserve">Все меры господдержки необходимо направить на масштабное привлечение </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>современных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>агротехнологий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в страну.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы должны использовать лучший опыт управления отраслью путем внедрения гибких и удобных стандартов и привлечения «седых голов» – авторитетных зарубежных специалистов в области сельского хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нужно выстроить систему массового обучения сельских предпринимателей новым навыкам ведения хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поручаю Правительству в ближайшие 3 года на эти цели предусмотреть дополнительно не менее 100 миллиардов тенге ежегодно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ШЕСТОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Особое внимание следует уделять развитию инновационных и сервисных секторов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прежде </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>всего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимо обеспечить развитие таких направлений «экономики будущего», как альтернативная энергетика, новые материалы, биомедицина, большие данные, интернет вещей, искусственный интеллект, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>блокчейн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и другие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Именно от них в будущем зависят место и роль страны в глобальном мире.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поручаю Правительству совместно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Назарбаев</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Университетом по каждому направлению разработать специальные программы с определением конкретных проектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Одним из них может стать создание на базе университета научно-исследовательского института по разработке технологий искусственного интеллекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СЕДЬМОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Необходимо усилить роль </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>финсектора</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в развитии реальной экономики и обеспечить долгосрочную макроэкономическую стабильность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рост цен, доступ к финансированию, устойчивость банков – вот, что сейчас больше всего интересует людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нацбанку</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> совместно с Правительством </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нужно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наконец начать системно решать вопросы оздоровления финансового и реального секторов, проведения комплексной антиинфляционной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В складывающихся условиях критически важно наращивать кредитование экономики, особенно  обрабатывающего сектора и МСБ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Необходимо также повышать эффективность управления пенсионными активами и ресурсами системы соцстрахования, реально развивать альтернативные финансовые инструменты – рынок ценных бумаг, страхование и так далее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Важную роль в обеспечении бизнеса иностранными инвестициями, доступом к капиталу должен сыграть Международный финансовый центр «Астана». Мы специально создали отдельный суд, финансовый регулятор, биржу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Всем госорганам и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нацкомпаниям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следует активно использовать эту площадку и содействовать ее быстрому становлению и развитию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>* * *</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D5440" w:rsidRPr="00983E2B" w:rsidRDefault="003D5440" w:rsidP="003D5440">
-[...168 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Эффективная реализация перечисленных мер повысит доходы казахстанцев за счет роста зарплат и создания новых рабочих мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Данные процессы постоянно должны быть в</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> центре внимания Правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00682F9C" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>II. ПОВЫШЕНИЕ КАЧЕСТВА ЖИЗНИ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Второй составляющей благополучия является рост уровня жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вопросы качества и доступности образования, здравоохранения, жилья, комфортного и безопасного проживания касаю</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тся каждой казахстанской семьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В связи с этим Правительство должно пересмотреть приоритеты бюджетных расходов с акцентом на социальном секторе, </w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>безопасности и инфраструктуре.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕРВОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В течение 5 лет необходимо довести расходы на образование, науку и здравоохранение из</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> всех источников до 10% от ВВП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Финансирование нужно направить на реализацию намеченных реформ, которые обеспечат значительное повышение к</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ачества обслуживания населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ВТОРОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Необходимо кардинально повысить ка</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чество дошкольного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основы мышления, умственные и творческие способности, новые навыки формируются в самом раннем детстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Акценты в образовании смещаются в сторону модели 4К: развития креативности, критического мышления, коммуникабельнос</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ти и умения работать в команде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В этой сфере необходимо пересмотреть квалификационные требования, методы обучения, систему оплаты труда воспитателей и других работников детских</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> садов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министерству образования и науки совместно с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акиматами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в текущем году нужно разработать со</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ответствующую «дорожную карту».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТРЕТЬЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В сфере среднего образования основные подходы определены – на нынешнем этапе нужно сконцентрироваться на их исполнен</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Система и методики обучения Назарбаев интеллектуальных школ должны стать единым стандартом для государственных школ. Это станет завершающим этапом в </w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реформах школьного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Система оценки знаний должна основываться на международных стандартах</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уже в средней школе важно проводить профессиональную диагностику и ориентацию детей на наиболее востребованные специальности. Это позволит выстроить индивидуальную траекторию обучения и сократить учебную</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нагрузку на ученика и учителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ЕКІНШІ. Мектепке дейінгі білім беру сапасын түбегейлі жақсарту керек.</w:t>
-[...381 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Учитывая важность детской безопасности, поручаю обеспечить оснащение всех школ и детских садов системами видеонаблюдения, усилить работу школьных психологов и реализоват</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь другие последовательные меры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В целях повышения доступности образования поручаю Правительству предусмотреть в республиканском бюджете на 2019–2021 годы дополнительно 50 миллиардов тенге для регионов, испытывающих наибольший дефицит ученических мест и проблемы с тре</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хсменными и аварийными школами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЧЕТВЕРТОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Считаю необходимым разработать и принять в следующем г</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оду Закон «О статусе педагога».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Он должен предусмотреть все стимулы для учителей и работников дошкольных организаций, сократить нагрузку, оградить от непредвиденных про</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>верок и несвойственных функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЯТОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В высшем образовании будут повышены требования к качеству п</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одготовки в учебных заведениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мы увеличили количество грантов, теперь наступило </w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>время усиления ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Главный критерий оценки успешности вуза – это занятость выпускников после окончания учебы, их трудоустройств</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о на высокооплачиваемую работу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нужно проводит</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь политику по укрупнению вузов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На рынке должны остаться только те из них, которые обеспечивают высокое качество образования. Важно развивать партнерство с ведущими университетами мира, привлекая на работу, по опыту Назарбаев Университета, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лу</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чших</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зарубежных топ-менеджеров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Считаю необходимым на базе имеющейся образовательной инфраструктуры создать новый региональный вуз по </w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>примеру Назарбаев Университета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ШЕСТОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Качество медицинских услуг является важнейшим компонентом соци</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ального самочувствия населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В первую очередь нужно повысить доступность первичной медико-санит</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арной помощи, особенно на селе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для стимулирования работников ПМСП поручаю с 1 января 2019 года поэтапно повысить заработную плату на 20% участковым медработникам, внедрившим новые по</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дходы управления заболеваниями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для этого в следующем году буд</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ет выделено 5 миллиардов тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С 1 января 2019 года все поликлиники и больницы должны перейти на безбумажное, цифровое ведение медицинской докуме</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нтации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это позволит к 2020 году сформировать электронные паспорта здоровья для всего населения, устранить очереди, бюрок</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ратию, повысить качество услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Используя опыт уже созданных кардиологического и нейрохирургического кластеров, в 2019 году нужно приступить к строительству Национального научного о</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нкологического центра в Астане.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Таким </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мы сп</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асем многие человеческие жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>АЛТЫНШЫ. Медициналық қызмет сапасы халықтың әлеуметтік көңіл-күйінің аса маңызды компоненті болып саналады. </w:t>
-[...379 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>СЕДЬМОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На региональном уровне необх</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одимо найти резервы и повысить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">доступность </w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>массового спорта и физкультуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поручаю Правительству и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> построить не менее 100 физкульту</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рно-оздоровительных комплексов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Также нужно эффективно использовать имеющиеся спортивные сооружения, особенно при школах, обустраивать дворы, парки, с</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кверы для занятий физкультурой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ВОСЬМОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Здоровье нации – главный приоритет государства. Это означает, что казахстанцы должны по</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>треблять качественные продукты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сегодня отсутствует целостная политика по защите населения от некачественных и опасных для зд</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оровья и жизни товаров и услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поручаю Правительству принять меры </w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и упорядочить эту деятельность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Со следующего года должен начать работу Комитет по контролю качества и безопасности товаров и услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Его деятельность главным образом будет включать экспертизу продуктов питания, лекарственных средств, питьевой воды, детс</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ких товаров, медицинских услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для этого необходимо обеспечить современную лабораторную базу и сформировать штат квалифицированных специал</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>истов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При этом нужно институционально усиливать и активно использовать общественные организац</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ии по защите прав потребителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы всегда помогаем бизнесу, но челове</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к, его права и здоровье важнее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государство в рамках снижения административных барьеров отказалось от многих проверо</w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к, разрешений и тому подобного.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00682F9C" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поэтому ответственность за качество и безопасность предлагаемых товаров и услуг </w:t>
+      </w:r>
+      <w:r w:rsidR="00682F9C" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ложится и на бизнес-сообщество.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В целом, бизнес должен думать не только о прибыли, но и совместно с государством обеспечивать безопасность и комфорт для наших граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>* * *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Качественные социальные услуги населению должны гармонично сопровождаться созданием широких возможностей для улучшения жилищных условий, комфортного и безопасного проживания в любом населенном пункте страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>III. СОЗДАНИЕ КОМФОРТНОЙ СРЕДЫ ПРОЖИВАНИЯ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комфортность </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заключается</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прежде всего в доступности жилья, красивом и безопасном дворе, удобном для проживания и работы населенном пункте и качественной инфраструктуре.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕРВОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Качественное и доступное жилье.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сегодня мы успешно реализуем программу «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нұрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», обеспечившую мощный и</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мпульс жилищному строительству.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Сондықтан, ұсынылатын тауарлардың, көрсетілетін қызметтердің сапасы мен қауіпсіздігі үшін бизнес қоғамдастығы да жауап береді.</w:t>
-[...25 lines deleted...]
-        <w:spacing w:before="150" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:t xml:space="preserve">Запущена новая масштабная программа «7 - 20 - 25», которая повышает доступность </w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жилищной ипотеки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Поручаю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проработать вопрос частичного субсидирования первоначальных взносов по льготн</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ой ипотеке из местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выдача таких жилищных сертификатов повысит доступность ипотеки для квалифицированных педагогов, медиков, полицейских и других спе</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>циалистов, необходимых региону.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Также нужно увеличить в крупных городах строительство арендного жилья для соци</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ально уязвимых слоев населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Эти меры позволят более 250 тысячам семей улучшить свои жилищные условия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А с учетом строительства инженерной инфраструктуры для районов массовой застройки государство за 5 лет поможет 650 тысячам семей, или б</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олее 2 миллионам наших граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ВТОРОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нужно обеспечить внедрение новых подходов к те</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рриториальному развитию страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На сегодня экономики ведущих стран в большей степени представлены глобаль</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ными городами или мегаполисами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Более 70% ми</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рового ВВП создается в городах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У нас исторически сложился свой уклад, преобладала аграрная экономика с моногородами и небольшими областн</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыми центрами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поэтому для 18-миллионной страны 3 города-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>миллионника</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 2 из которых стали таковыми в эпоху независимого Казах</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стана – это большое достижение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Астана и Алматы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уже дают более 30% В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ВП стр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Однако инфраструктура городов не всегда соответствует  быстрорастущим потреб</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ностям предприятий и населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В последние годы по программе «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нұрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» мы сформировали инфраструк</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туру республиканского значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С 2015 года построено и реконструировано 2400 км автодорог. Эта работа продолжается, и до 2020 года б</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>удет введено еще 4600 км дорог.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Теперь нужно системно развивать региональ</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ную и городскую инфраструктуру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для этого в текущем году увеличено финансирование: на дороги местного значения до 150 миллиардов тенге, сельского водоснабжения – до 100 миллиард</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ов тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Акимам нужно сконцентрироваться на решении наиболее острых проблем в р</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егионах за счет данных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правительству также необходимо системно подойти к этой задаче, сформировать перечень дополнительных инфраструктурных вопросов, оценить проекты и изыска</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ть источники их финансирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Строительство новых школ, детсадов, больниц необходимо синхронизировать с планами по развитию населенных пунктов, а также создавать условия для привлечения в </w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>этот сектор частных инвесторов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">В то же время, необходимо постепенно переходить от модели «инфраструктура к людям» к </w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модели «люди к инфраструктуре».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это будет стимулировать укрупнение населенных пунктов, повышать эффективность ис</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пользования выделяемых средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каждый регион и крупный город должны развиваться, опираясь на собственную модель устойчивого экономического роста и занятости с учетом имею</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>щихся конкурентных преимуществ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В этой связи нужно разработать  систему региональных стандартов для различных населенных пунктов – от опорных сел до городов республиканского значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандарт должен включать конкретные показатели перечня и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>доступности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> социальных благ и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>госуслуг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, обеспеченности транспортной, культурно-спортивной, деловой, производственной, циф</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ровой инфраструктурой и другое.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нужно усилить работу по улучшению экологи</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ческой обстановки, в том числе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по вредным выбросам, состоянию почв, земли, воздуха, утилизации отходов, а также развитию систем экологического мониторинга </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вободным онлайн-доступом к ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особое внимание должно </w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">быть уделено </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>созданию «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>безбарьерной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среды» для лиц</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с ограниченными возможностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поручаю до 1 сентября 2019 года разработать Прогнозную схему территориально-пространственного развития страны до 2030 года, которая станет Новой картой управляемой урбаниза</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ции страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для реализации практических мер поручаю подготовить прагматичную Программу развития регионов до 2025 года с указанием конкретных мероприятий, про</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ектов и объемов финансирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отмеченные аспекты регионального развития нужно учесть в госпрограммах «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нұрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» и «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нұрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сроки</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реализации которых также</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следует продлить до 2025 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первая программа должна сфокусироваться на развитии транспортной инфраструктуры. Вторая – на коммуна</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>льном и жилищном строительстве.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нужно придать этим программ</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ам «второе дыхание».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нужны глубокие и качественные преобразования в раб</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оте правоохранительных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Безопасность является неот</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ъемлемой частью качества жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сотрудники органов внутренних дел находятся на «переднем фронте» борьбы с преступностью и защищают от нее граждан,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нередко рискуя своими жизнями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В то же время общество ожидает коренного улучшения работы правоохранительных орг</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анов, в первую очередь полиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поручаю Правительству совместно с Администрацией Президента принять «Дорожную карту по модерн</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изации органов внутренних дел».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Старт реформам должен быт</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь дан уже с 1 января 2019 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-первых, нужно оптимизировать штатную численность МВД, избавить полици</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю от несвойственных функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Высвобождающиеся средства следует направить на повышение зарплат полицейских, решение их жилищ</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ных и иных социальных вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-вторых, необходимо утвердить новый стандарт полицейского и изменить систему карьерного продвижения, а также подготовки и отбора кад</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ров через полицейские академии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все сотрудники должны пройти переаттестацию. Службу продолжат только лучшие из них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-третьих, следует внедрить новые современные форматы работы с населением, кардинально изменить критери</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и оценки полиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F056ED" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00F056ED">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нужно перевести рабо</w:t>
+      </w:r>
+      <w:r w:rsidR="00F056ED" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ту полиции на сервисную модель.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0057266F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="0057266F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В сознании граждан должно укрепиться, что полицейский не карает,</w:t>
+      </w:r>
+      <w:r w:rsidR="0057266F" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а помогает в трудной ситуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0057266F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="0057266F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При городских и районных органах внутренних дел необходимо создать комфортные условия для пр</w:t>
+      </w:r>
+      <w:r w:rsidR="0057266F" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иема граждан по принципу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0057266F" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЦОНов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0057266F" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0057266F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="0057266F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все города Казахстана необходимо обеспечить системами монитор</w:t>
+      </w:r>
+      <w:r w:rsidR="0057266F" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инга общественной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0057266F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="0057266F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ключевыми параметрами оценки работы полиции должны стать уровень доверия со стороны общества и чувство безопасности у населе</w:t>
+      </w:r>
+      <w:r w:rsidR="0057266F" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ния.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0080057F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="0080057F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЧЕТВЕРТОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дальнейшая</w:t>
+      </w:r>
+      <w:r w:rsidR="0080057F" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> модернизация судебной системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0080057F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="0080057F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>За последние годы сделано немало, но пока еще не решена главная задача – обеспечение в</w:t>
+      </w:r>
+      <w:r w:rsidR="0080057F" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ысокого уровня доверия к судам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0080057F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="0080057F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вместе с тем верховенство права – это ключе</w:t>
+      </w:r>
+      <w:r w:rsidR="0080057F" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вой фактор успеха наших реформ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0080057F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="0080057F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во-первых, следует продолжить внедрение современных форматов работы судов и </w:t>
+      </w:r>
+      <w:r w:rsidR="0080057F" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>передовых электронных сервисов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0080057F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="0080057F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ежегодно 4 миллиона наших граждан втян</w:t>
+      </w:r>
+      <w:r w:rsidR="0080057F" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уто в судебные разбирательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0080057F" w:rsidRPr="003B7260" w:rsidRDefault="0080057F" w:rsidP="0080057F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сколько сил и сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дств тр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атится!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0080057F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="0080057F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должны быть сокращены излишние судебные процедуры, которые приводят к необоснованным затратам времени и ресурсов. То, что раньше требовало личного присутствия, сейчас мож</w:t>
+      </w:r>
+      <w:r w:rsidR="0080057F" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ет осуществляться дистанционно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0080057F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="0080057F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во-вторых, нужно обеспечить качественное развитие и обновление кадров судебной системы, создать стимулы, чтобы судьями </w:t>
+      </w:r>
+      <w:r w:rsidR="0080057F" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стремились стать лучшие юристы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0080057F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="0080057F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В-третьих, необходима понятная и предсказуемая судебная практика, особенно при судебных спорах между бизнесом и госструктурами, а также исключение возможностей н</w:t>
+      </w:r>
+      <w:r w:rsidR="0080057F" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еправомерного влияния на судей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="0080057F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поручаю Верховному Суду совместно с Правительством до конца года выработать соответствующий комплекс мер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="0080057F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>* * *</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D5440" w:rsidRPr="00983E2B" w:rsidRDefault="003D5440" w:rsidP="003D5440">
-[...339 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0080057F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="0080057F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Бірақ, қалалардың инфрақұрылымы кәсіпорындар мен тұрғындардың жедел өсіп келе жатқан қажеттіліктеріне сай бола бермейді.</w:t>
-[...320 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>Важнейшую роль в реализации любых реформ будет играть компактный и эффективный госаппарат, который все свои действия должен рассматривать через призму повышения благополучия народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>IV. ГОСАППАРАТ, ОРИЕНТИРОВАННЫЙ НА ПОТРЕБНОСТИ ГРАЖДАН.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00CE6B1F" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Как должен измениться государственный аппарат в условиях нового времени?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕРВОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кардинальное повышение эффективности деятельности государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Качество» должно стать новым стилем жизни государственного служащего, а самосовершенствование – его главным принципом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Госслужащие новой формации должны сократить дистанцию между государством и обществом. Это предусматривает постоянную обратную связь, живое обсуждение и разъяснение людям конкретных мер и результатов государственной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Академии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>госуправления</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> совместно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Назарбаев</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Университетом необходимо разработать программу «Руководитель новой формации» и спецкурсы переподготовки при назначении на руководящие должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Важно привлечь профессионалов из частного сектора, имеющих опыт работы в лучших зарубежных компаниях или получивших образование в ведущих университетах мира.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В текущем году в 4 госорганах мы внедрили новую модель оплаты труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все пилотные проекты показали хорошие результаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Повышена привлекательность госслужбы, что особенно актуально на региональном уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>За счет оптимизации неэффективных затрат и сокращения руководящего состава заработные платы низшего и среднего звена сотрудников возросли в 2 – 2,5 раза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отток кадров уменьшился в 2 раза. В 3 раза вырос приток высококвалифицированных специалистов из частного сектора, включая выпускников </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>топовых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вузов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В Агентстве по делам госслужбы конкурс в центральный аппарат вырос до 28 человек на место, а в региональных подразделениях – до 60 человек на место.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На 1 вакантное место в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимате</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мангистауской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> области теперь претендуют 16 человек, а в Министерстве юстиции – в среднем 13 человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В Астане только за счет новых подходов по финансированию проектов, реализуемых в рамках ГЧП, удалось сэкономить более 30 миллиардов тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для перехода на новую модель оплаты труда я предоставил руководителям госорганов право осуществлять «бюджетно-кадровый маневр».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Они получили возможность направлять сэкономленные средства на повышение оплаты труда служащим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Өңірлік дамудың аталған аспектілері іске асырылу мерзімдері 2025 жылға дейін ұзартылуға тиіс «Нұрлы жол» және «Нұрлы жер» мемлекеттік бағдарламаларында ескерілуі керек.</w:t>
-[...401 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:t>В настоящее время многие госорганы хотят перейти на новую модель.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Главное – они должны понимать, что это не просто механическое повышение зарплат, а прежде всего показатель повышения эффективности их работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поручаю проконтролировать, чтобы рост затрат на оплату труда был компенсирован оптимизацией и экономией бюджетных расходов, в том числе расходов подведомственных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Здесь нельзя допустить формализма и уравниловки, для того чтобы не дискредитировать данный проект.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ВТОРОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В это непростое время нужно добиваться максимальной отдачи от каждого выделяемого тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Как показывают результаты проверок, в ряде случаев стоимость строительства завышается еще на этапе разработки проектной документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Существуют проекты, которые не доводятся до конца или изначально не имеют перспектив.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Если относиться к порученному делу ответственно, то можно высвободить сотни миллиардов тенге бюджетных средств и направить их на реальные нужды населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правительству необходимо принять системные меры по оптимизации затрат и экономии средств, исключая неэффективные и несвоевременные расходы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТРЕТЬЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Будет продолжена активная борьба с коррупцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Во-первых, следует добиваться снижения прямых контактов госслужащих с населением в рамках предоставляемых </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>госуслуг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Одним из вопросов, волнующих людей, являются бюрократические процедуры в сфере земельных отношений и строительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В этой сфере нет прозрачности, полного доступа населения и бизнеса к информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поручаю создать единую информационную базу данных о земельном фонде и объектах недвижимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В этом вопросе необходимо навести </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порядок</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и отдать землю реальным инвесторам!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это только один пример.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нужно провести соответствующую работу и по всем остальным направлениям, которые вызывают критику людей и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-сообщества</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целом, в 2019 году 80%, а в 2020 году не менее 90% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>госуслуг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должно быть переведено в электронный формат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для этого необходимо в ускоренном порядке обновить Закон «О государственных услугах».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во-вторых, нужно проработать вопрос повышения персональной дисциплинарной ответственности первых руководителей при совершении коррупционных правонарушений их подчиненными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В то же время честно работающий сотрудник не должен бояться </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проверяющих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE6B1F" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00CE6B1F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Сонымен қатар, құқық үстемдігі – біздің реформаларымыздың табысты болуының негізгі факторы.</w:t>
-[...142 lines deleted...]
-        <w:spacing w:before="150" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:t>В-третьих, следует распространить опыт столицы по реализации антикоррупционной стратегии в рамках проектов «Регионы, свободные от коррупции».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЧЕТВЕРТОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нужно снизить формализм и бюрократию в работе Правительства и всех госорганов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В последнее время в разы выросло количество длительных заседаний и совещаний в Правительстве, госорганах, а также значительно увеличился документооборот.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бывают дни, когда Правительство проводит с участием </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и их заместителей до 7 совещаний в день.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Когда им работать? Нужно положить конец такому положению дел и упорядочить этот вопрос.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Необходимо предоставить свободу принятия решений министрам и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, которые должны брать на себя конкретные обязательства и публично отчитываться за них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основой для этого должна стать разработанная карта показателей Стратегического плана развития страны до 2025 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЯТОЕ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для эффективного осуществления поставленных задач необходимо усилить механизм </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контроля за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведением реформ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правительство и госорганы должны до конца года разработать конкретные индикаторы и «дорожные карты» с охватом всех указанных вопросов развития, а также своевременно внести все необходимые для запуска реформ законопроекты в Парламент.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В свою очередь Парламент должен качественно и оперативно их рассмотреть и принять.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для мониторинга и оценки хода реализации реформ и основных стратегических документов поручаю создать в Администрации Президента Национальный офис модернизации с приданием ему необходимых полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Помимо мониторинга </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>статпоказателей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> он обеспечит проведение регулярных опросов населения и бизнеса по актуальным для населения вопросам, как это практикуется в ОЭСР.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Офис будет регулярно докладывать мне ситуацию по каждому направлению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каждый член Правительства, руководитель госоргана, руководитель госкомпании будет нести персональную ответственность за достижение поставленных задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00573491" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00573491" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00573491" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>V. ЭФФЕКТИВНАЯ ВНЕШНЯЯ ПОЛИТИКА.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для обеспечения успешной модернизации Казахстана необходимо дальнейшее осуществление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проактивной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внешней политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Наш миролюбивый курс и четко определенные в этой сфере принципы полностью себя оправдывают.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отношения Казахстана с Российской Федерацией являются эталоном межгосударственных связей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Успешно функционирует Евразийский экономический союз, который состоялся как полноценное интеграционное объединение и активный участник мировых экономических отношений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Открыта новая страница взаимодействия в регионе Центральной Азии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Поступательно развивается всестороннее стратегическое партнерство с Китайской Народной Республикой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Программа «Один пояс – один путь» придала новый импульс нашим отношениям с Китаем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В ходе моего январского официального визита в Вашингтон и переговоров с Президентом Дональдом Трампом достигнута договоренность о расширенном стратегическом партнерстве Казахстана и США в XXI веке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы продолжим динамичное сотрудничество с ЕС – нашим крупнейшим торговым и инвестиционным партнером.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Развиваются взаимовыгодные двусторонние отношения с государствами СНГ, Турцией, Ираном, странами Арабского Востока и Азии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573491" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00573491">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Принятая на саммите в Актау Конвенция о правовом статусе Каспийского моря открывает новые возможности сотрудничества с прикаспийскими странами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B006F3" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00B006F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан достойно завершает свою миссию в Совете Безопасности ООН.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B006F3" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00B006F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Астанинский</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесс по Сирии стал практически единственным эффективно работающим форматом переговоров по мирному урегулированию </w:t>
+      </w:r>
+      <w:r w:rsidR="00B006F3" w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и выходу этой страны из кризиса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00B006F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вместе с тем в непростых современных условиях внешняя политика Республики Казахстан требует адаптации и продвижения национальных интересов на принципах прагматизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00B006F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>* * *</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D5440" w:rsidRPr="00983E2B" w:rsidRDefault="003D5440" w:rsidP="003D5440">
-[...262 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во все времена только твердая воля к успеху и сплоченность народа вершили судьбы стран.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лишь совместными усилиями мы сможем достичь великих высот.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>VI. СОПРИЧАСТНОСТЬ КАЖДОГО КАЗАХСТАНЦА ПРОЦЕССАМ ПРЕОБРАЗОВАНИЙ В СТРАНЕ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каждый </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>казахстанец</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должен четко понимать суть проводимых реформ и их важность в деле процветания нашей Родины. Для их успешной реализации сегодня как никогда важна консолидация общества вокруг общих целей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Кадрлардың жұмыстан кетуі 2 есе қысқарды.</w:t>
-[...1099 lines deleted...]
-        <w:spacing w:before="150" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:t>Программа «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңғыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» получила широкую поддержку и придала мощный импульс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>модернизационным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процессам в обществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Данную инициативу следует не только продолжить, но и наполнить новым содержанием и направлениями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комплексная поддержка молодежи и института семьи должна стать приоритетом государственной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Необходимо создать широкую платформу социальных лифтов, которая будет включать полный комплекс мер поддержки всех категорий молодежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предлагаю объявить следующий год Годом молодежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы должны приступить к модернизации социальной среды сельских территорий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Этому будет способствовать запуск специального проекта «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Ел </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Посредством данного проекта нам предстоит заняться продвижением идеологии труда в регионах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Необходимо создать детско-юношеские объединения «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сарбаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», по аналогии с бойскаутским движением, усилить роль военно-патриотического воспитания в школах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В рамках новой инициативы «Познай свою землю» следует возродить массовый школьный туризм по регионам страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сегодня предложены беспрецедентные меры в основных сферах, определяющих социальное самочувствие населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Финансовый вес инициатив превышает 1,5 триллиона тенге, а совокупный эффект – еще больше, что обеспечит настоящий рывок в повышении уровня жизни населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это – самые надежные и выгодные инвестиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="333333"/>
-[...601 lines deleted...]
-    <w:sectPr w:rsidR="000763BF" w:rsidRPr="00983E2B">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дорогие казахстанцы!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00776472" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00682F9C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Благополучие народа и вхождение Казахстана в число 30 развитых стран мира – долгосрочная цель нашего независимого государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мы всегда адекватно отвечаем на вызовы времени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Это обеспечивается в первую очередь благодаря нашему единству.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Богата та страна, где живут в согласии», – говорят у нас в народе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На современном этапе также стоят непростые задачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для нас нет непреодолимых высот, если мы сохраним свое согласие и единство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В каждом своем послании я уделяю особое внимание улучшению социального положения и качества жизни народа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Главная цель реализуемых сегодня государственных программ «7 - 20 - 25», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нұрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нұрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» и других – это улучшение качества жизни населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У Казахстана еще много непокоренных вершин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56BC6" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Доверие народа поднимает наш дух и придает нам силы на этом пути.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0002236B" w:rsidRPr="003B7260" w:rsidRDefault="00776472" w:rsidP="00E56BC6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B7260">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нет ничего выше этой благородной цели!</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="0002236B" w:rsidRPr="003B7260" w:rsidSect="00776472">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
-  <w:hideSpellingErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BC4BFB"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00BC4BFB"/>
+    <w:rsidRoot w:val="005C0D19"/>
+    <w:rsid w:val="003B7260"/>
+    <w:rsid w:val="0057266F"/>
+    <w:rsid w:val="00573491"/>
+    <w:rsid w:val="005C0D19"/>
+    <w:rsid w:val="00682F9C"/>
+    <w:rsid w:val="00776472"/>
+    <w:rsid w:val="007A7C4E"/>
+    <w:rsid w:val="0080057F"/>
+    <w:rsid w:val="00B006F3"/>
+    <w:rsid w:val="00C23760"/>
+    <w:rsid w:val="00CE6B1F"/>
+    <w:rsid w:val="00E56BC6"/>
+    <w:rsid w:val="00E80CF6"/>
+    <w:rsid w:val="00F056ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -6338,142 +9758,87 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...21 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003D5440"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00682F9C"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...30 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -6594,161 +9959,132 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...21 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003D5440"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00682F9C"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...30 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1867331757">
+    <w:div w:id="1312059993">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="619067288">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="75"/>
+          <w:marBottom w:val="150"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="6" w:space="8" w:color="E7E7E7"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1429427511">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -7006,54 +10342,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>5428</Words>
-  <Characters>30943</Characters>
+  <Words>5235</Words>
+  <Characters>29844</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>257</Lines>
-  <Paragraphs>72</Paragraphs>
+  <Lines>248</Lines>
+  <Paragraphs>70</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36299</CharactersWithSpaces>
+  <CharactersWithSpaces>35009</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Pavilion</dc:creator>
+  <dc:creator>Windows 用户</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>