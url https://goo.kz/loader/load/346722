--- v0 (2025-12-10)
+++ v1 (2026-02-03)
@@ -1,11882 +1,14717 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00BE54A0" w:rsidRPr="00E319E7" w:rsidRDefault="0022103B" w:rsidP="00BE54A0">
-      <w:pPr>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...86 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...128 lines deleted...]
-        <w:ind w:left="5100"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к постановлению акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...16 lines deleted...]
-        <w:ind w:left="5100"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="32"/>
-[...8 lines deleted...]
-        <w:ind w:left="4392" w:firstLine="708"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «19» февраля 2016 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-        <w:ind w:left="4956" w:firstLine="144"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40/2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-        <w:ind w:left="4956" w:firstLine="144"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-        <w:ind w:left="5100"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRPr="00C276A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «24» июня 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 181/6 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="004C1661" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:jc w:val="right"/>
-[...10 lines deleted...]
-        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:sz w:val="32"/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="004C1661" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C276A0">
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="005C0024" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C276A0">
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="005C0024" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Установление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="004C1661" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="004C1661" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="005C0024" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="32"/>
-[...9 lines deleted...]
-        </w:tabs>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="004C1661" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственная услуга «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Установление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказывается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местными исполнительными органами районов и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">городов Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее – услугодатель)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="005C0024" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прием заявлений и выдача резу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>льтатов оказания государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="12" w:firstLine="696"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="12" w:firstLine="696"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C26289">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>некоммерческое акционерное общество «Государственная корпорация «Правительство для граждан»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB5E32">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="005C0024" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="12" w:firstLine="696"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) веб-портал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«электронного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правительства»: </w:t>
+      </w:r>
+      <w:r w:rsidR="00C16B99">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "http://www.egov.kz"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00C16B99">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00DE43A5">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE43A5">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE43A5">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE43A5">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE43A5">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C16B99">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ортал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="005C0024" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="12" w:firstLine="696"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма оказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электронная (частично автоматизированная) и (или) бумажная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Результат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услуги – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>постановление акимата города или района об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F814D8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> установлении опеки или попечительства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по форме сог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандарта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Установление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приказом Министра образования и науки Республики Казахстан от                    13 апреля 2015 года № 198</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(далее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Стандарт)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо мотивированный ответ об отказе в оказании государственной услуги, по основаниям, предусмотренных пунктом 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма предоставления результата оказания государственной услуги – электронная и (или) бумажная. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="006B4F35" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00BC7EFD" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Основанием</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ля начала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процедуры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(действия) по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказанию государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C276A0">
-[...219 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при обращении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или в Государственную корпорацию –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заявление услугополучателя по форме согласно </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приложе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с предоставлением необходимых документов, указанных в пункте 9 Стандарта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="009A083E" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при обращении через портал – запрос в форме электронного документа, подписанного электронно-цифровой подписью (далее – ЭЦП) услугодателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="005C0024" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E6BD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содержание каждой процедуры (действия)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и ее результат, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E6BD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>входящей в состав процесса оказания государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="005C0024" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сотрудник канцелярии услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с момента подачи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">необходимых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>документов услугополучателе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет прием и их р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>егистрацию, направляет на резолюцию руководству – 30 (тридцать) минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="005C0024" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руководство услугодателя рассматривает документы и опред</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еляет ответственного исполнителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (один) календарный день;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="00D666F3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002831D3" w:rsidRPr="007B34DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ответственный исполнитель </w:t>
+      </w:r>
+      <w:r w:rsidR="002831D3" w:rsidRPr="007B34DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя рассматривает поступившие документы, готовит </w:t>
+      </w:r>
+      <w:r w:rsidR="002831D3" w:rsidRPr="007B34DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>түрінде</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>постановления</w:t>
+      </w:r>
+      <w:r w:rsidR="002831D3" w:rsidRPr="007B34DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местного исполнительного органа города или района о назначении опеки и попечительства либо мотивированный ответ об отказе в случаях и по основаниям, предусмотренн</w:t>
+      </w:r>
+      <w:r w:rsidR="002831D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="002831D3" w:rsidRPr="007B34DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м пунктом 10 Стандарта</w:t>
+      </w:r>
+      <w:r w:rsidR="002831D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+    <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00073BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00073BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарта и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B34DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– 13 (тринадцать) календарных дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B34DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="005C0024" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00151500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">акимат </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00151500">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выносит и регистрирует</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, готовит выписку </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–           14 (четырнадцать) календарных дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ответственный исполнитель услугодателя регистрирует выписку либо мотивированный ответ об отказе в журнале </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учета и выдает услугополучателю результат оказания государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1 (один) календарный день.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00BF0759" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4D03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результат – постановление акимата города или района </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4D03">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о назначении опеки и попечительства либо мотивированный ответ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">об отказе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF0759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание порядка взаимодействия </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>структурных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="005C0024" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="008D2FEB" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="005C0024" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>структурных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подразделений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(работников)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которые участвуют в процессе оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сотрудник канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008029A7">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="005C0024" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>руководство услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C0024">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ответственный исполнитель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008029A7">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>последовательности процедур</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(действий)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>между структурными подразделениями (работниками)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием длительности каждой процедуры (действия) сопровождается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">таблицей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>согласно приложени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю 1 к настоящему р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC7EFD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008631E3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка взаимодействия с Государственной корпорацией</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00531747" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и (или) иными услугодателями, а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC4B87" w:rsidRDefault="00CC4B87"/>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...52 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...118 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00893FD3">
-[...22 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">писание порядка обращения в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Государственную корпорацию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>указанием каждой процедуры (действия)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно приложению 2 к настоящему регламенту – 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пятнадцать) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...131 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00893FD3">
-[...1294 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+      <w:r w:rsidR="002831D3" w:rsidRPr="007B34DA">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугопол</w:t>
+      </w:r>
+      <w:r w:rsidR="002831D3">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учатель государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidR="002831D3" w:rsidRPr="007B34DA">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подает необходимые документы и заявление оператору Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidR="002831D3" w:rsidRPr="007B34DA">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которая </w:t>
+      </w:r>
+      <w:r w:rsidR="002831D3" w:rsidRPr="007B34DA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляется </w:t>
+      </w:r>
+      <w:r w:rsidR="002831D3" w:rsidRPr="007B34DA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в операционном зале посредством </w:t>
+      </w:r>
+      <w:r w:rsidR="002831D3" w:rsidRPr="007B34DA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002831D3" w:rsidRPr="007B34DA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>безбарьерного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002831D3" w:rsidRPr="007B34DA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» обслуживания путем электронной очереди. </w:t>
+      </w:r>
+      <w:r w:rsidR="002831D3" w:rsidRPr="00E14E48">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 Стандарта и (или) документов с истекшим сроком действия работник  Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 4 к Стандарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00893FD3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесс 1 – ввод оператором</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственной корпорации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">втоматизированное рабочее место </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нтегрированно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информационной системы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(далее – АРМ ИИС)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственной корпорации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> логина и пароля (процесс авторизации) для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00B42C3D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...75 lines deleted...]
-      <w:r w:rsidRPr="00893FD3">
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 – выбор оператором </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги, вывод на экран формы запроса для оказания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги и ввод оператором Государственной корпорации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> данных услугополучателя, а также данных по доверенности представителя услугополучателя (при нотариально удостоверенной доверенности)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
-[...163 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00893FD3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...59 lines deleted...]
-      <w:r w:rsidRPr="00893FD3">
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00893FD3">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...54 lines deleted...]
-      <w:r w:rsidRPr="00893FD3">
+        </w:rPr>
+        <w:t xml:space="preserve">процесс 3 – направление запроса через шлюз электронного правительства (далее </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ШЭП) в государственную базу данных физических лиц (далее - ГБД ФЛ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о данных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуго</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>получателя, а также в Единой нотариальной информационной системе (далее - ЕНИС) – о данных  доверенности представителя услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">условие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 – проверка наличия данных услугополучателя в ГБД </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Л и данных доверенности в ЕНИС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>4 – формирование сообщения о невозможности получения данных в связи с отсутствием данных услугополучателя в ГБД ФЛ и данных доверенности в ЕНИС;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс 5 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>направление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>электронного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>документа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(запроса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>услуго</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>получателя)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> удостоверенного (подписанного) ЭЦП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оператора </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственной корпорации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">через ШЭП в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">автоматизированном рабочем месте регионального шлюза электронного правительства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(далее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – АРМ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>РШЭП)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91257">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91257">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91257">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Описание  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F91257">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесса получения результата оказания государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D666F3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственную корпорацию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>указанием  каждой процедуры (действия)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6 – регистрация электронного документа в АРМ РШЭП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">условие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 – проверка (обработка) услугодателем соответствия приложенных услугополучателем документов, указанных в Стандарте и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>основани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  процесс    7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирование сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 – получение услугополучателем через оператора </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Государственной корпорации результата услуги (постановление акимата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо письменный мотивированный ответ об отказе)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сформированного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АРМ РШЭП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...48 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">писание </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порядка обращения при оказани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>через п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ортал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и последовательности процедур (действий) услугодателя и услугополучателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2C7B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пятнадцать) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2C7B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...30 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет регистрацию на п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ортале с помощью индивидуального идентификационного номера </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН) , а также пароля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...30 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ввод услугополучателем ИИН и пароля (процесс авторизации)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ортале для получения услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>условие 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - проверка на п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ортале подлинности данных о зарегистрированном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через ИИН и пароль;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- формирование п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орталом сообщения об отказе в авторизации в связи с имеющимися нарушениями в данных услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="007237F1" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выбор услугополучателем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги, указанной в настоящем р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">егламенте, вывод на экран формы запроса для оказания услуги и заполнение услугополучателем формы (ввод данных) с учетом ее структуры и форматных требований, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E14E48">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прикрепление к форме запроса необходимых копий документов в электронном виде, а также выбор </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E14E48">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E14E48">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрационного свидетельства, подписанного электронной цифровой подписью (далее – ЭЦП) для удостоверения (подписания) запроса;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007237F1">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">условие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– проверка на п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ортале срока действия регистрационного свидетельства ЭЦП и отсутствия в списке отозванных (аннулированных) регистрационных свидетельств, а также соответствия идентификационных данных (между ИИН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B42C3D">
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>указанным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в запросе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и ИИН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указанным в регистрационном свидетельстве ЭЦП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирование сообщения об отказе в за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прашиваемой услуге в связи с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждением</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подлинности ЭЦП услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B42C3D">
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс 5 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направление электронного документа (запроса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>слуго</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олучателя)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> удостоверенного (подписанного) ЭЦП услугополучателя через</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ШЭП в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АРМ РШЭП для обработки запроса услугодателем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00527C94" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B42C3D">
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">условие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проверка услугодателем соответствия приложенных услугополучателем до</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кументов и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00893FD3">
-[...9 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  6 –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сообщения об отказе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в запрашиваемой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услуге в связи с имеющимися нарушениями в документах услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесс 7 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получение услугополучателем результата услуги (уведомление в форме электронного документа)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сформированн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>АРМ РШЭП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00527C94">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги направляется услугополучателю в «личный кабинет» в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...216 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функциональные взаимодействия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационных систем, задействованных при оказании государственной услуги </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">через портал, приведены в диаграмме согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DF7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подробное описание последовательности процедур (действий) взаимодействий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги, а также описание порядка взаимодействия с иными услугодателями, и (или) Государственной корпорацией и порядка использования информационных систем  в процессе оказания государственной  услуги отражается в справочнике бизнес-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954C24">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процессов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971AE2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954C24">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно приложени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00954C24">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00843ADC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006676BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к настоящему </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006676BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егламенту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...48 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6521"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:bCs/>
-[...2 lines deleted...]
-        <w:sectPr w:rsidR="00BE54A0" w:rsidSect="00CA6E71">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00D666F3" w:rsidSect="00CA6E71">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="510" w:footer="1247" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009C35A3" w:rsidRDefault="009C35A3" w:rsidP="009C35A3">
-[...1 lines deleted...]
-        <w:ind w:left="7937" w:firstLine="559"/>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="9353" w:firstLine="559"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA0E88">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="9353" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA0E88">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA0E88">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Установление опеки или попечительства </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="9353" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA0E88">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA0E88">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA0E88">
         <w:rPr>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CD12A0">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Описание последовательности процедур (действий) между структурными подразделениями (работниками)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA0E88">
         <w:rPr>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...169 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с указанием длительности каждой процедуры (действия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14777" w:type="dxa"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-2055" w:type="dxa"/>
+        <w:tblW w:w="15412" w:type="dxa"/>
+        <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="298"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="3176"/>
+        <w:gridCol w:w="286"/>
+        <w:gridCol w:w="1713"/>
+        <w:gridCol w:w="1713"/>
+        <w:gridCol w:w="1855"/>
+        <w:gridCol w:w="4423"/>
+        <w:gridCol w:w="2426"/>
+        <w:gridCol w:w="2996"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C35A3" w:rsidRPr="00503CF2" w:rsidTr="009C35A3">
+      <w:tr w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidTr="002831D3">
         <w:trPr>
-          <w:trHeight w:val="355"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="286" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14478" w:type="dxa"/>
+            <w:tcW w:w="15125" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...5 lines deleted...]
-              <w:t>Негізгі процестің (жұмыс барысының, ағының) іс-қимылы</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Действия основного процесса (хода, потока работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C35A3" w:rsidRPr="00CD12A0" w:rsidTr="009C35A3">
+      <w:tr w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidTr="002831D3">
         <w:trPr>
-          <w:trHeight w:val="956"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="583"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="286" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1810" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:pStyle w:val="ac"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...4 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...5 lines deleted...]
-              <w:t>Іс-қимылдың (жұмыс барысының ағынының) №</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№ действия (хода, потока, работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1554" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4066" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4423" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="-318"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3176" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C35A3" w:rsidRPr="00CD12A0" w:rsidTr="009C35A3">
+      <w:tr w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidTr="002831D3">
         <w:trPr>
-          <w:trHeight w:val="1204"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="286" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1810" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Құрылымдық бөлімше (қыз-меткер) </w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Структурные подразделения (работники)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1554" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...5 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сотрудник </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>канцелярии услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...13 lines deleted...]
-              <w:t>сы</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4066" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4423" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...13 lines deleted...]
-              <w:t>сы</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ответственный исполнитель услугодателя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...13 lines deleted...]
-              <w:t>сы</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3176" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...5 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің жауапты орындаушысы</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель услугодателя</w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C35A3" w:rsidRPr="00503CF2" w:rsidTr="009C35A3">
+      <w:tr w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidTr="002831D3">
         <w:trPr>
-          <w:trHeight w:val="876"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="1923"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="286" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...11 lines deleted...]
-                <w:szCs w:val="19"/>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1810" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...74 lines deleted...]
-              <w:t>атауы және оны сипаттау</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1554" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...29 lines deleted...]
-              <w:t>кеуді жүзеге асырады</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осуществляет прием и регистрацию полученных документов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...5 lines deleted...]
-              <w:t>Қарастырады және жауапты орындаушыны анықтайды</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассматривает и  определяет ответственного исполнителя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4066" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4423" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...2 lines deleted...]
-                <w:szCs w:val="19"/>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қарастырады, әкімдіктің қамқоршылық немесе қорғаншылық белгілеу туралы қаулысын не бас тарту туралы дәлелді жауапты ресімдейді</w:t>
+              <w:t xml:space="preserve">ассматривает документы, готовит </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-                <w:szCs w:val="19"/>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:szCs w:val="19"/>
+              <w:t>постановления</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Көрсетілетін қызметті алушы </w:t>
+              <w:t xml:space="preserve"> акимата об установлении опеки или попечительства либо мотивированный ответ об отказе. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E13949">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> қабылдаудан бас тартады</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>В случае предоставления услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2278" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
-              <w:ind w:left="-52" w:firstLine="52"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...5 lines deleted...]
-              <w:t>Әкімдік қамқоршылық немесе қорғаншылық белгілеу туралы қаулыны шығарады және тіркейді, көшірме дайындайды</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Акимат выносит и регистрирует постановление об установлении опеки или попечительства, готовит выписку</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3176" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Регистрирует </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>Әкімдіктің қамқоршылық немесе қорғаншылық белгілеу туралы қаулысын не бас тарту туралы дәлелді жауапты тіркейді</w:t>
+              <w:t>постановление акимата об установлении опеки или попечительства либо ответ об отказе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C35A3" w:rsidRPr="00503CF2" w:rsidTr="009C35A3">
+      <w:tr w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidTr="002831D3">
         <w:trPr>
-          <w:trHeight w:val="673"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="1357"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="286" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...129 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1810" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...5 lines deleted...]
-              <w:t>Аяқталу нысаны</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1554" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...5 lines deleted...]
-              <w:t>Басшыға қарауға беру</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Передача на рассмотрение руководителю </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...73 lines deleted...]
-              <w:t>Әкімдіктің қамқоршылық немесе қорғаншылық белгілеу туралы қаулысынан үзінді көшірме</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Резолюция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3176" w:type="dxa"/>
+            <w:tcW w:w="4423" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Постановления акимата об установлении опеки или попечительства либо мотивированный ответ об отказе на рассмотрение и подписание руководителю</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выписка из постановления акимата об </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>установлении опеки или попечительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Направляет </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Әкімдіктің қамқоршылық немесе қорғаншылық белгілеу туралы қаулысын не бас тарту туралы дәлелді жауапты </w:t>
+              <w:t>постановление акимата об установлении опеки или попечительства либо ответ об отказе</w:t>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-              <w:t>қызметті алушыға жібереді</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> услугополучателю</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C35A3" w:rsidRPr="00CD12A0" w:rsidTr="009C35A3">
+      <w:tr w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidTr="002831D3">
         <w:trPr>
-          <w:trHeight w:val="589"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="298" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="286" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1810" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...5 lines deleted...]
-              <w:t>Орындау мерзімдері</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сроки исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1554" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...2 lines deleted...]
-                <w:szCs w:val="19"/>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>30 (отыз) минут</w:t>
+              <w:t xml:space="preserve">30 (тридцать) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1855" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...5 lines deleted...]
-              <w:t>1 (бір) күнтізбелік күн</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 (один) календарный день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4066" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4423" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">13 (он үш) </w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13 (тринадцать) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...55 lines deleted...]
-              <w:t>үн</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>календарных дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3176" w:type="dxa"/>
+            <w:tcW w:w="2426" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">1 (бір) </w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14 (четырнадцать) календарных дней</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00E13949" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
+              <w:pStyle w:val="a6"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E13949">
-[...5 lines deleted...]
-              <w:t>күнтізбелік к</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 (один) </w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="004703E7">
+            <w:pPr>
+              <w:pStyle w:val="a6"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="19"/>
-[...3 lines deleted...]
-              <w:t>ү</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E13949">
-[...5 lines deleted...]
-              <w:t>н</w:t>
+            <w:r w:rsidRPr="00DA0E88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алендарный день</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
-[...114 lines deleted...]
-        <w:ind w:left="7788" w:firstLine="708"/>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8643" w:firstLine="561"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...12 lines deleted...]
-        <w:ind w:left="7788" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8643" w:firstLine="561"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:ind w:left="7788" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8643" w:firstLine="561"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
       <w:pPr>
         <w:pStyle w:val="a7"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8643" w:firstLine="561"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00E33BFD" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8643" w:firstLine="561"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00E33BFD" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="9072" w:hanging="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к регламенту государственной услуги  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Установление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00E33BFD" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8643" w:firstLine="561"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00E33BFD" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8643" w:firstLine="561"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00E33BFD" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00893FD3">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33BFD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00893FD3">
+        </w:rPr>
+        <w:t>Диаграмма функционального взаимодействия информационных систем, задействованных в оказании государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00E33BFD" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33BFD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
-[...61 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>через Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="392" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="13826"/>
+        <w:gridCol w:w="14110"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidTr="00947EB2">
+      <w:tr w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidTr="00900EF8">
         <w:trPr>
           <w:trHeight w:val="952"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14317" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="14393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00F0451F" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0451F">
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1064" style="position:absolute;margin-left:191.75pt;margin-top:3.5pt;width:68.75pt;height:39.55pt;z-index:251699200;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1064">
+                <v:shapetype id="_x0000_t130" coordsize="21600,21600" o:spt="130" path="m3600,21597c2662,21202,1837,20075,1087,18440,487,16240,75,13590,,10770,75,8007,487,5412,1087,3045,1837,1465,2662,337,3600,l21597,v-937,337,-1687,1465,-2512,3045c18485,5412,18072,8007,17997,10770v75,2820,488,5470,1088,7670c19910,20075,20660,21202,21597,21597xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="10800,0;0,10800;10800,21600;17997,10800" textboxrect="3600,0,17997,21600"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1036" type="#_x0000_t130" style="position:absolute;margin-left:327pt;margin-top:3.5pt;width:133.45pt;height:35.4pt;z-index:251670528;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1036">
                     <w:txbxContent>
-                      <w:p w:rsidR="00BE54A0" w:rsidRPr="00A84C09" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>АРМ РШЭП</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00A84C09">
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1026" type="#_x0000_t130" style="position:absolute;margin-left:11.45pt;margin-top:3.5pt;width:158.4pt;height:37.3pt;z-index:251660288;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1026">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
                           <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  ЖТ МДҚ/ ЗТ МДҚ</w:t>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>АРМ ИС Государственной корпорации</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1037" style="position:absolute;margin-left:191.75pt;margin-top:3.5pt;width:56.8pt;height:37.3pt;z-index:251671552;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1037">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ГБД ФЛ/ГБД ЮЛ</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00F0451F">
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
                 <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_s1028" type="#_x0000_t32" style="position:absolute;margin-left:359.25pt;margin-top:40.8pt;width:0;height:40.45pt;flip:y;z-index:251662336;visibility:visible">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00F0451F">
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3480"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="left" w:pos="8055"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C64D43">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00C64D43">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="left" w:pos="6120"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1063" type="#_x0000_t130" style="position:absolute;margin-left:327pt;margin-top:3.5pt;width:88.7pt;height:37.3pt;z-index:251698176;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1063">
+                <v:shape id="_x0000_s1029" type="#_x0000_t32" style="position:absolute;margin-left:378.2pt;margin-top:17.8pt;width:0;height:35.2pt;z-index:251663360;visibility:visible">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1035" type="#_x0000_t32" style="position:absolute;margin-left:221.15pt;margin-top:17.8pt;width:0;height:40.4pt;flip:y;z-index:251669504;visibility:visible">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1027" type="#_x0000_t32" style="position:absolute;margin-left:69.2pt;margin-top:13.9pt;width:0;height:42pt;flip:y;z-index:251661312;visibility:visible">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00D666F3" w:rsidRPr="00C64D43">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:vanish/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="395"/>
+        <w:tblW w:w="14351" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="534"/>
+        <w:gridCol w:w="13817"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidTr="00900EF8">
+        <w:trPr>
+          <w:trHeight w:val="3960"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1054" style="position:absolute;left:0;text-align:left;margin-left:19.85pt;margin-top:105.25pt;width:33pt;height:30pt;z-index:251688960;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1054">
                     <w:txbxContent>
-                      <w:p w:rsidR="00BE54A0" w:rsidRPr="00A84C09" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00A84C09">
+                        <w:r>
                           <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ӨЭҮШ</w:t>
+                          <w:t>☒</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00BE54A0" w:rsidRPr="00A84C09" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:oval>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1042" style="position:absolute;left:0;text-align:left;margin-left:565.15pt;margin-top:4.5pt;width:61.75pt;height:35.4pt;z-index:251676672;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1042">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRPr="00D75BB4" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 8</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00A84C09">
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="val #0"/>
+                  </v:formulas>
+                  <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                  <v:handles>
+                    <v:h position="#0,center"/>
+                  </v:handles>
+                  <o:lock v:ext="edit" shapetype="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1047" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:251681792;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-130420800,-153999" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1049" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:227.65pt;margin-top:21.5pt;width:17.25pt;height:0;z-index:251683840;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1051" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:369.1pt;margin-top:21.3pt;width:26.25pt;height:0;z-index:251685888;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-398674,-1,-398674" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1053" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:21.5pt;width:6.75pt;height:129.75pt;z-index:251687936;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" path="m,1647825l,10389r,l64294,10389,64294,,85725,10389,64294,20778r,-10389l,10389r,l,1647825xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1647825;0,10389;0,10389;64294,10389;64294,0;85725,10389;64294,20778;64294,10389;0,10389;0,10389;0,1647825" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1065" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:538.2pt;margin-top:21.3pt;width:26.95pt;height:0;z-index:251700224;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-462737,-1,-462737" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1040" style="position:absolute;left:0;text-align:left;margin-left:244.9pt;margin-top:80.3pt;width:48pt;height:27.75pt;z-index:251674624;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1040">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 4</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>АЖО</w:t>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1045" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:270.5pt;margin-top:45.5pt;width:0;height:31.5pt;z-index:251679744;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1056" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:232.7pt;margin-top:130.9pt;width:45pt;height:.05pt;rotation:90;z-index:251691008;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-169624800,-178920" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1057" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:285.9pt;margin-top:108.45pt;width:0;height:45.75pt;z-index:251692032;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1052" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:445.8pt;margin-top:21.3pt;width:26.95pt;height:0;z-index:251686912;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-462737,-1,-462737" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1050" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:298.05pt;margin-top:21.5pt;width:18.75pt;height:0;z-index:251684864;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1048" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:144.15pt;margin-top:23.05pt;width:32.95pt;height:0;z-index:251682816;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-158214,-1,-158214" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1041" style="position:absolute;left:0;text-align:left;margin-left:395.35pt;margin-top:10.55pt;width:50.45pt;height:27.75pt;z-index:251675648;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1041">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 6</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1039" style="position:absolute;left:0;text-align:left;margin-left:316.8pt;margin-top:8.95pt;width:52.3pt;height:29.35pt;z-index:251673600;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1039">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 5</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1038" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:10.55pt;width:50.55pt;height:28.85pt;z-index:251672576;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1038">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRPr="00D75BB4" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 3</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1044" style="position:absolute;left:0;text-align:left;margin-left:94.8pt;margin-top:12.15pt;width:48pt;height:27.75pt;z-index:251678720;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1044">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRPr="00D75BB4" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 2</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1043" style="position:absolute;left:0;text-align:left;margin-left:19.85pt;margin-top:11.65pt;width:48pt;height:27.75pt;z-index:251677696;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1043">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRPr="00D75BB4" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  Процесс 1</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1059" type="#_x0000_t34" style="position:absolute;margin-left:522.15pt;margin-top:72.75pt;width:146.2pt;height:.05pt;rotation:90;z-index:251694080;visibility:visible" adj=",-143618400,-103464" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1046" type="#_x0000_t32" style="position:absolute;margin-left:482.85pt;margin-top:16.2pt;width:33pt;height:0;rotation:90;z-index:251680768;visibility:visible" adj="-393873,-1,-393873" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1064" style="position:absolute;margin-left:472.55pt;margin-top:-.2pt;width:57.7pt;height:27.75pt;z-index:251699200;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1064">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRPr="00D75BB4" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 7</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1058" type="#_x0000_t34" style="position:absolute;margin-left:467pt;margin-top:34.5pt;width:46.15pt;height:.05pt;rotation:90;flip:x;z-index:251693056;visibility:visible" adj="10788,175435200,-278577" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1067" type="#_x0000_t32" style="position:absolute;margin-left:498.15pt;margin-top:25.35pt;width:41.55pt;height:0;rotation:90;z-index:251702272;visibility:visible" adj="-324416,-1,-324416" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C64D43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1935"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+                <w:tab w:val="left" w:pos="12885"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1055" type="#_x0000_t32" style="position:absolute;margin-left:8.5pt;margin-top:68.45pt;width:0;height:36.7pt;flip:y;z-index:251689984;visibility:visible" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1066" style="position:absolute;margin-left:575.65pt;margin-top:65.4pt;width:64.3pt;height:32.6pt;z-index:251701248;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:shadow on="t" offset="6pt,6pt"/>
+                  <v:formulas/>
+                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+                  <o:lock v:ext="edit" verticies="t"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1062" style="position:absolute;margin-left:508.2pt;margin-top:12.95pt;width:30pt;height:30pt;z-index:251697152;visibility:visible;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1063" style="position:absolute;margin-left:474.55pt;margin-top:13.7pt;width:30pt;height:29.25pt;z-index:251698176;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1063">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>☒</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:oval>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1060" style="position:absolute;margin-left:240.5pt;margin-top:39.2pt;width:30pt;height:29.25pt;z-index:251695104;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1060">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-127"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>☒</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3"/>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:oval>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1061" style="position:absolute;margin-left:274.75pt;margin-top:38.45pt;width:30pt;height:30pt;z-index:251696128;visibility:visible;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00D666F3" w:rsidRPr="00C64D43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:vanish/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shapetype id="_x0000_t4" coordsize="21600,21600" o:spt="4" path="m10800,l,10800,10800,21600,21600,10800xe">
+            <v:stroke joinstyle="miter"/>
+            <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
+          </v:shapetype>
+          <v:shape id="_x0000_s1033" type="#_x0000_t4" style="position:absolute;margin-left:506.75pt;margin-top:15.25pt;width:71.95pt;height:50.55pt;z-index:251667456;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+            <v:textbox style="mso-next-textbox:#_x0000_s1033">
+              <w:txbxContent>
+                <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                  <w:pPr>
+                    <w:ind w:left="-284" w:right="-201"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Условие</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                  <w:pPr>
+                    <w:ind w:left="-284" w:right="-201"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  2</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1032" type="#_x0000_t4" style="position:absolute;margin-left:279.1pt;margin-top:17.75pt;width:67.35pt;height:50.5pt;z-index:251666432;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+            <v:textbox style="mso-next-textbox:#_x0000_s1032">
+              <w:txbxContent>
+                <w:p w:rsidR="00D666F3" w:rsidRPr="00D75BB4" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                  <w:pPr>
+                    <w:ind w:left="-284" w:right="-201"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D75BB4">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  Условие</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00D666F3" w:rsidRPr="00D75BB4" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                  <w:pPr>
+                    <w:ind w:left="-284" w:right="-201"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">   </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D75BB4">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:689.55pt;margin-top:458.9pt;width:15.75pt;height:11.25pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="200025,142875" path="m,l176212,v13152,,23813,10661,23813,23813l200025,142875,,142875,,xe" strokeweight="1pt">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;176212,0;200025,23813;200025,142875;0,142875;0,0" o:connectangles="0,0,0,0,0,0"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1034" style="position:absolute;left:0;text-align:left;margin-left:37.85pt;margin-top:437pt;width:22.5pt;height:32.1pt;z-index:251668480" stroked="f">
+            <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#_x0000_s1034">
+              <w:txbxContent>
+                <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Запрос</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:605.65pt;margin-top:427.05pt;width:64.3pt;height:32.6pt;z-index:251665408;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+            <v:stroke joinstyle="miter"/>
+            <v:shadow on="t" offset="6pt,6pt"/>
+            <v:formulas/>
+            <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+            <o:lock v:ext="edit" verticies="t"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-70"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="14218"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidTr="00900EF8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C64D43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6615"/>
+          <w:tab w:val="center" w:pos="7639"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00E33BFD" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6615"/>
+          <w:tab w:val="center" w:pos="7639"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00E33BFD" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="9072" w:hanging="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к регламенту государственной услуги  «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Установление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00E33BFD" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00E33BFD" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00E33BFD" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Диаграмма  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>функционального взаимодействия информационных систем, задействованных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оказании</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00E33BFD" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E33BFD">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ортал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00E33BFD" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="392" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13826"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidTr="00900EF8">
+        <w:trPr>
+          <w:trHeight w:val="852"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14317" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Блок-схема: сохраненные данные 8" o:spid="_x0000_s1068" type="#_x0000_t130" style="position:absolute;margin-left:21.9pt;margin-top:10.4pt;width:74.25pt;height:28.5pt;z-index:251703296;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Блок-схема: сохраненные данные 8">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ИС ПЭП</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1111" type="#_x0000_t130" style="position:absolute;margin-left:334.7pt;margin-top:9.65pt;width:75pt;height:29.25pt;z-index:251747328;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1111">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ШЭП</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="00BE54A0" w:rsidRPr="00893FD3">
-[...1 lines deleted...]
-                <w:i/>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1114" style="position:absolute;margin-left:205.45pt;margin-top:11.45pt;width:56.8pt;height:29.35pt;z-index:251750400;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1114">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Портал</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Блок-схема: сохраненные данные 13" o:spid="_x0000_s1069" type="#_x0000_t130" style="position:absolute;margin-left:434.45pt;margin-top:11.45pt;width:88.05pt;height:29.25pt;z-index:251704320;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Блок-схема: сохраненные данные 13">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>АРМ РШЭП</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3480"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="left" w:pos="8055"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1113" type="#_x0000_t34" style="position:absolute;margin-left:405.95pt;margin-top:14.25pt;width:26.25pt;height:.05pt;rotation:180;z-index:251749376;visibility:visible" adj="10779,-102600000,-418423" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1112" type="#_x0000_t32" style="position:absolute;margin-left:405.95pt;margin-top:3.95pt;width:26.25pt;height:0;z-index:251748352;visibility:visible" adj="-398674,-1,-398674" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00D666F3" w:rsidRPr="00C64D43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00D666F3" w:rsidRPr="00C64D43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00F0451F" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
-                <w:i/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F0451F">
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1062" type="#_x0000_t32" style="position:absolute;margin-left:204.4pt;margin-top:48.35pt;width:33.6pt;height:0;rotation:270;z-index:251697152;visibility:visible" adj="-200379,-1,-200379">
+                <v:shape id="Прямая со стрелкой 18" o:spid="_x0000_s1072" type="#_x0000_t32" style="position:absolute;margin-left:379.7pt;margin-top:14.6pt;width:0;height:35.2pt;z-index:251707392;visibility:visible">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1071" type="#_x0000_t32" style="position:absolute;margin-left:366.95pt;margin-top:8.6pt;width:0;height:40.45pt;flip:y;z-index:251706368;visibility:visible">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1110" type="#_x0000_t32" style="position:absolute;margin-left:240pt;margin-top:8.5pt;width:0;height:40.4pt;flip:y;z-index:251746304;visibility:visible">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00F0451F">
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1027" type="#_x0000_t32" style="position:absolute;margin-left:44.85pt;margin-top:54.25pt;width:31pt;height:0;rotation:270;z-index:251661312;visibility:visible" adj="-105108,-1,-105108">
+                <v:shape id="_x0000_s1070" type="#_x0000_t32" style="position:absolute;margin-left:60.2pt;margin-top:8.6pt;width:0;height:42pt;flip:y;z-index:251705344;visibility:visible">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00F0451F">
-[...62 lines deleted...]
-                <w:i/>
+            <w:r w:rsidR="00D666F3" w:rsidRPr="00C64D43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
-      <w:pPr>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:vanish/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="392" w:tblpY="382"/>
         <w:tblW w:w="14283" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="401"/>
         <w:gridCol w:w="13882"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidTr="00947EB2">
+      <w:tr w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidTr="00900EF8">
         <w:trPr>
-          <w:trHeight w:val="3960"/>
+          <w:trHeight w:val="3818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="401" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00F0451F" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C64D43">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C64D43">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Э</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C64D43">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1046" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:94.2pt;width:33pt;height:30pt;z-index:251680768;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1046">
+                <v:oval id="Овал 62" o:spid="_x0000_s1094" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:66.8pt;width:33pt;height:30pt;z-index:251729920;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Овал 62">
                     <w:txbxContent>
-                      <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13882" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00F0451F" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1035" style="position:absolute;left:0;text-align:left;margin-left:19.85pt;margin-top:11.65pt;width:48pt;height:28.25pt;z-index:251669504;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1035">
+                <v:rect id="Прямоугольник 35" o:spid="_x0000_s1078" style="position:absolute;left:0;text-align:left;margin-left:540.1pt;margin-top:9.65pt;width:71.15pt;height:25.6pt;z-index:251713536;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Прямоугольник 35">
                     <w:txbxContent>
-                      <w:p w:rsidR="00BE54A0" w:rsidRPr="005C280D" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRPr="00A25A2B" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00A25A2B">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Процесс 7</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Ромб 58" o:spid="_x0000_s1108" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:415.8pt;margin-top:1.9pt;width:69pt;height:50.55pt;z-index:251744256;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Ромб 58">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRPr="00A25A2B" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00A25A2B">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Условие</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRPr="00A25A2B" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00A25A2B">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>3</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1074" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:8.2pt;width:64.25pt;height:31.7pt;z-index:251709440;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1074">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRPr="00D75BB4" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  Процесс 3</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 43" o:spid="_x0000_s1084" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:251719680;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-130420800,-153999" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Стрелка углом 61" o:spid="_x0000_s1093" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:21.5pt;width:6.75pt;height:129.75pt;z-index:251728896;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" path="m,1647825l,10389r,l64294,10389,64294,,85725,10389,64294,20778r,-10389l,10389r,l,1647825xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1647825;0,10389;0,10389;64294,10389;64294,0;85725,10389;64294,20778;64294,10389;0,10389;0,10389;0,1647825" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="Прямоугольник 33" o:spid="_x0000_s1077" style="position:absolute;left:0;text-align:left;margin-left:415.8pt;margin-top:84.6pt;width:60.45pt;height:27.75pt;z-index:251712512;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Прямоугольник 33">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">   </w:t>
+                          <w:t xml:space="preserve">  </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="005C280D">
+                        <w:r>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">1-процесс </w:t>
+                          <w:t>Процесс 6</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1036" style="position:absolute;left:0;text-align:left;margin-left:94.8pt;margin-top:12.15pt;width:48pt;height:27.75pt;z-index:251670528;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1036">
+                <v:shape id="Прямая со стрелкой 41" o:spid="_x0000_s1083" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:445.8pt;margin-top:53.75pt;width:0;height:30pt;z-index:251718656;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="Прямоугольник 30" o:spid="_x0000_s1080" style="position:absolute;left:0;text-align:left;margin-left:94.8pt;margin-top:84.6pt;width:48pt;height:27.75pt;z-index:251715584;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Прямоугольник 30">
                     <w:txbxContent>
-                      <w:p w:rsidR="00BE54A0" w:rsidRPr="005C280D" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRPr="00A25A2B" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="005C280D">
+                        <w:r w:rsidRPr="00A25A2B">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  2-процесс</w:t>
+                          <w:t xml:space="preserve">  Процесс 2</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:10.55pt;width:50.55pt;height:29.35pt;z-index:251664384;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-[...177 lines deleted...]
-                <v:shape id="_x0000_s1041" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:227.65pt;margin-top:21.5pt;width:17.25pt;height:0;z-index:251675648;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                <v:shape id="_x0000_s1081" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:119.55pt;margin-top:51.45pt;width:0;height:32.25pt;z-index:251716608;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1043" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:369.1pt;margin-top:21.3pt;width:26.25pt;height:0;z-index:251677696;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-398674,-1,-398674" strokeweight="1pt">
+                <v:shape id="Прямая со стрелкой 53" o:spid="_x0000_s1090" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:136.05pt;margin-top:112.4pt;width:0;height:42.75pt;z-index:251725824;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1045" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:21.5pt;width:6.75pt;height:129.75pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" path="m,1647825l,10389r,l64294,10389,64294,,85725,10389,64294,20778r,-10389l,10389r,l,1647825xe" strokeweight="1pt">
-[...6 lines deleted...]
-                <v:shape id="_x0000_s1066" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:538.2pt;margin-top:21.3pt;width:26.95pt;height:0;z-index:251701248;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-462737,-1,-462737" strokeweight="1pt">
+                <v:shape id="_x0000_s1091" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:81.85pt;margin-top:134.35pt;width:44pt;height:.05pt;rotation:90;flip:x;z-index:251726848;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",169624800,-98673" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1038" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:488.05pt;margin-top:64.5pt;width:33pt;height:0;rotation:90;z-index:251672576;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-393873,-1,-393873" strokeweight="1pt">
-[...1 lines deleted...]
-                </v:shape>
+                <v:oval id="_x0000_s1092" style="position:absolute;left:0;text-align:left;margin-left:121.05pt;margin-top:154.4pt;width:30pt;height:30pt;z-index:251727872;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle"/>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1037" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:270.5pt;margin-top:45.5pt;width:0;height:31.5pt;z-index:251671552;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
-[...120 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1065">
+                <v:oval id="Овал 2" o:spid="_x0000_s1101" style="position:absolute;left:0;text-align:left;margin-left:88.8pt;margin-top:155.55pt;width:30pt;height:29.25pt;z-index:251737088;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#Овал 2">
                     <w:txbxContent>
-                      <w:p w:rsidR="00BE54A0" w:rsidRPr="00A84C09" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
-[...1342 lines deleted...]
-                      <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1076" style="position:absolute;left:0;text-align:left;margin-left:265.2pt;margin-top:82.2pt;width:48pt;height:27.75pt;z-index:251712512;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                <v:rect id="_x0000_s1076" style="position:absolute;left:0;text-align:left;margin-left:265.2pt;margin-top:82.2pt;width:48pt;height:27.75pt;z-index:251711488;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
                   <v:textbox style="mso-next-textbox:#_x0000_s1076">
                     <w:txbxContent>
-                      <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>4-процес</w:t>
-[...5 lines deleted...]
-                          <w:t>с</w:t>
+                          <w:t>Процесс 4</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1082" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:288.3pt;margin-top:51.45pt;width:0;height:31.5pt;z-index:251718656;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                <v:shape id="_x0000_s1082" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:288.3pt;margin-top:51.45pt;width:0;height:31.5pt;z-index:251717632;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1096" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:253.05pt;margin-top:134.85pt;width:45pt;height:.05pt;rotation:90;z-index:251732992;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-169624800,-178920" strokeweight="1pt">
+                <v:shape id="Прямая со стрелкой 47" o:spid="_x0000_s1087" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:311.75pt;margin-top:23.05pt;width:18.75pt;height:0;z-index:251722752;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1097" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:306.2pt;margin-top:110.85pt;width:0;height:45.75pt;z-index:251734016;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                <v:shape id="Прямая со стрелкой 44" o:spid="_x0000_s1085" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:144.15pt;margin-top:23.05pt;width:32.95pt;height:0;z-index:251720704;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-158214,-1,-158214" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1089" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:484.8pt;margin-top:23.05pt;width:55.3pt;height:0;z-index:251725824;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-227327,-1,-227327" strokeweight="1pt">
-[...21 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1107">
+                <v:shape id="Ромб 57" o:spid="_x0000_s1107" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:260.65pt;margin-top:1.95pt;width:53.15pt;height:50.5pt;z-index:251743232;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Ромб 57">
                     <w:txbxContent>
-                      <w:p w:rsidR="00BE54A0" w:rsidRPr="00EF3356" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRPr="00D75BB4" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-284" w:right="-201"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00EF3356">
+                        <w:r>
                           <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>2-шарт</w:t>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Условие</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRPr="00D75BB4" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>2</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1078" style="position:absolute;left:0;text-align:left;margin-left:540.1pt;margin-top:9.65pt;width:71.15pt;height:35.4pt;z-index:251714560;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1078">
+                <v:rect id="Прямоугольник 19" o:spid="_x0000_s1075" style="position:absolute;left:0;text-align:left;margin-left:330.5pt;margin-top:10.55pt;width:56.8pt;height:29.35pt;z-index:251710464;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Прямоугольник 19">
                     <w:txbxContent>
-                      <w:p w:rsidR="00BE54A0" w:rsidRPr="00EF3356" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  7-процес</w:t>
+                          <w:t xml:space="preserve">  </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="00EF3356">
+                        <w:r>
                           <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>с</w:t>
+                          <w:t>Процесс 5</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1108" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:415.8pt;margin-top:1.9pt;width:65.45pt;height:50.55pt;z-index:251745280;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1108">
+                <v:shape id="Ромб 37" o:spid="_x0000_s1073" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:91pt;margin-top:1.95pt;width:53.15pt;height:44.25pt;z-index:251708416;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Ромб 37">
                     <w:txbxContent>
-                      <w:p w:rsidR="00BE54A0" w:rsidRPr="00EF3356" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRPr="00D75BB4" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-284" w:right="-201"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00EF3356">
+                        <w:r>
                           <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>3-шарт</w:t>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Условие</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00D666F3" w:rsidRPr="00D75BB4" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                        <w:pPr>
+                          <w:ind w:left="-284" w:right="-201"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D75BB4">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>1</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1075" style="position:absolute;left:0;text-align:left;margin-left:330.5pt;margin-top:10.55pt;width:56.8pt;height:29.35pt;z-index:251711488;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1075">
+                <v:rect id="Прямоугольник 32" o:spid="_x0000_s1079" style="position:absolute;left:0;text-align:left;margin-left:19.85pt;margin-top:11.65pt;width:48pt;height:27.75pt;z-index:251714560;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Прямоугольник 32">
                     <w:txbxContent>
-                      <w:p w:rsidR="00BE54A0" w:rsidRPr="00EF3356" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRPr="00D75BB4" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="00EF3356">
-[...65 lines deleted...]
-                          <w:jc w:val="center"/>
+                        <w:r w:rsidRPr="00D75BB4">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                        </w:pPr>
-[...6 lines deleted...]
-                          <w:t xml:space="preserve">  1-процесс</w:t>
+                          <w:t>Процесс 1</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 46" o:spid="_x0000_s1086" type="#_x0000_t32" style="position:absolute;margin-left:242.55pt;margin-top:8.25pt;width:17.25pt;height:0;z-index:251721728;visibility:visible" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 48" o:spid="_x0000_s1088" type="#_x0000_t32" style="position:absolute;margin-left:389.55pt;margin-top:8.25pt;width:26.25pt;height:0;z-index:251723776;visibility:visible" adj="-398674,-1,-398674" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 49" o:spid="_x0000_s1089" type="#_x0000_t32" style="position:absolute;margin-left:484.8pt;margin-top:11.75pt;width:55.3pt;height:0;z-index:251724800;visibility:visible" adj="-227327,-1,-227327" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 79" o:spid="_x0000_s1100" type="#_x0000_t34" style="position:absolute;margin-left:504.05pt;margin-top:77.15pt;width:143.4pt;height:.05pt;rotation:90;z-index:251736064;visibility:visible" adj=",-135756000,-103361" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00F0451F" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:ind w:left="148"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00893FD3">
-              <w:rPr>
+            <w:r w:rsidRPr="00C64D43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00F0451F" w:rsidP="00947EB2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1935"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:rPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1103" style="position:absolute;margin-left:259.8pt;margin-top:7.7pt;width:30pt;height:29.25pt;z-index:251740160;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1103">
+                <v:shape id="_x0000_s1098" type="#_x0000_t34" style="position:absolute;margin-left:450.1pt;margin-top:27.35pt;width:37pt;height:.05pt;rotation:90;z-index:251734016;visibility:visible" adj=",-169322400,-338069" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 76" o:spid="_x0000_s1099" type="#_x0000_t34" style="position:absolute;margin-left:415.8pt;margin-top:28.3pt;width:38.85pt;height:.05pt;rotation:90;flip:x;z-index:251735040;visibility:visible" adj="10786,169322400,-303401" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Прямая со стрелкой 68" o:spid="_x0000_s1096" type="#_x0000_t34" style="position:absolute;margin-left:258.4pt;margin-top:23.6pt;width:34.35pt;height:.05pt;rotation:90;z-index:251731968;visibility:visible" adj="10784,-169560000,-242756" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1097" type="#_x0000_t32" style="position:absolute;margin-left:287.5pt;margin-top:25.15pt;width:37.35pt;height:0;rotation:90;z-index:251732992;visibility:visible" adj="-240983,-1,-240983" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00900EF8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+                <w:tab w:val="left" w:pos="12885"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1095" type="#_x0000_t32" style="position:absolute;margin-left:8.6pt;margin-top:63.65pt;width:0;height:36.7pt;flip:y;z-index:251730944;visibility:visible" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Letter" o:spid="_x0000_s1102" style="position:absolute;margin-left:546.95pt;margin-top:56.9pt;width:64.3pt;height:32.6pt;z-index:251738112;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:shadow on="t" offset="6pt,6pt"/>
+                  <v:formulas/>
+                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+                  <o:lock v:ext="edit" verticies="t"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="Овал 92" o:spid="_x0000_s1105" style="position:absolute;margin-left:454.8pt;margin-top:34.4pt;width:30pt;height:30pt;z-index:251741184;visibility:visible;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="Овал 93" o:spid="_x0000_s1106" style="position:absolute;margin-left:415.8pt;margin-top:36.25pt;width:30pt;height:29.25pt;z-index:251742208;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#Овал 93">
                     <w:txbxContent>
-                      <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1104" style="position:absolute;margin-left:291.3pt;margin-top:6.3pt;width:30pt;height:30pt;z-index:251741184;visibility:visible;v-text-anchor:middle"/>
-[...36 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1106">
+                <v:oval id="Овал 59" o:spid="_x0000_s1103" style="position:absolute;margin-left:258.3pt;margin-top:34.4pt;width:30pt;height:29.25pt;z-index:251739136;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#Овал 59">
                     <w:txbxContent>
-                      <w:p w:rsidR="00BE54A0" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
+                      <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C16B99">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1105" style="position:absolute;left:0;text-align:left;margin-left:454.8pt;margin-top:2.3pt;width:30pt;height:30pt;z-index:251742208;visibility:visible;v-text-anchor:middle"/>
+                <v:oval id="Овал 90" o:spid="_x0000_s1104" style="position:absolute;margin-left:289.8pt;margin-top:34.4pt;width:30pt;height:30pt;z-index:251740160;visibility:visible;v-text-anchor:middle"/>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="00BE54A0" w:rsidRPr="00893FD3">
-              <w:rPr>
+            <w:r w:rsidR="00D666F3" w:rsidRPr="00C64D43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BE54A0" w:rsidRPr="00893FD3" w:rsidRDefault="00BE54A0" w:rsidP="00BE54A0">
-      <w:pPr>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14317" w:type="dxa"/>
-[...2920 lines deleted...]
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:horzAnchor="margin" w:tblpY="1753"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="32"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3023"/>
-        <w:gridCol w:w="11195"/>
+        <w:gridCol w:w="14109"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C35A3" w:rsidRPr="00503CF2" w:rsidTr="00A00FC2">
+      <w:tr w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidTr="00900EF8">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3023" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="14109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00893FD3" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00D666F3" w:rsidP="00900EF8">
             <w:pPr>
-              <w:rPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C64D43">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00C64D43" w:rsidRDefault="00C16B99" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1109" style="position:absolute;left:0;text-align:left;margin-left:37.85pt;margin-top:221.75pt;width:22.5pt;height:32.1pt;z-index:251745280;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" stroked="f">
+            <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#_x0000_s1109">
+              <w:txbxContent>
+                <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Запрос</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8643" w:firstLine="561"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8643" w:firstLine="561"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8643" w:firstLine="561"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A8691D" w:rsidRDefault="00A8691D" w:rsidP="00D666F3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8643" w:firstLine="561"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8643" w:firstLine="561"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA0E88">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="9072" w:hanging="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA0E88">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к регламенту государственной услуги «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA0E88">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Установление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и ребенком (детьми), оставшимся без попечения родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA0E88">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA0E88">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Справочник</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA0E88">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бизнес-процессов оказания государственной услуги «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA0E88">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Установление опеки или попечительства над ребенком-сиротой (детьми-сиротами) и</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA0E88">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ребенком (детьми), оставшимся без попечения родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA0E88">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1181" style="position:absolute;left:0;text-align:left;margin-left:404.45pt;margin-top:1.1pt;width:102.05pt;height:46.5pt;z-index:251756544" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1181">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Сотрудник </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">канцелярии </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRPr="00E91C51" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>услугодателя</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1180" style="position:absolute;left:0;text-align:left;margin-left:261.95pt;margin-top:1.1pt;width:142.5pt;height:46.5pt;z-index:251755520" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1180">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRPr="00E91C51" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Портал</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1178" style="position:absolute;left:0;text-align:left;margin-left:-19.15pt;margin-top:1.1pt;width:116.9pt;height:46.5pt;z-index:251753472" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1178">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRPr="00E91C51" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Услугополучатель</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1179" style="position:absolute;left:0;text-align:left;margin-left:99.4pt;margin-top:1.1pt;width:164.2pt;height:46.5pt;z-index:251754496" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1179">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRPr="000436BD" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="000436BD">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Государственная корпорация</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1182" style="position:absolute;left:0;text-align:left;margin-left:506.5pt;margin-top:1.1pt;width:96.05pt;height:46.5pt;z-index:251757568" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1182">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Руководство </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRPr="006925B3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>услугодателя</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1177" style="position:absolute;left:0;text-align:left;margin-left:602.55pt;margin-top:1.1pt;width:126.8pt;height:46.5pt;z-index:251752448" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1177">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Ответственный </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">исполнитель </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRPr="006925B3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>услугодателя</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1186" style="position:absolute;left:0;text-align:left;margin-left:102.25pt;margin-top:6.7pt;width:159.7pt;height:248.45pt;z-index:251761664" arcsize="8222f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1184" style="position:absolute;left:0;text-align:left;margin-left:604.1pt;margin-top:6.7pt;width:125.25pt;height:252.2pt;z-index:251759616" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1184">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>13 (тринадцать) календарных дней</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1 (один) календарный </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRPr="00906E6A" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>день</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1185" style="position:absolute;left:0;text-align:left;margin-left:506.5pt;margin-top:6.7pt;width:106.2pt;height:252.2pt;z-index:251760640" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1185">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>1 (один) календарный день</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRPr="00735866" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>14 (четырнадцать) календарных дней</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1188" style="position:absolute;left:0;text-align:left;margin-left:406.1pt;margin-top:6.7pt;width:102.05pt;height:248.45pt;z-index:251763712" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1188">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRPr="004F1B61" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>30 (тридцать) минут</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1189" style="position:absolute;left:0;text-align:left;margin-left:263.6pt;margin-top:6.7pt;width:142.5pt;height:248.45pt;z-index:251764736" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1189">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>15 (пятнадцать)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>минут</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1187" style="position:absolute;left:0;text-align:left;margin-left:-19.15pt;margin-top:6.7pt;width:116.9pt;height:248.45pt;z-index:251762688" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1183" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:178.3pt;margin-top:6.7pt;width:.05pt;height:31.45pt;flip:y;z-index:251758592" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1191" style="position:absolute;left:0;text-align:left;margin-left:514pt;margin-top:5pt;width:83.3pt;height:76.45pt;z-index:251766784">
+            <v:textbox style="mso-next-textbox:#_x0000_s1191">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Рассматривает   документы и </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>определяет ответственного исполнителя</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1192" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:330.35pt;margin-top:.95pt;width:0;height:10.35pt;z-index:251767808" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1196" style="position:absolute;left:0;text-align:left;margin-left:109.5pt;margin-top:5pt;width:136.85pt;height:74.45pt;z-index:251771904">
+            <v:textbox style="mso-next-textbox:#_x0000_s1196">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRPr="00764AFD" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Предоставляет документы</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> и заявление оператору Государственной корпорации согласно пункту 9 Стандарта</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1190" style="position:absolute;left:0;text-align:left;margin-left:618.35pt;margin-top:.95pt;width:96pt;height:101.7pt;z-index:251765760">
+            <v:textbox style="mso-next-textbox:#_x0000_s1190">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRPr="003F338F" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>О</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00214E3B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>существляет проверку  документов,</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00214E3B">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  готовит </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>постановление акимата либо ответ об отказе</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="003F338F">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRPr="003F338F" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="003F338F">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRPr="00D32646" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1193" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:454.85pt;margin-top:.85pt;width:0;height:10.45pt;z-index:251768832" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1194" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:31.85pt;margin-top:.9pt;width:423pt;height:.05pt;z-index:251769856" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1195" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:31.85pt;margin-top:.85pt;width:0;height:17.6pt;flip:y;z-index:251770880" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1198" style="position:absolute;left:0;text-align:left;margin-left:272.95pt;margin-top:-.15pt;width:124.5pt;height:68.1pt;z-index:251773952">
+            <v:textbox style="mso-next-textbox:#_x0000_s1198">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRPr="00AB293D" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Осуществляет регистрацию на портале с помощью ИИН, а также пароля</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1197" style="position:absolute;left:0;text-align:left;margin-left:411.35pt;margin-top:-.2pt;width:89.55pt;height:107.5pt;z-index:251772928">
+            <v:textbox style="mso-next-textbox:#_x0000_s1197">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRPr="00625E51" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>О</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00625E51">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>существляет прием</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> документов из Государственной корпорации </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00625E51">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">и  </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00625E51">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>направля</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00625E51">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>ет</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00625E51">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> руководству</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRPr="00625E51" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1199" style="position:absolute;left:0;text-align:left;margin-left:.35pt;margin-top:6.95pt;width:57.75pt;height:27.75pt;z-index:251774976" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1200" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:397.45pt;margin-top:.5pt;width:13.9pt;height:0;z-index:251776000" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1201" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:500.9pt;margin-top:.55pt;width:13.1pt;height:.1pt;flip:y;z-index:251777024" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1203" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:597.3pt;margin-top:.5pt;width:21.05pt;height:.05pt;z-index:251779072" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1202" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:58.1pt;margin-top:.55pt;width:51.4pt;height:0;z-index:251778048" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1204" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:337.1pt;margin-top:10.5pt;width:.05pt;height:20.2pt;z-index:251780096" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1205" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:178.35pt;margin-top:10.5pt;width:.05pt;height:20.2pt;z-index:251781120" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1207" style="position:absolute;left:0;text-align:left;margin-left:272.95pt;margin-top:7.7pt;width:124.5pt;height:115.05pt;z-index:251783168">
+            <v:textbox style="mso-next-textbox:#_x0000_s1207">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRPr="00AB293D" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Проверка соответствия приложенных документов согласно пункту 9 Стандарта  для оказания услуги либо отказа в приеме документов</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1206" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:598.05pt;margin-top:10.65pt;width:98.8pt;height:9.7pt;rotation:180;flip:y;z-index:251782144" o:connectortype="elbow" adj=",949732,-167848">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1209" style="position:absolute;left:0;text-align:left;margin-left:109.5pt;margin-top:7.7pt;width:144.4pt;height:125.95pt;z-index:251785216">
+            <v:textbox style="mso-next-textbox:#_x0000_s1209">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>В</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00764AFD">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> случае предоставления услугополучателем неполного пакета документов согла</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>сно пункту 9 Стандарта и (или) документов с истекшим сроком действия, работник Государственной корпорации</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00764AFD">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> отказывает в приеме заявления и выдает расписку</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00764AFD">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">об отказе в приеме документов </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:color w:val="0D0D0D"/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t>услугопол</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:color w:val="0D0D0D"/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">учатель государственной услуги </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:color w:val="0D0D0D"/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t>подает необходимые документы и заявление оператору Государственной корпорации</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:color w:val="0D0D0D"/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">, которая </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">осуществляется </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">в операционном зале посредством </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t>«</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t>безбарьерного</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t>» обслуживания путем электронной очереди.</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 Стандарта государственной услуги и (или) документов с истекшим сроком действия работник  Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 4 к Стандарту государственной </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t>услуги</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:color w:val="0D0D0D"/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t>услугопол</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:color w:val="0D0D0D"/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t>учатель</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:color w:val="0D0D0D"/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> государственной услуги </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:color w:val="0D0D0D"/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t>подает необходимые документы и заявление оператору Государственной корпорации</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:color w:val="0D0D0D"/>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">, которая </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">осуществляется </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>в операционном зале посредством</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t>«</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t>безбарьерного</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="007B34DA">
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                    </w:rPr>
+                    <w:t>» обслуживания путем электронной очереди. В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 Стандарта государственной услуги и (или) документов с истекшим сроком действия работник  Государственной корпорации отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 4 к Стандарту государственной услуги</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRPr="00764AFD" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1208" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:246.35pt;margin-top:10.65pt;width:0;height:22.5pt;z-index:251784192" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1210" style="position:absolute;left:0;text-align:left;margin-left:514.75pt;margin-top:8.85pt;width:83.3pt;height:104pt;z-index:251786240">
+            <v:textbox style="mso-next-textbox:#_x0000_s1210">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRPr="005D0838" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Акимат выносит и регистрирует постановление, готовит выписку</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1211" style="position:absolute;left:0;text-align:left;margin-left:618.35pt;margin-top:4.35pt;width:101.65pt;height:80.2pt;z-index:251787264">
+            <v:textbox style="mso-next-textbox:#_x0000_s1211">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRPr="005D0838" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Регистрирует</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00351207">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>постановление акимата либо ответ об отказе</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> в журнале учета</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1212" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:49.05pt;margin-top:1.65pt;width:.05pt;height:81.05pt;z-index:251788288" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1213" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:49.05pt;margin-top:1.65pt;width:60.45pt;height:0;flip:x;z-index:251789312" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1214" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:598.05pt;margin-top:4.6pt;width:20.3pt;height:0;z-index:251790336" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1237" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:713.55pt;margin-top:4.05pt;width:.8pt;height:36.4pt;z-index:251813888" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1236" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:377.45pt;margin-top:7.75pt;width:.8pt;height:17.45pt;z-index:251812864" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00F242D8" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1226" style="position:absolute;left:0;text-align:left;margin-left:117.6pt;margin-top:9.85pt;width:127pt;height:100.3pt;z-index:251802624">
+            <v:textbox style="mso-next-textbox:#_x0000_s1226">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRPr="00764AFD" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>В</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007615C4">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> срок, указанный в расписке о приеме соответствующих документов, выдача </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>справки</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007615C4">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  услугополучателю</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C36780">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00764AFD">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">об отказе в приеме документов </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRPr="007615C4" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1238" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:48.85pt;margin-top:-5.65pt;width:.05pt;height:382.85pt;flip:x;z-index:251814912" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1235" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:714.25pt;margin-top:-5.65pt;width:.05pt;height:410.65pt;z-index:251811840" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1234" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:381.5pt;margin-top:-5.65pt;width:0;height:352.45pt;z-index:251810816" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1215" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:381.5pt;margin-top:4.05pt;width:0;height:32.65pt;z-index:251791360" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1216" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:714.3pt;margin-top:3.5pt;width:.05pt;height:48.1pt;z-index:251792384" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1217" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:382.05pt;margin-top:-5.7pt;width:0;height:352.4pt;z-index:251793408" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1218" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:48.85pt;margin-top:-6pt;width:.05pt;height:383.2pt;z-index:251794432" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1219" style="position:absolute;left:0;text-align:left;margin-left:-11.65pt;margin-top:-6pt;width:115.85pt;height:442.1pt;z-index:251795456" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1220" style="position:absolute;left:0;text-align:left;margin-left:261.8pt;margin-top:-17.5pt;width:142.5pt;height:446.55pt;z-index:251796480" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1220">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">       </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRPr="000E4060" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1221" style="position:absolute;left:0;text-align:left;margin-left:96.55pt;margin-top:-17.5pt;width:165.25pt;height:446.55pt;z-index:251797504" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1221">
+              <w:txbxContent>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>15 (пятнадцать)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="002831D3" w:rsidRPr="00EE5E33" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>минут</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1222" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:707.35pt;margin-top:-17.5pt;width:0;height:410.95pt;z-index:251798528" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1223" style="position:absolute;left:0;text-align:left;margin-left:604.3pt;margin-top:-17.5pt;width:127.3pt;height:446.55pt;z-index:251799552" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1224" style="position:absolute;left:0;text-align:left;margin-left:509.95pt;margin-top:-17.5pt;width:94.35pt;height:446.55pt;z-index:251800576" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1225" style="position:absolute;left:0;text-align:left;margin-left:404.3pt;margin-top:-17.5pt;width:105.65pt;height:446.55pt;z-index:251801600" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1227" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:27.8pt;margin-top:323.7pt;width:0;height:30.5pt;z-index:251803648" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1229" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:59.55pt;margin-top:369.8pt;width:73.4pt;height:.05pt;flip:x;z-index:251805696" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00C16B99">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1230" style="position:absolute;left:0;text-align:left;margin-left:1.8pt;margin-top:354.2pt;width:57.75pt;height:27.75pt;z-index:251806720" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1232" type="#_x0000_t32" style="position:absolute;margin-left:231.65pt;margin-top:6.65pt;width:0;height:294.8pt;flip:y;z-index:251808768" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1231" type="#_x0000_t32" style="position:absolute;margin-left:133.05pt;margin-top:6.65pt;width:.05pt;height:282.65pt;z-index:251807744" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1233" type="#_x0000_t32" style="position:absolute;margin-left:27.8pt;margin-top:1.8pt;width:354.25pt;height:.05pt;flip:x;z-index:251809792" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1262"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA0E88">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1262"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="00C16B99" w:rsidP="002831D3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1262"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1228" type="#_x0000_t32" style="position:absolute;margin-left:231.65pt;margin-top:2.45pt;width:482.7pt;height:.05pt;flip:x;z-index:251804672" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1262"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1262"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1262"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00BF14F5" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF14F5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Условные обозначения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3021"/>
+        <w:gridCol w:w="11197"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidTr="004703E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidRDefault="00C16B99" w:rsidP="004703E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:lang w:eastAsia="ar-SA"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:roundrect id="_x0000_s1232" style="position:absolute;margin-left:36.35pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:251809792" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1239" style="position:absolute;margin-left:36.35pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:251815936" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
                   <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
                   <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
                 </v:roundrect>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00893FD3" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00893FD3" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11195" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="11416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00893FD3" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00893FD3">
-[...3 lines deleted...]
-              <w:t>мемлекеттік қызмет көрсетудің басталуы немесе аяқталуы</w:t>
+            <w:r w:rsidRPr="002D3C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>начало или завершение оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C35A3" w:rsidRPr="00893FD3" w:rsidTr="00A00FC2">
+      <w:tr w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidTr="004703E7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3023" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00893FD3" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidRDefault="00C16B99" w:rsidP="004703E7">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:lang w:eastAsia="ar-SA"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1234" style="position:absolute;margin-left:35.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:251811840;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
+                <v:rect id="_x0000_s1241" style="position:absolute;margin-left:35.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:251817984;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00893FD3" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00893FD3" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11195" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="11416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00893FD3" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00893FD3">
-[...3 lines deleted...]
-              <w:t>рәсімнің атауы</w:t>
+            <w:r w:rsidRPr="002D3C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наименование процедуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C35A3" w:rsidRPr="00893FD3" w:rsidTr="00A00FC2">
+      <w:tr w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidTr="004703E7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3023" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00893FD3" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2"/>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00893FD3" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidRDefault="002831D3" w:rsidP="004703E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidRDefault="00C16B99" w:rsidP="004703E7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:lang w:eastAsia="ar-SA"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1233" type="#_x0000_t32" style="position:absolute;margin-left:25.1pt;margin-top:2pt;width:73.5pt;height:0;z-index:251810816" o:connectortype="straight">
+                <v:shape id="_x0000_s1240" type="#_x0000_t32" style="position:absolute;margin-left:25.1pt;margin-top:2pt;width:73.5pt;height:0;z-index:251816960" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11195" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="11416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009C35A3" w:rsidRPr="00893FD3" w:rsidRDefault="009C35A3" w:rsidP="00A00FC2">
+          <w:p w:rsidR="002831D3" w:rsidRPr="002D3C31" w:rsidRDefault="002831D3" w:rsidP="004703E7">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00893FD3">
-[...3 lines deleted...]
-              <w:t>келесі рәсімге өту</w:t>
+            <w:r w:rsidRPr="002D3C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>переход  к следующей процедуре</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C35A3" w:rsidRDefault="009C35A3" w:rsidP="009C35A3">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="009C35A3" w:rsidSect="0022103B">
+    <w:p w:rsidR="002831D3" w:rsidRPr="00C64D43" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00C64D43" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1262"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00C64D43" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1262"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRPr="00DA0E88" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1262"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002831D3" w:rsidRDefault="002831D3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="9204" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D666F3" w:rsidRPr="00D666F3" w:rsidRDefault="00D666F3" w:rsidP="002831D3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="8643" w:firstLine="561"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D666F3" w:rsidRPr="00D666F3" w:rsidSect="00D666F3">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="1418" w:bottom="1418" w:left="1418" w:header="510" w:footer="1247" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Unicode MS">
-[...15 lines deleted...]
-  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...218 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00BE54A0"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005D09DB"/>
+    <w:rsidRoot w:val="00D666F3"/>
+    <w:rsid w:val="002831D3"/>
+    <w:rsid w:val="003F0072"/>
+    <w:rsid w:val="00441E4E"/>
     <w:rsid w:val="00615693"/>
-    <w:rsid w:val="007C36C7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009C35A3"/>
+    <w:rsid w:val="00917D67"/>
     <w:rsid w:val="00A32E18"/>
-    <w:rsid w:val="00BE54A0"/>
+    <w:rsid w:val="00A8691D"/>
+    <w:rsid w:val="00B17333"/>
+    <w:rsid w:val="00BE44B1"/>
+    <w:rsid w:val="00C16B99"/>
+    <w:rsid w:val="00C87470"/>
     <w:rsid w:val="00CA6E71"/>
     <w:rsid w:val="00CC4B87"/>
+    <w:rsid w:val="00D666F3"/>
+    <w:rsid w:val="00E14E48"/>
     <w:rsid w:val="00E66982"/>
-    <w:rsid w:val="00F0451F"/>
+    <w:rsid w:val="00EF7CDF"/>
+    <w:rsid w:val="00F600DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule74" type="connector" idref="#_x0000_s1072"/>
-[...68 lines deleted...]
-        <o:r id="V:Rule170" type="connector" idref="#_x0000_s1225"/>
+        <o:r id="V:Rule76" type="connector" idref="#_x0000_s1208"/>
+        <o:r id="V:Rule77" type="connector" idref="#_x0000_s1027"/>
+        <o:r id="V:Rule78" type="connector" idref="#_x0000_s1195"/>
+        <o:r id="V:Rule79" type="connector" idref="#_x0000_s1047"/>
+        <o:r id="V:Rule80" type="connector" idref="#_x0000_s1202"/>
+        <o:r id="V:Rule81" type="connector" idref="#Прямая со стрелкой 41"/>
+        <o:r id="V:Rule82" type="connector" idref="#_x0000_s1240"/>
+        <o:r id="V:Rule83" type="connector" idref="#_x0000_s1234"/>
+        <o:r id="V:Rule84" type="connector" idref="#Прямая со стрелкой 43"/>
+        <o:r id="V:Rule85" type="connector" idref="#_x0000_s1065"/>
+        <o:r id="V:Rule86" type="connector" idref="#_x0000_s1067"/>
+        <o:r id="V:Rule87" type="connector" idref="#_x0000_s1193"/>
+        <o:r id="V:Rule88" type="connector" idref="#_x0000_s1057"/>
+        <o:r id="V:Rule89" type="connector" idref="#_x0000_s1055"/>
+        <o:r id="V:Rule90" type="connector" idref="#_x0000_s1203"/>
+        <o:r id="V:Rule91" type="connector" idref="#_x0000_s1235"/>
+        <o:r id="V:Rule92" type="connector" idref="#Прямая со стрелкой 53"/>
+        <o:r id="V:Rule93" type="connector" idref="#_x0000_s1216"/>
+        <o:r id="V:Rule94" type="connector" idref="#Прямая со стрелкой 46"/>
+        <o:r id="V:Rule95" type="connector" idref="#_x0000_s1228"/>
+        <o:r id="V:Rule96" type="connector" idref="#_x0000_s1095"/>
+        <o:r id="V:Rule97" type="connector" idref="#_x0000_s1051"/>
+        <o:r id="V:Rule98" type="connector" idref="#_x0000_s1229"/>
+        <o:r id="V:Rule99" type="connector" idref="#Прямая со стрелкой 44"/>
+        <o:r id="V:Rule100" type="connector" idref="#_x0000_s1028"/>
+        <o:r id="V:Rule101" type="connector" idref="#_x0000_s1214"/>
+        <o:r id="V:Rule102" type="connector" idref="#_x0000_s1035"/>
+        <o:r id="V:Rule103" type="connector" idref="#_x0000_s1238"/>
+        <o:r id="V:Rule104" type="connector" idref="#_x0000_s1212"/>
+        <o:r id="V:Rule105" type="connector" idref="#_x0000_s1056"/>
+        <o:r id="V:Rule106" type="connector" idref="#_x0000_s1213"/>
+        <o:r id="V:Rule107" type="connector" idref="#_x0000_s1222"/>
+        <o:r id="V:Rule108" type="connector" idref="#_x0000_s1052"/>
+        <o:r id="V:Rule109" type="connector" idref="#_x0000_s1227"/>
+        <o:r id="V:Rule110" type="connector" idref="#_x0000_s1233"/>
+        <o:r id="V:Rule111" type="connector" idref="#_x0000_s1082"/>
+        <o:r id="V:Rule112" type="connector" idref="#_x0000_s1050"/>
+        <o:r id="V:Rule113" type="connector" idref="#_x0000_s1206"/>
+        <o:r id="V:Rule114" type="connector" idref="#_x0000_s1110"/>
+        <o:r id="V:Rule115" type="connector" idref="#_x0000_s1046"/>
+        <o:r id="V:Rule116" type="connector" idref="#Прямая со стрелкой 18"/>
+        <o:r id="V:Rule117" type="connector" idref="#_x0000_s1200"/>
+        <o:r id="V:Rule118" type="connector" idref="#_x0000_s1231"/>
+        <o:r id="V:Rule119" type="connector" idref="#_x0000_s1183"/>
+        <o:r id="V:Rule120" type="connector" idref="#_x0000_s1059"/>
+        <o:r id="V:Rule121" type="connector" idref="#_x0000_s1237"/>
+        <o:r id="V:Rule122" type="connector" idref="#_x0000_s1098"/>
+        <o:r id="V:Rule123" type="connector" idref="#Прямая со стрелкой 68"/>
+        <o:r id="V:Rule124" type="connector" idref="#_x0000_s1232"/>
+        <o:r id="V:Rule125" type="connector" idref="#_x0000_s1218"/>
+        <o:r id="V:Rule126" type="connector" idref="#Прямая со стрелкой 47"/>
+        <o:r id="V:Rule127" type="connector" idref="#_x0000_s1204"/>
+        <o:r id="V:Rule128" type="connector" idref="#_x0000_s1113"/>
+        <o:r id="V:Rule129" type="connector" idref="#_x0000_s1215"/>
+        <o:r id="V:Rule130" type="connector" idref="#Прямая со стрелкой 48"/>
+        <o:r id="V:Rule131" type="connector" idref="#_x0000_s1236"/>
+        <o:r id="V:Rule132" type="connector" idref="#_x0000_s1081"/>
+        <o:r id="V:Rule133" type="connector" idref="#_x0000_s1194"/>
+        <o:r id="V:Rule134" type="connector" idref="#_x0000_s1192"/>
+        <o:r id="V:Rule135" type="connector" idref="#_x0000_s1201"/>
+        <o:r id="V:Rule136" type="connector" idref="#_x0000_s1048"/>
+        <o:r id="V:Rule137" type="connector" idref="#Прямая со стрелкой 76"/>
+        <o:r id="V:Rule138" type="connector" idref="#Прямая со стрелкой 79"/>
+        <o:r id="V:Rule139" type="connector" idref="#_x0000_s1112"/>
+        <o:r id="V:Rule140" type="connector" idref="#_x0000_s1049"/>
+        <o:r id="V:Rule141" type="connector" idref="#_x0000_s1217"/>
+        <o:r id="V:Rule142" type="connector" idref="#_x0000_s1029"/>
+        <o:r id="V:Rule143" type="connector" idref="#Прямая со стрелкой 49"/>
+        <o:r id="V:Rule144" type="connector" idref="#_x0000_s1097"/>
+        <o:r id="V:Rule145" type="connector" idref="#_x0000_s1205"/>
+        <o:r id="V:Rule146" type="connector" idref="#_x0000_s1071"/>
+        <o:r id="V:Rule147" type="connector" idref="#_x0000_s1091"/>
+        <o:r id="V:Rule148" type="connector" idref="#_x0000_s1058"/>
+        <o:r id="V:Rule149" type="connector" idref="#_x0000_s1045"/>
+        <o:r id="V:Rule150" type="connector" idref="#_x0000_s1070"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
@@ -11951,236 +14786,335 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BE54A0"/>
+    <w:rsid w:val="00D666F3"/>
     <w:pPr>
-      <w:overflowPunct w:val="0"/>
-[...2 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...9 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a3">
+    <w:name w:val="Основной текст Знак"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00D666F3"/>
     <w:rPr>
-      <w:sz w:val="28"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BE54A0"/>
+    <w:rsid w:val="00D666F3"/>
     <w:pPr>
-      <w:overflowPunct/>
-[...3 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorBidi"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-    <w:name w:val="Основной текст Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Основной текст Знак1"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BE54A0"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D666F3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D666F3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00BE54A0"/>
+    <w:rsid w:val="00D666F3"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Normal (Web)"/>
-    <w:aliases w:val="Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Зн,Знак Знак1 Зн, Знак4"/>
+    <w:aliases w:val="Обычный (Web),Знак Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BE54A0"/>
+    <w:rsid w:val="00D666F3"/>
     <w:pPr>
-      <w:overflowPunct/>
-[...3 lines deleted...]
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Обычный (веб) Знак"/>
-    <w:aliases w:val="Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1,Обычный (веб) Знак Знак Знак Знак1,Знак Знак1 Знак Знак Знак,Знак Знак1 Зн Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Знак Знак Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BE54A0"/>
+    <w:locked/>
+    <w:rsid w:val="00D666F3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtejustify">
+    <w:name w:val="rtejustify"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D666F3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="708"/>
+      </w:tabs>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtejustify">
-    <w:name w:val="rtejustify"/>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00BE54A0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D666F3"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="708"/>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
-      <w:overflowPunct/>
-[...3 lines deleted...]
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
-    <w:name w:val="s0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D666F3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BE54A0"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D666F3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...6 lines deleted...]
-      <w:color w:val="000000"/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D666F3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:u w:val="none"/>
-      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D666F3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:qFormat/>
+    <w:rsid w:val="002831D3"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:rsid w:val="002831D3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12426,56 +15360,78 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>13488</Characters>
+  <Pages>1</Pages>
+  <Words>2052</Words>
+  <Characters>11702</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>112</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Заголовки</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
+      <vt:lpstr>Регламент государственной услуги</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15823</CharactersWithSpaces>
+  <CharactersWithSpaces>13727</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Айнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>