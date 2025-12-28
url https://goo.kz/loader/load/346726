--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,8011 +1,7109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:tbl>
-[...244 lines deleted...]
-    <w:p w:rsidR="00872784" w:rsidRPr="008E677E" w:rsidRDefault="00872784" w:rsidP="00872784">
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>постановлением акимата Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45926" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00E45926" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>июня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45926" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E45926" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>181/6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00173A1C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Прием документов и выдача направлений на предоставление отдыха детям из малообеспеченных семей в загородных и пришкольных лагерях»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1. Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Прием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документов и выдача направлений на предоставление </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдыха детям из малообеспеченных семей в загородных и пришкольных лагерях» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказывается местными исполнительными органами области, районов и городов организации образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно приложению 1 к настоящему регламенту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляется через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказания </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бумажная</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Результат оказания государственной услуги –</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>направление (путевка) в загородные и пришкольные лагеря.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Форма предоставления результата оказания государственной услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2.Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4. Основанием д</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ля начала процедуры (действия) по оказанию государственной услуги является</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявление услугополучателя </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с предоставлением необходимых документов, указанных в пункте 9 Стандарта</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги «</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием документов и выдача направлений</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>детям из малообеспеченных семей в загородных и пришкольных лагерях</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», утвержденного </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приказом Минист</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и науки Республики Казахстан № 198 </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 13 апреля 2015 года </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(далее - Стандарт)</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Содержание каждой процедуры (действия) и ее результат, входящей в состав процесса оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя осуществляет прием</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимых </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документов и их регистрацию, направляет документы на резолюцию руководству услугодателя (не более 20 минут); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководство услугодателя рассматривает документы и определяет ответственного исполнителя (в течение 1 рабочего дня); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель услугодателя рассматривает поступившие документы, готовит направление (в течение 11 рабочих дней);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) руководство услугодателя рассматривает направление</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC61BF" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и подписывает</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(в течение 1 рабочего дня);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) ответственный исполнитель </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">регистрирует направление </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(в течение 1 рабочего дня).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Результат процедуры (действия) по оказанию государственной услуги, который служит основанием для начала выполнения следующей процедуры (действия)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC61BF" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Описание порядка взаимодействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Перечень структурных подразделений (работников)</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>которые участвуют в процессе оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>руководство услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="00173A1C" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Описание последовательности процедур (действий) между структурными подразделениями (работниками) услугодателя с указанием длительности каждой процедуры (действия) отражается в справочнике бизнес-процессов оказания государственной услуги согласно приложению 2 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="006E6A38" w:rsidRDefault="00173A1C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B4196D" w:rsidRPr="006E6A38" w:rsidRDefault="00B4196D" w:rsidP="00B4196D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Описание порядка взаимодействия с Государственной корпорацией,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>а также порядка использования информационных систем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B4196D" w:rsidRPr="006E6A38" w:rsidRDefault="00B4196D" w:rsidP="00B4196D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B4196D" w:rsidRPr="006E6A38" w:rsidRDefault="00B4196D" w:rsidP="00B4196D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:kern w:val="0"/>
-[...12 lines deleted...]
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...10 lines deleted...]
-          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z147"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...51 lines deleted...]
-        <w:r w:rsidRPr="008E677E">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z116" w:history="1">
+        <w:r w:rsidRPr="006E6A38">
           <w:rPr>
-            <w:rStyle w:val="ae"/>
-[...2 lines deleted...]
-            <w:bCs/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:u w:val="none"/>
-            <w:lang w:val="kk-KZ"/>
+            <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>мемлекеттік</w:t>
-[...26 lines deleted...]
-          <w:t>қызмет регламенті</w:t>
+          <w:t>стандарту</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w:rsidR="00872784" w:rsidRPr="00872784" w:rsidRDefault="00872784" w:rsidP="00872784">
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, государственная услуга не оказывается через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" и веб-портал "электронного правительства".</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D512D" w:rsidRPr="006E6A38" w:rsidRDefault="003D512D" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D512D" w:rsidRPr="006E6A38" w:rsidRDefault="003D512D" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D512D" w:rsidRPr="006E6A38" w:rsidRDefault="003D512D" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F0218" w:rsidRPr="006E6A38" w:rsidRDefault="005F0218" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F0218" w:rsidRPr="006E6A38" w:rsidRDefault="005F0218" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845C1B" w:rsidRPr="006E6A38" w:rsidRDefault="00845C1B" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00544A3C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                  Приложение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00872784" w:rsidRPr="00F0517C" w:rsidRDefault="00872784" w:rsidP="00872784">
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00544A3C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                        к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          «Прием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документов и выдача направлений на       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                  предоставление </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдыха детям из      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                         малообеспеченных семей в загородных и    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   пришкольных лагерях»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00780D3F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:kern w:val="0"/>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...326 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...841 lines deleted...]
-      </w:pPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Список отделов образования Павлодарской области</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9924" w:type="dxa"/>
+        <w:tblW w:w="10180" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
-        <w:tblInd w:w="-311" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="105" w:type="dxa"/>
           <w:left w:w="105" w:type="dxa"/>
           <w:bottom w:w="105" w:type="dxa"/>
           <w:right w:w="105" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="710"/>
+        <w:gridCol w:w="824"/>
+        <w:gridCol w:w="3402"/>
         <w:gridCol w:w="2693"/>
-        <w:gridCol w:w="3260"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="2127"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidTr="00DD5DC6">
+      <w:tr w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidTr="003D512D">
         <w:trPr>
+          <w:trHeight w:val="1160"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...7 lines deleted...]
-              <w:t>Р/с</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...7 lines deleted...]
-              <w:t>№</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Управление, отдел образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...42 lines deleted...]
-              <w:t xml:space="preserve">Мекенжайы </w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...5 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>e-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidTr="00DD5DC6">
+      <w:tr w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidTr="003D512D">
         <w:trPr>
+          <w:trHeight w:val="1890"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственное учреждение «Управление образования Павлодарской области»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...7 lines deleted...]
-              <w:t>«Павлодар облысының білім беру басқармасы» мемлекеттік мекемесі</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлодарская область,</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...11 lines deleted...]
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...97 lines deleted...]
-              <w:t>-үй</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>г. Павлодар, улица Каирбаева,32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>32-31-51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...97 lines deleted...]
-              <w:t>"</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>kence.do@pavlodar.gov.kz"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidTr="00DD5DC6">
+      <w:tr w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidTr="003D512D">
         <w:trPr>
+          <w:trHeight w:val="1922"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственное учреждение «Отдел образования Актогайского района»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...71 lines deleted...]
-              <w:t>Павлодар облысы, Ақтоғай ауданы Ақтоғай ауылы, Алин көшесі, 97-үй</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлодарская область, Актогайский район, село Актогай, улица Алина, 97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2-12-07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...5 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>aktogairoo3@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidTr="00DD5DC6">
+      <w:tr w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidTr="003D512D">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственное учреждение «Отдел образования Баян-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>аульского района»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...71 lines deleted...]
-              <w:t>Павлодар облысы, Баянауыл ауданы Баянауыл ауылы, Әуезов көшесі, 19-үй</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлодарская область, Баянаульский район, село Баянаул, улица Ауэзова, 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9-20-73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...67 lines deleted...]
-              <w:t>ru</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>bayanaul_roo@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidTr="00DD5DC6">
+      <w:tr w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidTr="003D512D">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственное учреждение «Отдел образования Железинского района»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...71 lines deleted...]
-              <w:t>Павлодар облысы, Железин ауданы Железин  ауылы, Пятков көшесі, 7-үй</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлодарская область, Железинский район, село Железинка, улица Пяткова, 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2-14-29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...5 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>zhelezroo@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidTr="00DD5DC6">
+      <w:tr w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidTr="003D512D">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственное учреждение «Отдел образования Иртышского района»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...71 lines deleted...]
-              <w:t>Павлодар облысы, Ертіс ауданы Ертіс ауылы, Иса Байзақов көшесі, 14-үй</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлодарская область, Иртышский район, село Иртышск, улица Исы Байзакова, 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2-11-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...87 lines deleted...]
-              <w:t>ru</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>irt.plan.roo@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidTr="00DD5DC6">
+      <w:tr w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidTr="003D512D">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Государственное учреждение ««Отдел образования </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Качирского района»»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...12 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Павлодарская область, Качирский район, село </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Теренколь, улица Т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Качиры ауданы білім беру бөлімі</w:t>
-[...121 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:t>әуелсіздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, 124</w:t>
-            </w:r>
-[...8 lines deleted...]
-              <w:t>-үй</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...6 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2-29-06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...5 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>roo_kashir@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidTr="00DD5DC6">
+      <w:tr w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidTr="003D512D">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...6 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственное учреждение «Отдел образования Лебяжинского района»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...151 lines deleted...]
-              <w:t>13-үй</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлодарская область, Лебяжинский район, село Акку, улица Баймульдина, 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2-13-03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...5 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Lebroo@list.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidTr="00DD5DC6">
+      <w:tr w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidTr="003D512D">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственное учреждение «Отдел образования Майского района»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...151 lines deleted...]
-              <w:t>34-үй</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлодарская область, Майский район, село Коктобе, улица Абылайхана, 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9-21-27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...5 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>raioo@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidTr="00DD5DC6">
+      <w:tr w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidTr="003D512D">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственное учреждение «Отдел образования Павлодарского района»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...131 lines deleted...]
-              <w:t>22-үй</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлодарская область, город Павлодар, улица Толстого,22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>32-96-80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...5 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>pvroo_2008@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidTr="00DD5DC6">
+      <w:tr w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidTr="003D512D">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственное учреждение «Отдел образования Успенского района»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...151 lines deleted...]
-              <w:t>71-үй</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлодарская область, Успенский район, село Успенка, улица Ленина, 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">9-19-55 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...47 lines deleted...]
-              <w:t>ru</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>usproo@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidTr="00DD5DC6">
+      <w:tr w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidTr="003D512D">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственное учреждение «Отдел образования Щербактинского района»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...151 lines deleted...]
-              <w:t>53-үй</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлодарская область, Щербактинский район, село Шарбакты, улица Советов, 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2-17-01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...5 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>cherbroo@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidTr="00DD5DC6">
+      <w:tr w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidTr="003D512D">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственное учреждение «Отдел образования города Павлодара»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...91 lines deleted...]
-              <w:t xml:space="preserve"> Павлодар қаласы, Кривенко көшесі, 25-үй</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлодарская область, город Павлодар, улица Каирбаева, 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>32-21-67</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...5 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...5 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>pavl-goo@yandex.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidTr="00DD5DC6">
+      <w:tr w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidTr="003D512D">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственное учреждение «Отдел образования города Экибастуза»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...12 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлодарская область, город Экибастуз, улица Маш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Екібастұз қаласы білім беру бөлімі</w:t>
-[...73 lines deleted...]
-              <w:t xml:space="preserve"> Екібастұз қаласы, Мәшһүр Жүсіп көшесі, 101А-үй</w:t>
+              <w:t>һур</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жусупа, 101А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>77-16-92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...67 lines deleted...]
-              <w:t>ru</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ekibastuz-goroo@yandex.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidTr="00DD5DC6">
+      <w:tr w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidTr="003D512D">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственное учреждение «Отдел образования города Аксу»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...81 lines deleted...]
-              <w:t xml:space="preserve"> облысы, Ақсу қаласы, Пушкин көшесі 42-үй</w:t>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Павлодарская область, город Аксу, улица Пушкина, 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:kern w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6-71-77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DD5DC6" w:rsidRPr="00DD5DC6" w:rsidRDefault="00DD5DC6" w:rsidP="00F52C78">
+          <w:p w:rsidR="00780D3F" w:rsidRPr="006E6A38" w:rsidRDefault="00780D3F" w:rsidP="00AB5188">
             <w:pPr>
-              <w:suppressAutoHyphens w:val="0"/>
-[...2 lines deleted...]
-                <w:kern w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD5DC6">
-[...5 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="006E6A38">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">aksu_gorono@mail.ru </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E06D45" w:rsidRDefault="00E06D45" w:rsidP="00600476">
-[...2 lines deleted...]
-        <w:ind w:left="-426"/>
+    <w:p w:rsidR="00544A3C" w:rsidRPr="006E6A38" w:rsidRDefault="00544A3C" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00544A3C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00305215" w:rsidRPr="006E6A38" w:rsidRDefault="00305215" w:rsidP="00305215">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00845C1B" w:rsidRPr="006E6A38" w:rsidRDefault="00845C1B" w:rsidP="00305215">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                  Приложение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:ind w:left="-426"/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9584F" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:ind w:left="-426"/>
+        <w:t xml:space="preserve">                                                          «Прием </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документов и выдача направлений на       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:left="-426"/>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9584F" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предоставление </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдыха детям из      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">                                                         малообеспеченных семей в загородных и    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9584F" w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> пришкольных лагерях»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DC2F24" w:rsidRDefault="00DC2F24" w:rsidP="00DD5DC6">
-[...216 lines deleted...]
-    <w:p w:rsidR="00DC2F24" w:rsidRPr="00DC2F24" w:rsidRDefault="00DC2F24" w:rsidP="00DC2F24">
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00DC2F24">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00DC2F24">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00DC2F24">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Прием документов и выдача направлений на предоставление отдыха детям </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00DC2F24">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...10 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>из малообеспеченных семей в загородных и пришкольных лагерях»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6086475" cy="2847975"/>
-[...1 lines deleted...]
-            <wp:docPr id="47" name="Рисунок 7"/>
+            <wp:extent cx="6073140" cy="2889885"/>
+            <wp:effectExtent l="19050" t="0" r="3810" b="0"/>
+            <wp:docPr id="40" name="Рисунок 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7"/>
+                    <pic:cNvPr id="0" name="Picture 10"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6086475" cy="2847975"/>
+                      <a:ext cx="6073140" cy="2889885"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC2F24" w:rsidRDefault="00DC2F24" w:rsidP="00DC2F24">
-[...2 lines deleted...]
-        <w:ind w:left="-426"/>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:ind w:left="-426"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000278B7" w:rsidRPr="006E6A38" w:rsidRDefault="000278B7" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000278B7" w:rsidRPr="006E6A38" w:rsidRDefault="000278B7" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000278B7" w:rsidRPr="006E6A38" w:rsidRDefault="000278B7" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="006E6A38" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EC61BF" w:rsidRPr="00EC61BF" w:rsidRDefault="00EC61BF" w:rsidP="00EC61BF">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E6A38">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6086475" cy="1276350"/>
-[...1 lines deleted...]
-            <wp:docPr id="48" name="Рисунок 8"/>
+            <wp:extent cx="6073140" cy="1242060"/>
+            <wp:effectExtent l="19050" t="0" r="3810" b="0"/>
+            <wp:docPr id="41" name="Рисунок 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 8"/>
+                    <pic:cNvPr id="0" name="Picture 11"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print"/>
+                    <a:blip r:embed="rId10" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6086475" cy="1276350"/>
+                      <a:ext cx="6073140" cy="1242060"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E06D45" w:rsidRDefault="00E06D45" w:rsidP="00600476">
-[...6 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="00173A1C" w:rsidRPr="00173A1C" w:rsidRDefault="00173A1C" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00237048" w:rsidRPr="00173A1C" w:rsidRDefault="00237048" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134F75" w:rsidRPr="00173A1C" w:rsidRDefault="00134F75" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E06D45" w:rsidRDefault="00E06D45" w:rsidP="00600476">
-[...141 lines deleted...]
-      <w:cols w:space="708"/>
+    <w:p w:rsidR="00134F75" w:rsidRPr="00173A1C" w:rsidRDefault="00134F75" w:rsidP="00173A1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00134F75" w:rsidRPr="00173A1C" w:rsidSect="003D512D">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgMar w:top="1418" w:right="907" w:bottom="567" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="720" w:equalWidth="0">
+        <w:col w:w="9575"/>
+      </w:cols>
+      <w:noEndnote/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AF5742" w:rsidRDefault="00AF5742" w:rsidP="00363490">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00E42388" w:rsidRDefault="00E42388" w:rsidP="008B1A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AF5742" w:rsidRDefault="00AF5742" w:rsidP="00363490">
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00E42388" w:rsidRDefault="00E42388" w:rsidP="008B1A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AF5742" w:rsidRDefault="00AF5742" w:rsidP="00363490">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00E42388" w:rsidRDefault="00E42388" w:rsidP="008B1A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AF5742" w:rsidRDefault="00AF5742" w:rsidP="00363490">
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00E42388" w:rsidRDefault="00E42388" w:rsidP="008B1A7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="007007F8" w:rsidRDefault="001C46A2">
+  <w:p w:rsidR="000F2BD2" w:rsidRPr="00FD7FAD" w:rsidRDefault="00263DA9" w:rsidP="001D48FF">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
-[...13 lines deleted...]
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="a4"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:lang w:val="en-US"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-  </w:p>
-[...22 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidRPr="00FD7FAD">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="000F2BD2" w:rsidRPr="00FD7FAD">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00FD7FAD">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="006E6A38" w:rsidRPr="006E6A38">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00FD7FAD">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="065A4C5D"/>
+    <w:nsid w:val="05D31567"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2C5C1CAE"/>
-    <w:lvl w:ilvl="0" w:tplc="2526AFAE">
+    <w:tmpl w:val="D82EEB26"/>
+    <w:lvl w:ilvl="0" w:tplc="9014B650">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1065" w:hanging="1065"/>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="06AD46CD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F724B73E"/>
+    <w:lvl w:ilvl="0" w:tplc="9670E236">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="0DC022FB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DF0E9A9E"/>
+    <w:lvl w:ilvl="0" w:tplc="4EDE2B4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="12D63E29"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="37286AF2"/>
+    <w:lvl w:ilvl="0" w:tplc="6FFEDC98">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="15796783"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C35AEC00"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2869" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5029" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="1B35090E"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="1BF71994"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="19A2BD4E"/>
-[...1 lines deleted...]
-      <w:start w:val="3"/>
+    <w:tmpl w:val="928C80D0"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="21A1646B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F280A516"/>
+    <w:lvl w:ilvl="0" w:tplc="3326B890">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1744" w:hanging="1035"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="3F6D00D5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6C009D4"/>
+    <w:lvl w:ilvl="0" w:tplc="7212BBDE">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1226" w:hanging="375"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="448D2908"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AF62CEC6"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="4FAC36B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="336C0932"/>
+    <w:lvl w:ilvl="0" w:tplc="8D9E53BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0419001B">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0419000F">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190019">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0419001B">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0419000F">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04190019">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0419001B">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-[...375 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-[...2 lines deleted...]
-  <w:num w:numId="3">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
-[...39 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:footnotePr>
-    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
-    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="004D181E"/>
-[...87 lines deleted...]
-    <w:rsid w:val="00FA09AF"/>
+    <w:rsidRoot w:val="00E00401"/>
+    <w:rsid w:val="00002716"/>
+    <w:rsid w:val="000278B7"/>
+    <w:rsid w:val="00071783"/>
+    <w:rsid w:val="00074284"/>
+    <w:rsid w:val="00082B73"/>
+    <w:rsid w:val="000D696D"/>
+    <w:rsid w:val="000F2BD2"/>
+    <w:rsid w:val="00133BFA"/>
+    <w:rsid w:val="00134F75"/>
+    <w:rsid w:val="001373DA"/>
+    <w:rsid w:val="00147C04"/>
+    <w:rsid w:val="00152FA5"/>
+    <w:rsid w:val="00173A1C"/>
+    <w:rsid w:val="001D404E"/>
+    <w:rsid w:val="001D48FF"/>
+    <w:rsid w:val="001D4B29"/>
+    <w:rsid w:val="001D53F3"/>
+    <w:rsid w:val="001E4FA6"/>
+    <w:rsid w:val="0023049E"/>
+    <w:rsid w:val="00237048"/>
+    <w:rsid w:val="00263DA9"/>
+    <w:rsid w:val="00270C7A"/>
+    <w:rsid w:val="00271B66"/>
+    <w:rsid w:val="00283A43"/>
+    <w:rsid w:val="002E7070"/>
+    <w:rsid w:val="002E7F7F"/>
+    <w:rsid w:val="00305215"/>
+    <w:rsid w:val="003D4846"/>
+    <w:rsid w:val="003D512D"/>
+    <w:rsid w:val="003D7BC6"/>
+    <w:rsid w:val="003F2239"/>
+    <w:rsid w:val="003F7061"/>
+    <w:rsid w:val="00405563"/>
+    <w:rsid w:val="0040687D"/>
+    <w:rsid w:val="004119A8"/>
+    <w:rsid w:val="00481156"/>
+    <w:rsid w:val="004C68AB"/>
+    <w:rsid w:val="004E2177"/>
+    <w:rsid w:val="00544A3C"/>
+    <w:rsid w:val="00552EFE"/>
+    <w:rsid w:val="005A40AE"/>
+    <w:rsid w:val="005E260F"/>
+    <w:rsid w:val="005F0218"/>
+    <w:rsid w:val="006014CB"/>
+    <w:rsid w:val="00615693"/>
+    <w:rsid w:val="00627EA7"/>
+    <w:rsid w:val="006509A5"/>
+    <w:rsid w:val="00650FAB"/>
+    <w:rsid w:val="00693C54"/>
+    <w:rsid w:val="006C4848"/>
+    <w:rsid w:val="006E6A38"/>
+    <w:rsid w:val="00705FA6"/>
+    <w:rsid w:val="007162D6"/>
+    <w:rsid w:val="00726425"/>
+    <w:rsid w:val="00755AFD"/>
+    <w:rsid w:val="00780D3F"/>
+    <w:rsid w:val="007D0DAB"/>
+    <w:rsid w:val="007E6913"/>
+    <w:rsid w:val="00835F7B"/>
+    <w:rsid w:val="00845C1B"/>
+    <w:rsid w:val="00850C75"/>
+    <w:rsid w:val="00895B66"/>
+    <w:rsid w:val="008A5205"/>
+    <w:rsid w:val="008B1A7F"/>
+    <w:rsid w:val="008D2709"/>
+    <w:rsid w:val="008E538C"/>
+    <w:rsid w:val="009003BD"/>
+    <w:rsid w:val="00916682"/>
+    <w:rsid w:val="00987536"/>
+    <w:rsid w:val="00996EE7"/>
+    <w:rsid w:val="00A32E18"/>
+    <w:rsid w:val="00A33935"/>
+    <w:rsid w:val="00AB7C0F"/>
+    <w:rsid w:val="00AC5EC6"/>
+    <w:rsid w:val="00B001D9"/>
+    <w:rsid w:val="00B36983"/>
+    <w:rsid w:val="00B4196D"/>
+    <w:rsid w:val="00B7672D"/>
+    <w:rsid w:val="00BE6122"/>
+    <w:rsid w:val="00BF4248"/>
+    <w:rsid w:val="00C11F0C"/>
+    <w:rsid w:val="00C161D3"/>
+    <w:rsid w:val="00C16F5D"/>
+    <w:rsid w:val="00C41807"/>
+    <w:rsid w:val="00C453BA"/>
+    <w:rsid w:val="00CA6E71"/>
+    <w:rsid w:val="00CB6481"/>
+    <w:rsid w:val="00CC1898"/>
+    <w:rsid w:val="00CC4B87"/>
+    <w:rsid w:val="00CE09E6"/>
+    <w:rsid w:val="00CF3097"/>
+    <w:rsid w:val="00D11DDB"/>
+    <w:rsid w:val="00D14765"/>
+    <w:rsid w:val="00D220FB"/>
+    <w:rsid w:val="00D7142D"/>
+    <w:rsid w:val="00D74324"/>
+    <w:rsid w:val="00DB09D0"/>
+    <w:rsid w:val="00E00401"/>
+    <w:rsid w:val="00E17F45"/>
+    <w:rsid w:val="00E2588C"/>
+    <w:rsid w:val="00E42388"/>
+    <w:rsid w:val="00E45926"/>
+    <w:rsid w:val="00E66982"/>
+    <w:rsid w:val="00E946E6"/>
+    <w:rsid w:val="00E9584F"/>
+    <w:rsid w:val="00EB6B9E"/>
+    <w:rsid w:val="00EC61BF"/>
+    <w:rsid w:val="00F309B2"/>
+    <w:rsid w:val="00F62D50"/>
+    <w:rsid w:val="00F814A2"/>
+    <w:rsid w:val="00FD2601"/>
+    <w:rsid w:val="00FE32C2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -8053,399 +7151,425 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="0055073C"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...22 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E00401"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Зн,Знак Знак1 Зн,Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E00401"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="708"/>
+      </w:tabs>
       <w:suppressAutoHyphens/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtejustify">
     <w:name w:val="rtejustify"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="004D181E"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
-      <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:kern w:val="0"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1,Обычный (веб) Знак Знак Знак Знак1,Знак Знак1 Знак Знак Знак,Знак Знак1 Зн Знак"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00E00401"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...4 lines deleted...]
-    <w:rsid w:val="004D181E"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="3">
+    <w:name w:val="Основной текст (3)"/>
+    <w:rsid w:val="00E00401"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:b/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ab">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004D181E"/>
+    <w:rsid w:val="00E00401"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-      <w:kern w:val="1"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="character" w:styleId="ac">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AC5EC6"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ad"/>
-    <w:rsid w:val="00461EB5"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AC5EC6"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
-      <w:bCs/>
       <w:i/>
-      <w:iCs/>
-      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AC5EC6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
-[...3 lines deleted...]
-    <w:rsid w:val="00461EB5"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:rsid w:val="001D48FF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...23 lines deleted...]
-    <w:rsid w:val="00872784"/>
   </w:style>
   <w:style w:type="table" w:styleId="af">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00E06D45"/>
+    <w:rsid w:val="00E2588C"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00134F75"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00134F75"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00627EA7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
+    <w:rsid w:val="00627EA7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af1"/>
+    <w:link w:val="af3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008E677E"/>
+    <w:rsid w:val="00755AFD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af0"/>
+    <w:link w:val="af2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008E677E"/>
+    <w:rsid w:val="00755AFD"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...36 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Consolas"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="jl:30988309.0%20" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="jl:30988309.0%20" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8696,78 +7820,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02DA365F-1BC5-491B-9B8A-3BBE9368726B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37E7B7AF-60CA-4709-A177-6B3198300716}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>6027</Characters>
+  <Pages>1</Pages>
+  <Words>1091</Words>
+  <Characters>6223</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
+  <Lines>51</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7070</CharactersWithSpaces>
+  <CharactersWithSpaces>7300</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:creator>Пользователь Windows</dc:creator>
+  <dc:creator>Айнур</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>