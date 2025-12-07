--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -1,1886 +1,1905 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D53241" w:rsidRDefault="00D53241" w:rsidP="00D53241">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00B627C5" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы әкімдігінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00B627C5" w:rsidRDefault="00E77A4D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы «</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мамыр</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00B627C5" w:rsidRDefault="00E77A4D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 153/5   </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00E77A4D" w:rsidP="00E77A4D">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="5370"/>
         </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бекітілді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Үздік педагог» атағын беру конкурсына қатысу үшін құжаттар </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қабылдау» мемлекеттік көрсетілетін қызмет регламенті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00A6652D" w:rsidRDefault="00A6652D" w:rsidP="00A6652D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3641"/>
+          <w:tab w:val="left" w:pos="4304"/>
+          <w:tab w:val="left" w:pos="5823"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6652D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="8"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-27408"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A6652D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A6652D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A6652D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E77A4D" w:rsidRPr="00E77A4D" w:rsidRDefault="00E77A4D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-27408"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00E77A4D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...154 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Үздік педагог» атағын беру конкурсына қатысу үшін құжаттар қабылдау» мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Білім және ғылым министрлігі (бұдан әрі – Министрлік) және облыстың, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызметті көрсету үшін құжаттарды қабылдау және нәтижесін беру көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>қызметті берушінің кеңсесі арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2.  Мемлекеттік қызметті көрсету нысаны: қағаз түрінде. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызметті көрсету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нәтижесі – «Үздік педагог» атағын беру, куәлік, төсбелгі тапсыру және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1000 еселенген айлық есептік көрсеткіш  мөлшерінде сыйақы төлеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметті көрсету нәтижесін ұсыну нысаны – қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E77A4D" w:rsidRPr="00E77A4D" w:rsidRDefault="00E77A4D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің</w:t>
+      </w:r>
+      <w:r w:rsidR="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қызметкерлерінің) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>іс-қимыл тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...76 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы    8 сәуірдегі № 173 бұйрығымен бекітілген Стандарттың 9-тармағында көрсетілген қажетті құжаттармен қоса көрсетілетін қызметті алушының өтініші мемлекеттік көрсетілетін қызмет бойынша рәсімді (іс-қимылды) бастау үшін негіздеме болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Мемлекеттік көрсетілетін қызмет процесінің құрамына кіретін әрбір рәсімнің (іс-қимылдың) мазмұны, ұзақтығы мен орындау реттілігі, соның ішінде рәсімнің (іс-қимылдың) өту кезеңі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>I-кезең – білім беру ұйымдарының педагог қызметкерлері аудандық және қалалық білім беру бөлімдеріне құжаттар топтамасын тапсырған кезде – жыл  сайын 1 сәуірге дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E77A4D" w:rsidRDefault="00E77A4D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E77A4D" w:rsidRDefault="00E77A4D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E77A4D" w:rsidRDefault="00E77A4D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00AA624E" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00EF74D2" w:rsidRPr="00D92488">
-[...26 lines deleted...]
-        <w:pStyle w:val="a5"/>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>II-кезең – аудандық   және   қалалық   білім   беру    бөлімдерінің   өкілдері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алдыңғы  кезеңде  таңдап  алынған  құжаттар топтамасын облыстық білім  беру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басқармасына тапсырған кезде – 1  мамырға дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>III-кезең – облыстық білім беру басқармасының өкілдері Министрлікке құжаттарды тапсырған кезде – 30 тамызға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00A60E3E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...71 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ              уақыты – 20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00A60E3E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...52 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 20 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00DC34B3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...41 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Көрсетілетін қызметті алушы барлық қажетті құжаттарды көрсетілетін қызметті берушіге тапсырған кезде – құжаттар топтамасының қабылданған күні мен уақыты көрсетіле отырып, көрсетілетін қызметті берушінің кеңсесінде тіркелгені туралы өтініштің көшірмесіне белгі соғу оның қағаз тасымалдағышта қабылданғанын растау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A60E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00DC34B3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>3. Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерл</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC34B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ерінің) өзара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іс-қимыл тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00DC34B3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7. Мемлекеттік қызмет көрсету процесіне қатысатын құрылымдық бөлімшелердің (қызметкерлердің) тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00AA624E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...41 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің кеңсе қызметкері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00DC34B3">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>8. М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">емлекеттік көрсетілетін қызмет процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) рәсімдер                     (іс-қимылдар) реттілігін сипаттау осы регламенттің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қосымшасына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік көрсетілетін қызметтің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бизнес-процесінің анықтамалығында көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00E77A4D" w:rsidRDefault="00A6652D" w:rsidP="00E77A4D">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C94B44" w:rsidRPr="001708DC" w:rsidRDefault="00C94B44" w:rsidP="00C94B44">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Мемлекеттік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорациясымен өзара іс – қимыл және басқа да көрсетілетін қызметті берушілермен, сондай – ақ мемлекеттік қызмет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараттық жүйелерді қолдану тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C94B44" w:rsidRPr="001708DC" w:rsidRDefault="00C94B44" w:rsidP="00C94B44">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C94B44" w:rsidRPr="001708DC" w:rsidRDefault="00C94B44" w:rsidP="00C94B44">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9. Стандар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тқа сәйкес мемлекеттік қызмет «Азаматтарға арналған үкімет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік корпорациясы» коммерциялық емес акционерлік қоғамы және «электрондық үкімет» веб – порталы арқылы көрсетілмейді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C94B44" w:rsidRDefault="00C94B44" w:rsidP="00C94B44">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...386 lines deleted...]
-    <w:p w:rsidR="00EF74D2" w:rsidRDefault="00EF74D2" w:rsidP="00EF74D2">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRDefault="00A6652D" w:rsidP="00A6652D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-142"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00EF74D2" w:rsidRDefault="00EF74D2" w:rsidP="00EF74D2">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C94B44" w:rsidRDefault="00C94B44" w:rsidP="00A6652D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-142"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...45 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C94B44" w:rsidRDefault="00C94B44" w:rsidP="00A6652D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00A6652D" w:rsidRDefault="00A6652D" w:rsidP="00DC34B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-142"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-201"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4890"/>
         <w:gridCol w:w="4907"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D92488" w:rsidRPr="003C1493" w:rsidTr="00D92488">
+      <w:tr w:rsidR="00A6652D" w:rsidRPr="00A6652D" w:rsidTr="00752C3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D92488" w:rsidRPr="006B38FC" w:rsidRDefault="00D92488" w:rsidP="00D92488">
+          <w:p w:rsidR="00A6652D" w:rsidRPr="00A6652D" w:rsidRDefault="00A6652D" w:rsidP="00752C3C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A6652D">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:eastAsia="zh-TW"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="006B38FC">
+            <w:r w:rsidRPr="00A6652D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:br w:type="page"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4907" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D92488" w:rsidRDefault="00D92488" w:rsidP="00D92488">
+          <w:p w:rsidR="00A6652D" w:rsidRPr="00DC34B3" w:rsidRDefault="00A6652D" w:rsidP="00DC34B3">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:after="0"/>
+              <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cs="DejaVu Sans"/>
-[...36 lines deleted...]
-                <w:iCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>регламен</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC34B3">
               <w:rPr>
-                <w:iCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ту государственной услуги</w:t>
+              <w:t>«Үздік педагог» атағын беру конкурсына қатысу үшін құжаттар қабылдау» мемлекеттік көрсетілетін қызмет регламентіне</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D92488" w:rsidRPr="001A02EF" w:rsidRDefault="00D92488" w:rsidP="00D92488">
+          <w:p w:rsidR="00A6652D" w:rsidRPr="00A6652D" w:rsidRDefault="00A6652D" w:rsidP="00DC34B3">
             <w:pPr>
-              <w:widowControl w:val="0"/>
+              <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+                <w:rFonts w:eastAsia="DejaVu Sans"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="24"/>
+                <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B80C87">
+            <w:r w:rsidRPr="00DC34B3">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Прием документов для участия в конкурсе на присуждение звания «Лучший педагог»</w:t>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EF74D2" w:rsidRPr="00D92488" w:rsidRDefault="00EF74D2" w:rsidP="00D92488">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00A6652D" w:rsidRDefault="00A6652D" w:rsidP="00DC34B3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF74D2" w:rsidRPr="00EF74D2" w:rsidRDefault="00EF74D2" w:rsidP="00EF74D2">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00A6652D" w:rsidRDefault="00A6652D" w:rsidP="00A6652D">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6652D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Үздік педагог» атағын беру конкурсына қатысу үшін құжаттар қабылдау» мемлекеттік көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6652D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызметтің бизнес-процестерінің анықтамалығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314EBB" w:rsidRDefault="00A6652D" w:rsidP="00DC34B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6045"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...43 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5208905" cy="5706110"/>
-[...1 lines deleted...]
-            <wp:docPr id="46" name="Рисунок 46"/>
+            <wp:extent cx="5084750" cy="6250329"/>
+            <wp:effectExtent l="19050" t="0" r="1600" b="0"/>
+            <wp:docPr id="19" name="Рисунок 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 46"/>
+                    <pic:cNvPr id="0" name="Picture 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5208905" cy="5706110"/>
+                      <a:ext cx="5086350" cy="6252296"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF74D2" w:rsidRDefault="00EF74D2" w:rsidP="00A82E0D">
-[...15 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00DC34B3" w:rsidRDefault="00DC34B3" w:rsidP="00A6652D">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...21 lines deleted...]
-        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DC34B3" w:rsidRDefault="00DC34B3" w:rsidP="00A6652D">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...13 lines deleted...]
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1560" w:left="1418" w:header="510" w:footer="1247" w:gutter="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00DC34B3" w:rsidSect="00B412EF">
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1276" w:left="1276" w:header="709" w:footer="680" w:gutter="0"/>
+      <w:pgNumType w:start="3"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A92774" w:rsidRDefault="00A92774" w:rsidP="00BD2298">
+    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A92774" w:rsidRDefault="00A92774" w:rsidP="00BD2298">
+    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A046029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Unicode MS">
-[...26 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...9 lines deleted...]
-</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A92774" w:rsidRDefault="00A92774" w:rsidP="00BD2298">
+    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A92774" w:rsidRDefault="00A92774" w:rsidP="00BD2298">
+    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...102 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="00000003"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000003"/>
     <w:name w:val="WW8Num3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1954,1474 +1973,974 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="075F0415"/>
+    <w:nsid w:val="1B35090E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="85383446"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="19A2BD4E"/>
+    <w:lvl w:ilvl="0" w:tplc="74566098">
+      <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="-705" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="23360E00"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6BECCEDC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="15" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="735" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1455" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2175" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2895" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3615" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4335" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5055" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="12E76E96"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="451040E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="301E7C3A"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="B3D8F4FA"/>
+    <w:lvl w:ilvl="0" w:tplc="9ED85FCC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1070" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="4C193109"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2230E6C2"/>
+    <w:lvl w:ilvl="0" w:tplc="16AE656A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1364" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2084" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2804" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3524" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4244" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4964" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5684" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6404" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="21A1646B"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="53A77FA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F280A516"/>
-    <w:lvl w:ilvl="0" w:tplc="3326B890">
+    <w:tmpl w:val="E72AECFC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
-[...2 lines deleted...]
-        <w:ind w:left="1603" w:hanging="1035"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="252C4DBD"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="6BA31ADD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5BB0F3E4"/>
-[...1 lines deleted...]
-      <w:start w:val="9"/>
+    <w:tmpl w:val="F5E6096E"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="927" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1647" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2367" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3087" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3807" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4527" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5247" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5967" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6687" w:hanging="180"/>
-[...801 lines deleted...]
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="13"/>
-[...4 lines deleted...]
-  <w:num w:numId="10">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="40"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:mailMerge>
+    <w:mainDocumentType w:val="formLetters"/>
+    <w:dataType w:val="textFile"/>
+    <w:activeRecord w:val="-1"/>
+  </w:mailMerge>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="000C148D"/>
-[...24 lines deleted...]
-    <w:rsid w:val="00604A32"/>
+    <w:rsidRoot w:val="0013473E"/>
+    <w:rsid w:val="00003146"/>
+    <w:rsid w:val="00004FD7"/>
+    <w:rsid w:val="00032323"/>
+    <w:rsid w:val="00066EB4"/>
+    <w:rsid w:val="0007112F"/>
+    <w:rsid w:val="000B1A51"/>
+    <w:rsid w:val="001018D5"/>
+    <w:rsid w:val="0013473E"/>
+    <w:rsid w:val="00150B50"/>
+    <w:rsid w:val="00167A67"/>
+    <w:rsid w:val="00187475"/>
+    <w:rsid w:val="00191D0F"/>
+    <w:rsid w:val="00192921"/>
+    <w:rsid w:val="001C02B7"/>
+    <w:rsid w:val="001C2630"/>
+    <w:rsid w:val="001D0DED"/>
+    <w:rsid w:val="001F1527"/>
+    <w:rsid w:val="001F69D4"/>
+    <w:rsid w:val="00235917"/>
+    <w:rsid w:val="00254CAD"/>
+    <w:rsid w:val="00266E4A"/>
+    <w:rsid w:val="002A31D7"/>
+    <w:rsid w:val="002C361F"/>
+    <w:rsid w:val="00314EBB"/>
+    <w:rsid w:val="003155E6"/>
+    <w:rsid w:val="0032067B"/>
+    <w:rsid w:val="00324DF3"/>
+    <w:rsid w:val="003A6C37"/>
+    <w:rsid w:val="003D669C"/>
+    <w:rsid w:val="003F475E"/>
+    <w:rsid w:val="00422420"/>
+    <w:rsid w:val="004C03F7"/>
+    <w:rsid w:val="00547AB2"/>
+    <w:rsid w:val="005544F8"/>
     <w:rsid w:val="00615693"/>
-    <w:rsid w:val="00642BD3"/>
-[...10 lines deleted...]
-    <w:rsid w:val="009775FE"/>
+    <w:rsid w:val="00621093"/>
+    <w:rsid w:val="00623FF5"/>
+    <w:rsid w:val="00624AA4"/>
+    <w:rsid w:val="00632A2F"/>
+    <w:rsid w:val="0066076B"/>
+    <w:rsid w:val="00665D1D"/>
+    <w:rsid w:val="00684DCB"/>
+    <w:rsid w:val="006B0BDA"/>
+    <w:rsid w:val="006C6BEE"/>
+    <w:rsid w:val="006E565A"/>
+    <w:rsid w:val="006F4288"/>
+    <w:rsid w:val="00752C3C"/>
+    <w:rsid w:val="007D46DB"/>
+    <w:rsid w:val="0080377C"/>
+    <w:rsid w:val="00814F42"/>
+    <w:rsid w:val="008162C2"/>
+    <w:rsid w:val="0096176F"/>
+    <w:rsid w:val="00971FDE"/>
+    <w:rsid w:val="009A4BEF"/>
+    <w:rsid w:val="009B760B"/>
+    <w:rsid w:val="009D7B36"/>
+    <w:rsid w:val="009E5DE1"/>
+    <w:rsid w:val="00A07A9C"/>
     <w:rsid w:val="00A32E18"/>
-    <w:rsid w:val="00A5037F"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00C9491F"/>
+    <w:rsid w:val="00A60E3E"/>
+    <w:rsid w:val="00A61E92"/>
+    <w:rsid w:val="00A6652D"/>
+    <w:rsid w:val="00A71944"/>
+    <w:rsid w:val="00AA624E"/>
+    <w:rsid w:val="00AB4ED0"/>
+    <w:rsid w:val="00B03D94"/>
+    <w:rsid w:val="00B412EF"/>
+    <w:rsid w:val="00B677A8"/>
+    <w:rsid w:val="00B74331"/>
+    <w:rsid w:val="00BA1B40"/>
+    <w:rsid w:val="00BE7A5C"/>
+    <w:rsid w:val="00C012BE"/>
+    <w:rsid w:val="00C14CDE"/>
+    <w:rsid w:val="00C94B44"/>
     <w:rsid w:val="00CA6E71"/>
     <w:rsid w:val="00CC4B87"/>
-    <w:rsid w:val="00CE4954"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00E303C5"/>
+    <w:rsid w:val="00CE199B"/>
+    <w:rsid w:val="00D26339"/>
+    <w:rsid w:val="00D4054E"/>
+    <w:rsid w:val="00D51B93"/>
+    <w:rsid w:val="00D55D50"/>
+    <w:rsid w:val="00D76F35"/>
+    <w:rsid w:val="00D87CA5"/>
+    <w:rsid w:val="00DA065A"/>
+    <w:rsid w:val="00DA2C9D"/>
+    <w:rsid w:val="00DC34B3"/>
+    <w:rsid w:val="00E220F2"/>
     <w:rsid w:val="00E66982"/>
-    <w:rsid w:val="00E8441A"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FF51C0"/>
+    <w:rsid w:val="00E77A4D"/>
+    <w:rsid w:val="00E9420A"/>
+    <w:rsid w:val="00EA3FDD"/>
+    <w:rsid w:val="00EC75E5"/>
+    <w:rsid w:val="00EE27B0"/>
+    <w:rsid w:val="00F342E1"/>
+    <w:rsid w:val="00F343FC"/>
+    <w:rsid w:val="00F72DEC"/>
+    <w:rsid w:val="00F91E29"/>
+    <w:rsid w:val="00F94099"/>
+    <w:rsid w:val="00F946F9"/>
+    <w:rsid w:val="00FD246C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="footer" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -3469,454 +2988,474 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="0013473E"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="009A4BEF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
-    <w:aliases w:val="Обычный (Web),Знак Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
     <w:qFormat/>
-    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="0013473E"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
-      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0013473E"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...14 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0013473E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0013473E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="0013473E"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...4 lines deleted...]
-    <w:rsid w:val="000C148D"/>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="0013473E"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a9">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0013473E"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
-[...1 lines deleted...]
-      <w:contextualSpacing/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:kern w:val="0"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtejustify">
+    <w:name w:val="rtejustify"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="0013473E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="708"/>
+      </w:tabs>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0013473E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="aa"/>
+    <w:locked/>
+    <w:rsid w:val="0013473E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="0013473E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="0013473E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-      <w:kern w:val="1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00621093"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00621093"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DD45CC"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00DA065A"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
-      <w:kern w:val="2"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a9"/>
-    <w:rsid w:val="00DD45CC"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00DA065A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
-[...35 lines deleted...]
-      <w:kern w:val="0"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="Абзац списка2"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00121E40"/>
+    <w:rsid w:val="00167A67"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-      <w:kern w:val="0"/>
       <w:lang w:eastAsia="ru-RU"/>
-    </w:rPr>
-[...69 lines deleted...]
-      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="00A82E0D"/>
-[...60 lines deleted...]
-    <w:name w:val="Основной текст с отступом Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af0"/>
-[...18 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00A6652D"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
-    <w:basedOn w:val="a0"/>
-    <w:rsid w:val="001047D6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00066EB4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1a">
+    <w:name w:val="s1a"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00066EB4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Абзац списка1"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00752C3C"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="708"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="21"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00752C3C"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00752C3C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="009A4BEF"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="line number"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007D46DB"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4167,81 +3706,81 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BCF4C32-BAC5-4297-B886-B332A8C588F4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB0FCC8A-265E-4BA1-BB1A-294AAA5416BF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>627</Words>
-  <Characters>3578</Characters>
+  <Words>630</Words>
+  <Characters>3593</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4197</CharactersWithSpaces>
+  <CharactersWithSpaces>4215</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Айнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>