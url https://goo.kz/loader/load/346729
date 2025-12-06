--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,2310 +1,1952 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="001047D6" w:rsidRPr="001047D6" w:rsidRDefault="001047D6" w:rsidP="001047D6">
-[...10 lines deleted...]
-    <w:p w:rsidR="00D92488" w:rsidRDefault="00D92488" w:rsidP="00D92488">
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00B627C5" w:rsidRDefault="00A6652D" w:rsidP="00A6652D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы әкімдігінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00B627C5" w:rsidRDefault="00BE7A5C" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы «</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мамыр</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00B627C5" w:rsidRDefault="00BE7A5C" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 153/5   </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRPr="00BE7A5C" w:rsidRDefault="00BE7A5C" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2040"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6652D" w:rsidRPr="00B627C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бекітілді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRDefault="00A6652D" w:rsidP="00A6652D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00F91E29" w:rsidRDefault="00A6652D" w:rsidP="00F91E29">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F91E29" w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Мемлекеттік орта білім беру мекемелерінің басшылары лауазымдарына орналасу конкурсына қатысу үшін құжаттар қабылдау» мемлекеттік көрсетілетін қызмет регламенті  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="-20208"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00F91E29">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Мемлекеттік орта білім беру мекемелерінің басшылары лауазымдарына орналасу конкурсына қатысу үшін құжаттар қабылдау» мемлекеттік көрсетілетін қызметін (бұдан әрі  - мемлекеттік көрсетілетін қызмет) облыстың, аудандардың және облыстық маңызы бар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қалалардың жергілікті атқарушы органдары көрсетеді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(бұдан әрі – көрсетілетін қызметті беруші).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00F91E29" w:rsidRDefault="00F91E29" w:rsidP="00F91E29">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік  қызметті көрсету үшін құжаттарды қабылдау және нәтижесін беру көрсетілетін қызметті берушінің кеңсесі арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00F91E29" w:rsidRDefault="00F91E29" w:rsidP="00F91E29">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="-1985"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...20 lines deleted...]
-      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2. Мемлекеттік қызметті көрсету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нысаны: қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00F91E29" w:rsidRDefault="00F91E29" w:rsidP="00F91E29">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7655"/>
+          <w:tab w:val="left" w:pos="-1985"/>
         </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызметті көрсету нәтижесі – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік орта білім беру мекемесінің басшысы лауазымына орналасу конкурсына (бұдан әрі – Конкурс) қатысушының бос лауазымының біліктілік талаптарына сәйкестігі туралы конкурстық комиссияның шешімі.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:ind w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Batang" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижесін ұсыну нысаны: қағаз түрінде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7A5C" w:rsidRPr="00BE7A5C" w:rsidRDefault="00BE7A5C" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:ind w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00F91E29" w:rsidRDefault="00F91E29" w:rsidP="00F91E29">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="2410"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="461"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...49 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...34 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Мемлекеттік көрсетілетін қызмет процесіне көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимыл тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00F91E29" w:rsidRDefault="00F91E29" w:rsidP="00F91E29">
+      <w:pPr>
+        <w:ind w:firstLine="568"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...159 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7A5C" w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 сәуірдегі № 173 бұйрығымен бекітілген Стандарттың (бұдан әрі - Стандарт) </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7A5C" w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тармағында көрсетілген қажетті құжаттармен қоса көрсетілетін қызметті алушының өтініші мемлекеттік қызметті көрсету бо</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йынша рәсімді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(іс-қимылды) бастау үшін негіздеме болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Мемлекеттік көрсетілетін қызмет процесінің құрамына кіретін әрбір рәсімнің (іс-қимылдың) мазмұны, ұзақтығы мен оны орындау реттілігі, соның ішінде рәсімдердің (іс-қимылдардың) өту кезеңі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        <w:pStyle w:val="a5"/>
+        <w:t>1) көрсетілетін қызметті берушіге құжаттар топтамасын тапсырған сәттен бастап – күнтізбелік 30 күн;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-        </w:numPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t xml:space="preserve"> көрсетілетін қызметті берушінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кеңсесі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">күнтізбелік 15 күн ішінде конкурс өткізу туралы хабарландыру жарияланған сәттен бастап конкурстық құжаттарды    қабылдайды    және   тіркейді, құжаттарды   комиссия     қарауына жібереді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> комиссия күнтізбелік 3 күн ішінде Конкурс кандидатураларының тізімін бекіту туралы шешімді қабылдайды және оларға бас тарту немесе әңгімелесуге жіберу туралы хабарлайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> конкурсқа қатысуға жіберілген кандидаттар күнтізбелік 5 күн ішінде белгіленген тәртіпте әңгімелесуден өтеді және бір үміткерді анықтап, оның кандидатурасын басшыға ұсынады және қалған қатысушыларға Конкурс қорытындылары туралы хабарлайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> күнтізбелік 7 күн ішінде Конкурсты жариялаған көрсетілетін қызметті берушінің басшысы жұмысқа қабылдау туралы бұйрық шығарады және Комиссия ұсынған кандидатпен еңбек келісім-шартын жасап, көрсетілетін қызметті берушінің кеңсесіне тапсырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2) құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты - 20 минут; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3) қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетудің рұқсат етілген ең ұзақ уақыты – 20 минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="SUB300"/>
+      <w:bookmarkStart w:id="1" w:name="SUB500"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін  қызметті  алушы барлық қажетті құжаттарды көрсетілетін қызметті берушіге тапсырған кезде – құжаттар топтамасының қабылданған күні мен уақыты көрсетіле отырып, көрсетілетін қызметті берушінің   кеңсесінде  тіркелгені  туралы  өтініштің   көшірмесіне    белгі    соғу оның  қағаз   тасымалдағышта    қабылданғанын   растау  болып табылады.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE7A5C" w:rsidRDefault="00BE7A5C" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE7A5C" w:rsidRPr="00BE7A5C" w:rsidRDefault="00BE7A5C" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Мемлекеттік көрсетілетін қызмет процесіне көрсетілетін қызметті берушінің құрылымдық бөлімшеле</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рінің (қызметкерлерінің) өзара </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> іс-қимыл тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...65 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...89 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызмет процесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не қатысатын құрылымдық бөлімшелердің (қызметкерлердің) тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...102 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті беруші кеңсесінің қызметкері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...237 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) конкурстық комиссия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...92 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) көрсетілетін қызметті берушінің басшысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D92488">
-[...10 lines deleted...]
-        <w:pStyle w:val="a5"/>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) р</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әсімдер                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (іс-қимылдар) реттілігін сипаттау м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">емлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметтің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE7A5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>бизнес-процестерінің анықтамалығында көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F68D1" w:rsidRPr="001708DC" w:rsidRDefault="001F68D1" w:rsidP="001F68D1">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Мемлекеттік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорациясымен өзара іс – қимыл және басқа да көрсетілетін қызметті берушілермен, сондай – ақ мемлекеттік қызмет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпараттық жүйелерді қолдану тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F68D1" w:rsidRPr="001708DC" w:rsidRDefault="001F68D1" w:rsidP="001F68D1">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F68D1" w:rsidRPr="001708DC" w:rsidRDefault="001F68D1" w:rsidP="001F68D1">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9. Стандар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тқа сәйкес мемлекеттік қызмет «Азаматтарға арналған үкімет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік корпорациясы» коммерциялық емес акционерлік қоғамы және «электрондық үкімет» веб – порталы арқылы көрсетілмейді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001708DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...41 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="001F68D1" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...394 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F68D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4890"/>
         <w:gridCol w:w="4907"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF74D2" w:rsidRPr="00B408B6" w:rsidTr="00105779">
+      <w:tr w:rsidR="00F91E29" w:rsidRPr="00F91E29" w:rsidTr="00752C3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF74D2" w:rsidRPr="006B38FC" w:rsidRDefault="00EF74D2" w:rsidP="00105779">
+          <w:p w:rsidR="00F91E29" w:rsidRPr="00F91E29" w:rsidRDefault="00F91E29" w:rsidP="00752C3C">
             <w:pPr>
               <w:widowControl w:val="0"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:rPr>
                 <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
                 <w:kern w:val="2"/>
-                <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4907" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EF74D2" w:rsidRDefault="00EF74D2" w:rsidP="00105779">
+          <w:p w:rsidR="00F91E29" w:rsidRPr="00BE7A5C" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-[...32 lines deleted...]
-              <w:spacing w:before="0" w:after="0"/>
+              <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:iCs/>
-[...15 lines deleted...]
-                <w:iCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>регламен</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE7A5C">
               <w:rPr>
-                <w:iCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ту государственной услуги</w:t>
+              <w:t>«Мемлекеттік орта білім беру мекемелерінің басшылары лауазымдарына орналасу конкурсына қатысу үшін құжаттар қабылдау» мемлекеттік көрсетілетін қызмет регламентіне</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF74D2" w:rsidRPr="001A02EF" w:rsidRDefault="00EF74D2" w:rsidP="00105779">
+          <w:p w:rsidR="00F91E29" w:rsidRPr="00F91E29" w:rsidRDefault="00F91E29" w:rsidP="00BE7A5C">
             <w:pPr>
-              <w:widowControl w:val="0"/>
+              <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
                 <w:kern w:val="2"/>
-                <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="hi-IN" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A701F1">
+            <w:r w:rsidRPr="00BE7A5C">
               <w:rPr>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>на замещение руководителей государственных учреждений среднего образования</w:t>
-[...6 lines deleted...]
-              <w:t>»</w:t>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EF74D2" w:rsidRPr="00EF74D2" w:rsidRDefault="00EF74D2" w:rsidP="00EF74D2">
-[...1 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00F91E29" w:rsidRDefault="00F91E29" w:rsidP="00F91E29">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F91E29" w:rsidRPr="00F91E29" w:rsidRDefault="00F91E29" w:rsidP="00F91E29">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F91E29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...71 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Мемлекеттік орта білім беру мекемелерінің басшылары лауазымдарына орналасу конкурсына қатысу үшін құжаттар қабылдау» мемлекеттік көрсетілетін қызметтің бизнес-процесінің анықтамалығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A6652D" w:rsidRDefault="00066EB4" w:rsidP="00A6652D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5880"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5687269" cy="5793600"/>
-[...1 lines deleted...]
-            <wp:docPr id="49" name="Рисунок 49"/>
+            <wp:extent cx="6119495" cy="6376385"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:docPr id="22" name="Рисунок 22"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 49"/>
+                    <pic:cNvPr id="0" name="Picture 22"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:blip r:embed="rId8" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5690954" cy="5797353"/>
+                      <a:ext cx="6119495" cy="6376385"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004607F9" w:rsidRDefault="00CF1288" w:rsidP="006600C5">
-[...27 lines deleted...]
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1560" w:left="1418" w:header="510" w:footer="1247" w:gutter="0"/>
+    <w:sectPr w:rsidR="00A6652D" w:rsidSect="005E4064">
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1276" w:left="1276" w:header="709" w:footer="680" w:gutter="0"/>
+      <w:pgNumType w:start="3"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E935C4" w:rsidRDefault="00E935C4" w:rsidP="00BD2298">
+    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E935C4" w:rsidRDefault="00E935C4" w:rsidP="00BD2298">
+    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A046029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...8 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DejaVu Sans">
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A046029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...9 lines deleted...]
-</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E935C4" w:rsidRDefault="00E935C4" w:rsidP="00BD2298">
+    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E935C4" w:rsidRDefault="00E935C4" w:rsidP="00BD2298">
+    <w:p w:rsidR="00EA3FDD" w:rsidRDefault="00EA3FDD" w:rsidP="00632A2F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...102 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="00000003"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000003"/>
     <w:name w:val="WW8Num3"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2378,1477 +2020,974 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="075F0415"/>
+    <w:nsid w:val="1B35090E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="85383446"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="19A2BD4E"/>
+    <w:lvl w:ilvl="0" w:tplc="74566098">
+      <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="-705" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="23360E00"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6BECCEDC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="15" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="735" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1455" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2175" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2895" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3615" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4335" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5055" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="12E76E96"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="451040E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="301E7C3A"/>
-    <w:lvl w:ilvl="0" w:tplc="0419000F">
+    <w:tmpl w:val="B3D8F4FA"/>
+    <w:lvl w:ilvl="0" w:tplc="9ED85FCC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1070" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="4C193109"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2230E6C2"/>
+    <w:lvl w:ilvl="0" w:tplc="16AE656A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1364" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2084" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2804" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3524" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4244" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4964" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5684" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6404" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="21A1646B"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="53A77FA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F280A516"/>
-    <w:lvl w:ilvl="0" w:tplc="3326B890">
+    <w:tmpl w:val="E72AECFC"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
-[...2 lines deleted...]
-        <w:ind w:left="1603" w:hanging="1035"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="252C4DBD"/>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="6BA31ADD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5BB0F3E4"/>
-[...1 lines deleted...]
-      <w:start w:val="9"/>
+    <w:tmpl w:val="F5E6096E"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="927" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1647" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2367" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3087" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3807" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4527" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5247" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5967" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6687" w:hanging="180"/>
-[...801 lines deleted...]
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="13"/>
-[...4 lines deleted...]
-  <w:num w:numId="10">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="50"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:mailMerge>
+    <w:mainDocumentType w:val="formLetters"/>
+    <w:dataType w:val="textFile"/>
+    <w:activeRecord w:val="-1"/>
+  </w:mailMerge>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="000C148D"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00604A32"/>
+    <w:rsidRoot w:val="0013473E"/>
+    <w:rsid w:val="00003146"/>
+    <w:rsid w:val="00032323"/>
+    <w:rsid w:val="00066EB4"/>
+    <w:rsid w:val="0007112F"/>
+    <w:rsid w:val="000B1A51"/>
+    <w:rsid w:val="001018D5"/>
+    <w:rsid w:val="0013473E"/>
+    <w:rsid w:val="00150B50"/>
+    <w:rsid w:val="00167A67"/>
+    <w:rsid w:val="00187475"/>
+    <w:rsid w:val="00191D0F"/>
+    <w:rsid w:val="00192921"/>
+    <w:rsid w:val="001C02B7"/>
+    <w:rsid w:val="001C2630"/>
+    <w:rsid w:val="001D0DED"/>
+    <w:rsid w:val="001F1527"/>
+    <w:rsid w:val="001F68D1"/>
+    <w:rsid w:val="001F69D4"/>
+    <w:rsid w:val="00235917"/>
+    <w:rsid w:val="00254CAD"/>
+    <w:rsid w:val="00266E4A"/>
+    <w:rsid w:val="002A31D7"/>
+    <w:rsid w:val="002C361F"/>
+    <w:rsid w:val="00314EBB"/>
+    <w:rsid w:val="003155E6"/>
+    <w:rsid w:val="0032067B"/>
+    <w:rsid w:val="00324DF3"/>
+    <w:rsid w:val="003A6C37"/>
+    <w:rsid w:val="003D669C"/>
+    <w:rsid w:val="003F475E"/>
+    <w:rsid w:val="00422420"/>
+    <w:rsid w:val="004C03F7"/>
+    <w:rsid w:val="00547AB2"/>
+    <w:rsid w:val="005544F8"/>
+    <w:rsid w:val="005E4064"/>
     <w:rsid w:val="00615693"/>
-    <w:rsid w:val="00642BD3"/>
-[...11 lines deleted...]
-    <w:rsid w:val="009775FE"/>
+    <w:rsid w:val="00621093"/>
+    <w:rsid w:val="00623FF5"/>
+    <w:rsid w:val="00624AA4"/>
+    <w:rsid w:val="00632A2F"/>
+    <w:rsid w:val="0066076B"/>
+    <w:rsid w:val="00665D1D"/>
+    <w:rsid w:val="00684DCB"/>
+    <w:rsid w:val="006B0BDA"/>
+    <w:rsid w:val="006C6BEE"/>
+    <w:rsid w:val="006E565A"/>
+    <w:rsid w:val="006F4288"/>
+    <w:rsid w:val="00752C3C"/>
+    <w:rsid w:val="007835A3"/>
+    <w:rsid w:val="007D46DB"/>
+    <w:rsid w:val="0080377C"/>
+    <w:rsid w:val="00814F42"/>
+    <w:rsid w:val="008162C2"/>
+    <w:rsid w:val="0096176F"/>
+    <w:rsid w:val="00971FDE"/>
+    <w:rsid w:val="009A4BEF"/>
+    <w:rsid w:val="009B760B"/>
+    <w:rsid w:val="009D7B36"/>
+    <w:rsid w:val="009E5DE1"/>
+    <w:rsid w:val="00A07A9C"/>
     <w:rsid w:val="00A32E18"/>
-    <w:rsid w:val="00A5037F"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00C9491F"/>
+    <w:rsid w:val="00A60E3E"/>
+    <w:rsid w:val="00A61E92"/>
+    <w:rsid w:val="00A6652D"/>
+    <w:rsid w:val="00A71944"/>
+    <w:rsid w:val="00AA624E"/>
+    <w:rsid w:val="00AB4ED0"/>
+    <w:rsid w:val="00B03D94"/>
+    <w:rsid w:val="00B677A8"/>
+    <w:rsid w:val="00BA1B40"/>
+    <w:rsid w:val="00BE7A5C"/>
+    <w:rsid w:val="00C012BE"/>
+    <w:rsid w:val="00C14CDE"/>
     <w:rsid w:val="00CA6E71"/>
     <w:rsid w:val="00CC4B87"/>
-    <w:rsid w:val="00CE4954"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00E05483"/>
+    <w:rsid w:val="00CE199B"/>
+    <w:rsid w:val="00D26339"/>
+    <w:rsid w:val="00D4054E"/>
+    <w:rsid w:val="00D51B93"/>
+    <w:rsid w:val="00D55D50"/>
+    <w:rsid w:val="00D76F35"/>
+    <w:rsid w:val="00D87CA5"/>
+    <w:rsid w:val="00DA065A"/>
+    <w:rsid w:val="00DA2C9D"/>
+    <w:rsid w:val="00DC34B3"/>
+    <w:rsid w:val="00E220F2"/>
     <w:rsid w:val="00E66982"/>
-    <w:rsid w:val="00E8441A"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00FF51C0"/>
+    <w:rsid w:val="00E77A4D"/>
+    <w:rsid w:val="00E9420A"/>
+    <w:rsid w:val="00EA3FDD"/>
+    <w:rsid w:val="00EC75E5"/>
+    <w:rsid w:val="00EE27B0"/>
+    <w:rsid w:val="00F342E1"/>
+    <w:rsid w:val="00F343FC"/>
+    <w:rsid w:val="00F72DEC"/>
+    <w:rsid w:val="00F91E29"/>
+    <w:rsid w:val="00F94099"/>
+    <w:rsid w:val="00F946F9"/>
+    <w:rsid w:val="00FB2125"/>
+    <w:rsid w:val="00FD246C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="footer" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -3896,454 +3035,474 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="0013473E"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="009A4BEF"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
-    <w:aliases w:val="Обычный (Web),Знак Знак,Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
     <w:qFormat/>
-    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="0013473E"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
-      <w:spacing w:before="100" w:after="100" w:line="100" w:lineRule="atLeast"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0013473E"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...14 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0013473E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0013473E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="0013473E"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...4 lines deleted...]
-    <w:rsid w:val="000C148D"/>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="0013473E"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a9">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0013473E"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
-[...1 lines deleted...]
-      <w:contextualSpacing/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:kern w:val="0"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtejustify">
+    <w:name w:val="rtejustify"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="0013473E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="708"/>
+      </w:tabs>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0013473E"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="aa"/>
+    <w:locked/>
+    <w:rsid w:val="0013473E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="0013473E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000C148D"/>
+    <w:rsid w:val="0013473E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-      <w:kern w:val="1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00621093"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00621093"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DD45CC"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00DA065A"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
-      <w:kern w:val="2"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="hi-IN" w:bidi="hi-IN"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a9"/>
-    <w:rsid w:val="00DD45CC"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00DA065A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
-[...35 lines deleted...]
-      <w:kern w:val="0"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="Абзац списка2"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00121E40"/>
+    <w:rsid w:val="00167A67"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-      <w:kern w:val="0"/>
       <w:lang w:eastAsia="ru-RU"/>
-    </w:rPr>
-[...69 lines deleted...]
-      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="00A82E0D"/>
-[...60 lines deleted...]
-    <w:name w:val="Основной текст с отступом Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af0"/>
-[...18 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00A6652D"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
-    <w:basedOn w:val="a0"/>
-    <w:rsid w:val="001047D6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00066EB4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1a">
+    <w:name w:val="s1a"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00066EB4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Абзац списка1"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00752C3C"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="708"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="21"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00752C3C"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00752C3C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="009A4BEF"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="line number"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007D46DB"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500011184" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4594,81 +3753,81 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D0324BA-B09A-4AE3-8727-C3D5F1D435C9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8379479-5B39-48D4-8D5F-C485C00288B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>734</Words>
-  <Characters>4189</Characters>
+  <Words>751</Words>
+  <Characters>4287</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4914</CharactersWithSpaces>
+  <CharactersWithSpaces>5028</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Айнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>