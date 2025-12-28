--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -13,4512 +13,3004 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005A7C90" w:rsidRDefault="005A7C90" w:rsidP="005A7C90">
+    <w:p w:rsidR="009775C4" w:rsidRPr="00360758" w:rsidRDefault="009775C4" w:rsidP="009775C4">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00BE3F34" w:rsidRDefault="005A7C90" w:rsidP="005A7C90">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00360758">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775C4" w:rsidRPr="00360758" w:rsidRDefault="009775C4" w:rsidP="009775C4">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...51 lines deleted...]
-    <w:p w:rsidR="005A7C90" w:rsidRPr="006F2EC7" w:rsidRDefault="00E90184" w:rsidP="005A7C90">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00360758">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановлению</w:t>
+      </w:r>
+      <w:r w:rsidR="0069690C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимата Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360758">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775C4" w:rsidRPr="00360758" w:rsidRDefault="009775C4" w:rsidP="009775C4">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00360758">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD69EA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360758">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD69EA">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">№ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BE3F34">
+        <w:t>февраля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360758">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD69EA">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>40/2</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="005A7C90" w:rsidRPr="006F2EC7" w:rsidRDefault="005A7C90" w:rsidP="005A7C90">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00360758">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009775C4" w:rsidRPr="00FD69EA" w:rsidRDefault="009775C4" w:rsidP="009775C4">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F2EC7">
+      <w:r w:rsidRPr="00360758">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD69EA">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1 – қосымша </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="005A7C90" w:rsidRDefault="005A7C90" w:rsidP="009775C4">
+        <w:t>40/2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567C77" w:rsidRDefault="00567C77" w:rsidP="009775C4">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001C774E" w:rsidRDefault="005A7C90" w:rsidP="00567C77">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567C77" w:rsidRDefault="00567C77" w:rsidP="00567C77">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="001C774E" w:rsidRDefault="001C774E" w:rsidP="00567C77">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567C77" w:rsidRPr="00531747" w:rsidRDefault="00567C77" w:rsidP="00567C77">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="001C774E" w:rsidRDefault="001C774E" w:rsidP="00567C77">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением акимата Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567C77" w:rsidRPr="00531747" w:rsidRDefault="00567C77" w:rsidP="00567C77">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="005A7C90" w:rsidRDefault="005A7C90" w:rsidP="00567C77">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00531747">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E00401">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00531747">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>июня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00531747">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567C77" w:rsidRDefault="00567C77" w:rsidP="00567C77">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00531747">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>181/6</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:ind w:left="4956" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C774E" w:rsidRPr="009A4474" w:rsidRDefault="001C774E" w:rsidP="001C774E">
+    <w:p w:rsidR="00567C77" w:rsidRDefault="00567C77" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:left="4956" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A4474">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001C774E" w:rsidRPr="00E51489" w:rsidRDefault="001C774E" w:rsidP="001C774E">
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="001C774E" w:rsidRDefault="001C774E" w:rsidP="001C774E">
+        </w:rPr>
+        <w:t>«Передача ребенка (детей) на патронатное воспитание»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C774E" w:rsidRPr="00E82B31" w:rsidRDefault="001C774E" w:rsidP="001C774E">
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C774E" w:rsidRDefault="001C774E" w:rsidP="001C774E">
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1. Жалпы ережелер</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00C3515F">
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C774E" w:rsidRPr="00C46BF3" w:rsidRDefault="001C774E" w:rsidP="00C3515F">
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>1. Г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осударственная услуга</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Балан</w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ы</w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>Передача ребенка (детей) на патронатное воспитание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – государственная услуга) оказывается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местными исполнительными органами районов и городов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (балаларды) патронатты</w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">Павлодарской области </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее – услугодатель)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қ</w:t>
-[...144 lines deleted...]
-    <w:p w:rsidR="00B16882" w:rsidRDefault="00B16882" w:rsidP="00C3515F">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мемлекеттік қызметті көрсету үшін өтінішті қабылдау:</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:t>Прием заявления для оказания государственной услуги осуществляется через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C3515F">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>к</w:t>
-[...16 lines deleted...]
-    <w:p w:rsidR="00C3515F" w:rsidRPr="00C3515F" w:rsidRDefault="00C3515F" w:rsidP="00C3515F">
+        <w:t>канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">2) «электрондық үкіметтің» </w:t>
+        <w:t xml:space="preserve">2) веб-портал «электронного правительства» </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="003F7179">
+        <w:r w:rsidRPr="004E6950">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="none"/>
-            <w:lang w:val="kk-KZ"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>www.e.gov.kz</w:t>
+          <w:t>www</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004E6950">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004E6950">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>egov</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004E6950">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004E6950">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003F7179">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...139 lines deleted...]
-    <w:p w:rsidR="00DD3C3F" w:rsidRDefault="00814F8A" w:rsidP="00DD3C3F">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>портал)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выдача результата оказания государственной услуги осуществляется через канцелярию услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>к</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006F2EC7">
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>өрсетілетін қызметті берушіге жүгінген кезде –</w:t>
-      </w:r>
+        <w:t xml:space="preserve">оказания </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственной услуги – электронная (частично автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="00631CDC" w:rsidP="0040536D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="0040536D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ри обращении к услугодателю – договор о передаче ребенка (детей) на патронатное воспитание либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E518F3" w:rsidRPr="007162D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарта государственной услуги «</w:t>
+      </w:r>
+      <w:r w:rsidR="00E518F3" w:rsidRPr="007162D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Передача ребенка (детей) на патронатное воспитание</w:t>
+      </w:r>
+      <w:r w:rsidR="00E518F3" w:rsidRPr="007162D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E518F3" w:rsidRPr="007162D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E518F3" w:rsidRPr="007162D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000C7EA0" w:rsidRPr="00345D4E">
+      <w:r w:rsidR="00E518F3" w:rsidRPr="007162D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утвержденного приказом Министра образования и науки Республики Казахстан от </w:t>
+      </w:r>
+      <w:r w:rsidR="00E518F3" w:rsidRPr="007162D6">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазақстан</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C7EA0">
+        <w:t xml:space="preserve">13 апреля </w:t>
+      </w:r>
+      <w:r w:rsidR="00E518F3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2015 года </w:t>
+      </w:r>
+      <w:r w:rsidR="00E518F3" w:rsidRPr="007162D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№ 198</w:t>
+      </w:r>
+      <w:r w:rsidR="00E518F3" w:rsidRPr="007162D6">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000C7EA0" w:rsidRPr="00345D4E">
-        <w:rPr>
+      <w:r w:rsidR="00E518F3" w:rsidRPr="00E518F3">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Республикасы </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>(далее - Стандарт)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Білім және ғылым министрінің</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C7EA0" w:rsidRPr="00345D4E">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="0040536D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00631CDC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а портале – уведомление о заключении договора о передаче ребенка (детей) на патронатное воспитание </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2015 жылғы </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C7EA0">
+        <w:t xml:space="preserve">по форме согласно приложению 1 к </w:t>
+      </w:r>
+      <w:r w:rsidR="00E518F3" w:rsidRPr="007162D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарт</w:t>
+      </w:r>
+      <w:r w:rsidR="00E518F3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>13</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C7EA0" w:rsidRPr="00345D4E">
+        <w:t xml:space="preserve">(далее – уведомление </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о заключении договора</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәуірдегі</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">либо мотивированный ответ об отказе в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E518F3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тандарта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>После получения уведомления о заключении договора, услугополучателю необходимо обратиться по указанному в уведомлении адресу для заключения договора о передаче ребенка (детей) на патронатное воспитание.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма предоставления результата оказания государственной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>услуги – бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567C77" w:rsidRDefault="00567C77" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567C77" w:rsidRDefault="00567C77" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> №</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00E518F3">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>198</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C7EA0" w:rsidRPr="00345D4E">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бұйрығымен бекітілген </w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>Основанием д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ля начала процедуры (действия) по оказанию </w:t>
+      </w:r>
+      <w:r w:rsidR="000B5136">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги является  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявление услугополучателя (в произвольной форме) с предоставлением необходимых </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Балан</w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>документов, указанных в пункте 9 Стандарта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00E518F3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Содержание каждой процедуры (действия) и ее результат, входящей в состав процесса оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00E518F3">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ы</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D93349">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>сотрудник канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D93349">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (балаларды) патронатты</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve"> услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D93349">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с момента подачи необходимых  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D93349">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қ</w:t>
-[...287 lines deleted...]
-        <w:t>ың 10-тармағында көрсетілген жағдайларда және негіздер бойынша мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+        <w:t>документов услугополучателем, осуществляет прием и их регистрацию, направляет документы на резолюцию руководству услугодателя – 30 минут.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="af1"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9853"/>
+        <w:gridCol w:w="9797"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E82B31" w:rsidRPr="003A64CF" w:rsidTr="00E82B31">
+      <w:tr w:rsidR="0040536D" w:rsidTr="0040536D">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9854" w:type="dxa"/>
+            <w:tcW w:w="9797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E82B31" w:rsidRDefault="00E82B31" w:rsidP="00E82B31">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="004157D8">
             <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">           </w:t>
+              <w:t>2) руководство услугодателя рассматривает документы и определяет ответственного исполнителя –1 календарн</w:t>
             </w:r>
-            <w:r w:rsidRPr="006F2EC7">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="006F2EC7">
+            <w:r w:rsidR="00E518F3">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">шарт жасау туралы </w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">кейін баланы (балаларды) патронаттық тәрбиелеуге беру </w:t>
+              <w:t>ый</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="006F2EC7">
+            <w:r w:rsidR="00E518F3">
               <w:rPr>
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">туралы </w:t>
+              <w:t>день</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-              <w:t>жасау</w:t>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00814F8A" w:rsidRDefault="00E47942" w:rsidP="00E82B31">
-      <w:pPr>
+    <w:p w:rsidR="004157D8" w:rsidRDefault="0040536D" w:rsidP="004157D8">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="004157D8">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">ответственный исполнитель </w:t>
+      </w:r>
+      <w:r w:rsidR="004157D8">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...293 lines deleted...]
-    <w:p w:rsidR="006217DE" w:rsidRDefault="006217DE" w:rsidP="00E518F3">
+        <w:t xml:space="preserve">услугодателя рассматривает поступившие документы, готовит </w:t>
+      </w:r>
+      <w:r w:rsidR="004157D8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">договор о передаче ребенка (детей) на патронатное воспитание либо мотивированный ответ об отказе </w:t>
+      </w:r>
+      <w:r w:rsidR="004157D8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в случаях и по основаниям, предусмотренным пунктом 10 </w:t>
+      </w:r>
+      <w:r w:rsidR="004157D8" w:rsidRPr="007162D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарта</w:t>
+      </w:r>
+      <w:r w:rsidR="004157D8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="004157D8" w:rsidP="004157D8">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00073BA6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае предоставления услугополучателем неполного пакета документов согласно пункту 9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00073BA6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарта и (или) документов с истекшим сроком действия услугодатель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00073BA6">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...78 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00871CB3">
-[...136 lines deleted...]
-    <w:p w:rsidR="006217DE" w:rsidRPr="003A64CF" w:rsidRDefault="006217DE" w:rsidP="003A64CF">
+      <w:r w:rsidRPr="00073BA6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отказывает в приеме заявления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 26 календарных дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00816E4A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="004157D8">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003A64CF">
+        <w:t xml:space="preserve">4) руководство услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidR="001C3904">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>) көрсетілетін қызметті бе</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00171F0C" w:rsidRPr="003A64CF">
+        <w:t>подписывает</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>рушінің басшысы құжаттарды қарай</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003A64CF">
+        <w:t xml:space="preserve"> договор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о передаче ребенка (детей) на патронатное воспитание</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ды және жауапты орындаушыны анықтайды</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001D7417" w:rsidRPr="003A64CF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>либо мотивированный ответ об отказе</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – 1 күнтізбелік күн</w:t>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00E518F3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 календарный день</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A64CF" w:rsidRPr="003A64CF" w:rsidRDefault="003F4057" w:rsidP="003A64CF">
-[...117 lines deleted...]
-    <w:p w:rsidR="001D7417" w:rsidRPr="003A64CF" w:rsidRDefault="001D7417" w:rsidP="003A64CF">
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="004157D8">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) ответственный исполнитель </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...33 lines deleted...]
-    <w:p w:rsidR="00601D89" w:rsidRPr="00601D89" w:rsidRDefault="00601D89" w:rsidP="003A64CF">
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>регистрирует договор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о передаче ребенка (детей) на патронатное воспитание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо мотивированный ответ об отказе и выдает услугополучателю результат оказания государственной услуги </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00E518F3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 календарный день</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00E518F3">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...38 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>6. Результат –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> договор о передаче ребенка (детей) на патронатное воспитание либо мотивированный ответ об отказе.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00601D89" w:rsidRPr="00E82B31" w:rsidRDefault="00601D89" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0D0D0D"/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00276869" w:rsidRDefault="00276869" w:rsidP="00276869">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000F0BB4">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0D0D0D"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> тәртібін сипаттау</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. Перечень структурных подразделений (работников)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00276869">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которые участвуют в процессе оказания государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">7. </w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> услугодателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE29DE" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мемлекеттік қызмет көрсету </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00276869">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>процесіне</w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қатысатын көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлердің) тіз</w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>руководство услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бес</w:t>
-[...24 lines deleted...]
-        </w:tabs>
+        <w:t xml:space="preserve"> услугодателя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...19 lines deleted...]
-        </w:tabs>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Описание последовательности процедур (действий) между структурными подразделениями (работниками) услугодателя с указанием длительности каждой процедуры (действия) сопровождается таблицей согласно приложению 1 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A6753">
-[...9 lines deleted...]
-    <w:p w:rsidR="00276869" w:rsidRPr="00276869" w:rsidRDefault="00276869" w:rsidP="00276869">
+    </w:p>
+    <w:p w:rsidR="00740C69" w:rsidRDefault="00740C69" w:rsidP="0040536D">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="0D0D0D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A6753">
-[...98 lines deleted...]
-        </w:tabs>
+    </w:p>
+    <w:p w:rsidR="00CC4AA6" w:rsidRDefault="00CC4AA6" w:rsidP="00CC4AA6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F1090">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Описание порядка взаимодействия с Государственной корпорацией,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>а также порядка использования информационных систем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1090">
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...61 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567737" w:rsidRDefault="00567737" w:rsidP="0040536D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00495783" w:rsidRPr="00DD2D15" w:rsidRDefault="00495783" w:rsidP="00495783">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9. О</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">писание </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">9. </w:t>
-[...58 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DD2D15" w:rsidRPr="00DD2D15">
-[...1161 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRDefault="00243FA3" w:rsidP="00243FA3">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порядка обращения при оказании государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00631CDC" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00932D64">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>через портал</w:t>
+      </w:r>
+      <w:r w:rsidR="00631CDC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ақпараттық жүйелердің функционалдық өзара </w:t>
-[...34 lines deleted...]
-    <w:p w:rsidR="00243FA3" w:rsidRPr="00377C1D" w:rsidRDefault="00243FA3" w:rsidP="00243FA3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="00631CDC" w:rsidP="00631CDC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0040536D">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0040536D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="0040536D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:r w:rsidR="0040536D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет регистрацию на портале с помощью индивидуального идентификационного номера </w:t>
+      </w:r>
+      <w:r w:rsidR="0040536D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – </w:t>
+      </w:r>
+      <w:r w:rsidR="0040536D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН) , а также пароля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) процесс  1 –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ввод услугополучателем ИИН и пароля (процесс авторизации) на портале для получения услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) условие 1 – проверка на портале подлинности данных о зарегистрированном услугополучателе через ИИН и пароль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) процесс  2 – формирование порталом сообщения об отказе в авторизации в связи с имеющимися нарушениями в данных услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00253903" w:rsidRDefault="00253903" w:rsidP="00253903">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5)   процесс      3  –  выбор    услугополучателем    услуги,    указанной   в </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00253903" w:rsidRPr="00A4639F" w:rsidRDefault="00253903" w:rsidP="00253903">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D724B2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">настоящем регламенте, вывод на экран формы запроса для оказания услуги и заполнение услугополучателем формы (ввод </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4639F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>данных) с учетом ее структуры и форматных требований,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4639F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4639F">
+        <w:rPr>
+          <w:rStyle w:val="af"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прикрепление к форме запроса необходимых копий документов в электронном виде, а также выбор </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4639F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4639F">
+        <w:rPr>
+          <w:rStyle w:val="af"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4639F">
+        <w:rPr>
+          <w:rStyle w:val="af"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">регистрационного свидетельства, подписанного электронной цифровой подписью (далее – ЭЦП) для удостоверения (подписания) запроса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6)   условие     2 – проверка на портале срока действия регистрационного свидетельства ЭЦП и отсутствия в списке отозванных (аннулированных) регистрационных свидетельств, а также соответствия идентификационных данных (между ИИН, указанным в запросе, и ИИН, указанным в регистрационном свидетельстве ЭЦП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7)  процесс    4 – формирование сообщения об отказе в запрашиваемой услуге в связи с неподтверждением подлинности ЭЦП услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) процесс 5 – направление электронного документа (запроса услугополучателя), удостоверенного (подписанного) ЭЦП услугополучателя через </w:t>
+      </w:r>
+      <w:r w:rsidR="00567737">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шлюз электронного правительства</w:t>
+      </w:r>
+      <w:r w:rsidR="005664D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – ШЭП)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidR="00567737">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">автоматизированном рабочем месте регионального шлюза электронного правительства (далее – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>АРМ РШЭП</w:t>
+      </w:r>
+      <w:r w:rsidR="00567737">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для обработки запроса услугодателем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) условие   3 – проверка услугодателем соответствия приложенных услугополучателем документов и основани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) процесс   6 – формирование сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11) процесс 7 – получение услугополучателем результата услуги (уведомление в форме электронного документа)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сформированн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">го </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>АРМ РШЭП</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00631CDC" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги направляется услугополучателю в «личный кабинет» в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функциональные взаимодействия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>информационных систем, задействованных при оказании государственной услуги через портал, приведены в диаграмме согласно приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10. Описание последовательности процедур (действий) взаимодействий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги, а также порядка использования информационных систем в процессе оказания государственной  услуги отражается в справочнике бизнес-процессов  согласно приложению 3 к настоящему регламенту</w:t>
+      </w:r>
+      <w:r w:rsidR="00631CDC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA50FB">
-[...33 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00377C1D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00377C1D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00377C1D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00377C1D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00377C1D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00377C1D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00377C1D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00377C1D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00377C1D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00377C1D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="0040536D" w:rsidRPr="00377C1D" w:rsidSect="00176E8B">
+        </w:rPr>
+        <w:sectPr w:rsidR="0040536D" w:rsidSect="00901942">
           <w:headerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="1304" w:right="851" w:bottom="1247" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgMar w:top="1304" w:right="851" w:bottom="1304" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="3"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F82189" w:rsidRPr="00BE692B" w:rsidRDefault="00F82189" w:rsidP="00BE692B">
-[...35 lines deleted...]
-        <w:ind w:left="7788" w:firstLine="708"/>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:left="9072"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:ind w:left="9912" w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE692B">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:left="9072" w:hanging="567"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5AD7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> регламенту государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:left="9072" w:hanging="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1-қосымша</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00BE692B" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      </w:pPr>
+      <w:r>
+        <w:t>«Передача ребенка (детей) на патронатное воспитание»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE692B" w:rsidRPr="00BE692B" w:rsidRDefault="00BE692B" w:rsidP="00BE692B">
-[...39 lines deleted...]
-    <w:p w:rsidR="00BE692B" w:rsidRDefault="00BE692B" w:rsidP="00BE692B">
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Таблица</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>описания последовательности процедур (действий) между структурными подразделениями (работниками)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с указанием длительности каждой процедуры (действия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567737" w:rsidRDefault="00567737" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14520" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="570"/>
         <w:gridCol w:w="2340"/>
         <w:gridCol w:w="2358"/>
         <w:gridCol w:w="1708"/>
         <w:gridCol w:w="2704"/>
         <w:gridCol w:w="2420"/>
         <w:gridCol w:w="2420"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0040536D" w:rsidRPr="003A64CF" w:rsidTr="00631CDC">
+      <w:tr w:rsidR="0040536D" w:rsidTr="00631CDC">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0040536D" w:rsidRPr="003F7179" w:rsidRDefault="0040536D">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13950" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0040536D" w:rsidRPr="003F7179" w:rsidRDefault="00BE692B" w:rsidP="00BE692B">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C280D">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:t>Действия основного процесса (хода, потока работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0040536D" w:rsidTr="00631CDC">
         <w:trPr>
           <w:trHeight w:val="626"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0040536D" w:rsidRPr="00BE692B" w:rsidRDefault="00BE692B" w:rsidP="00631CDC">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE692B">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Іс-қимылдың (жұмыс барысының ағынының) №</w:t>
+              <w:t>№ действия (хода, потока, работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
@@ -4600,1617 +3092,1382 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D4C9C" w:rsidTr="00BE6F1C">
+      <w:tr w:rsidR="0040536D" w:rsidTr="00631CDC">
         <w:trPr>
           <w:trHeight w:val="937"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRPr="005C280D" w:rsidRDefault="000D4C9C" w:rsidP="00BE6F1C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C280D">
-[...3 lines deleted...]
-              <w:t>Құрылымдық бөлімше (қыз-меткер) атауы</w:t>
+            <w:r>
+              <w:t>Структурные подразделения (работники)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRPr="005C280D" w:rsidRDefault="000D4C9C" w:rsidP="00BE6F1C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C280D">
-[...3 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+            <w:r>
+              <w:t>Сотрудник</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>канцелярии услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRPr="005C280D" w:rsidRDefault="000D4C9C" w:rsidP="00BE6F1C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C280D">
-[...3 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің басшы</w:t>
+            <w:r>
+              <w:t>Руководство услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRPr="00BE692B" w:rsidRDefault="000D4C9C" w:rsidP="00BE6F1C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE692B">
-[...3 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің ж</w:t>
+            <w:r>
+              <w:t>Ответственный исполнитель услугодателя</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE692B">
-[...14 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRPr="00BE692B" w:rsidRDefault="000D4C9C" w:rsidP="00BE6F1C">
-[...13 lines deleted...]
-          <w:p w:rsidR="000D4C9C" w:rsidRPr="00BE692B" w:rsidRDefault="000D4C9C" w:rsidP="00BE6F1C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:r>
+              <w:t>Руководство услугодателя</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRPr="00BE692B" w:rsidRDefault="000D4C9C" w:rsidP="00BE6F1C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE692B">
-[...3 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің ж</w:t>
+            <w:r>
+              <w:t>Ответственный исполнитель услугодателя</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE692B">
-[...21 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D4C9C" w:rsidRPr="003A64CF" w:rsidTr="00BE6F1C">
+      <w:tr w:rsidR="0040536D" w:rsidTr="00631CDC">
         <w:trPr>
           <w:trHeight w:val="1555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C" w:rsidP="00BE6F1C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...52 lines deleted...]
-              <w:t>атауы және оны сипаттау</w:t>
+              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C" w:rsidP="00BE6F1C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...11 lines deleted...]
-              <w:t>Алынған құжаттарды қабылдауды және тір-кеуді жүзеге асырады</w:t>
+            <w:r>
+              <w:t>Осуществляет прием и регистрацию полученных документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C" w:rsidP="00BE6F1C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Қарастырады және жауапты орындаушыны анықтайды</w:t>
+              <w:t>Рассматривает и  определяет ответственного исполнителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C" w:rsidP="00631CDC">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Рассматривает поступившие документы, готовит договор о передаче ребенка (детей) на патронатное воспитание </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қ</w:t>
-[...5 lines deleted...]
-              <w:t>ұжаттарды қарастырады, баланы (балаларды) патронаттық тәрбиелеуге беру туралы шарт немесе бас тарту туралы дәлелді жауап дайындайды</w:t>
+              <w:t>либо мотивированный ответ об отказе</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000D4C9C" w:rsidRPr="00461E74" w:rsidRDefault="000D4C9C" w:rsidP="00631CDC">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRPr="00FE3358" w:rsidRDefault="000D4C9C" w:rsidP="00911674">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="00911674" w:rsidP="00911674">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE3358">
+            <w:r>
+              <w:t>Подписывает</w:t>
+            </w:r>
+            <w:r w:rsidR="0040536D">
+              <w:t xml:space="preserve"> договор о передаче ребенка (детей) на патронатное воспитание </w:t>
+            </w:r>
+            <w:r w:rsidR="0040536D">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Баланы (балаларды) патронаттық тәрбиелеуге беру туралы шарт немесе бас тарту туралы дәлелді жауапқа қол қояды</w:t>
+              <w:t xml:space="preserve">либо мотивированный ответ об отказе </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRPr="000D4C9C" w:rsidRDefault="000D4C9C" w:rsidP="00631CDC">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Регистрирует договор о передаче ребенка (детей) на патронатное воспитание </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Б</w:t>
-[...5 lines deleted...]
-              <w:t>аланы (балаларды) патронаттық тәрбиелеуге беру туралы шартты немесе бас тарту туралы дәлелді жауапты тіркейді</w:t>
+              <w:t>либо мотивированный ответ об отказе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D4C9C" w:rsidRPr="003A64CF" w:rsidTr="00BE6F1C">
+      <w:tr w:rsidR="0040536D" w:rsidTr="00631CDC">
         <w:trPr>
           <w:trHeight w:val="1732"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C" w:rsidP="00BE6F1C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...13 lines deleted...]
-              <w:t>Аяқталу нысаны</w:t>
+              <w:t>Форма завершения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C" w:rsidP="00BE6F1C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...20 lines deleted...]
-              <w:t>Басшыға қарауға беру</w:t>
+            <w:r>
+              <w:t>Передача на рассмотрение руководству</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C" w:rsidP="00BE6F1C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
               </w:rPr>
-            </w:pPr>
-[...12 lines deleted...]
-              <w:t>Бұрыштама</w:t>
+              <w:t>Резолюция</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C" w:rsidP="00461E74">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:t>Договор о передаче ребенка (детей) на патронатное воспитание либо мотивированный ответ об отказе на рассмотрение и подписание руководством</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="000D4C9C" w:rsidRPr="00FE3358" w:rsidRDefault="006F5A8C" w:rsidP="006F5A8C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:highlight w:val="yellow"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">аланы (балаларды) патронаттық тәрбиелеуге беру туралы шарт немесе </w:t>
+              <w:t xml:space="preserve">Договор о передаче ребенка (детей) на патронатное воспитание </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">басшының  қараудан және қол қоюдан </w:t>
-[...11 lines deleted...]
-              <w:t>рту туралы дәлелді жауап</w:t>
+              <w:t>либо мотивированный ответ об отказе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRPr="00DF3AC4" w:rsidRDefault="000D4C9C" w:rsidP="00631CDC">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Б</w:t>
+              <w:t>Уведомляет и выдает</w:t>
             </w:r>
-            <w:r w:rsidRPr="0008748F">
-[...38 lines deleted...]
-            </w:pPr>
             <w:r>
-              <w:rPr>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> және хабарлайды</w:t>
+              <w:t xml:space="preserve"> услугополучателю результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D4C9C" w:rsidTr="00BE6F1C">
+      <w:tr w:rsidR="0040536D" w:rsidTr="00631CDC">
         <w:trPr>
           <w:trHeight w:val="502"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C" w:rsidP="00BE6F1C">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Орындау мерзімдері</w:t>
+              <w:t>Сроки исполнения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2358" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C" w:rsidP="00631CDC">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">30 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1708" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRPr="00D26EE3" w:rsidRDefault="000D4C9C" w:rsidP="00631CDC">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00631CDC">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D26EE3">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1 күнтізбелік күн</w:t>
+              <w:t>1 календарн</w:t>
+            </w:r>
+            <w:r w:rsidR="00631CDC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ый</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00631CDC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRPr="00D26EE3" w:rsidRDefault="00334B49" w:rsidP="00631CDC">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00392ABB">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>26</w:t>
+              <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="000D4C9C" w:rsidRPr="00D26EE3">
+            <w:r w:rsidR="00392ABB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> күнтізбелік күн</w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> календарных дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C" w:rsidP="00631CDC">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="00631CDC" w:rsidP="00631CDC">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D26EE3">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1 күнтізбелік күн</w:t>
+              <w:t>1 календарный  день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D4C9C" w:rsidRDefault="000D4C9C" w:rsidP="00631CDC">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="00631CDC" w:rsidP="00631CDC">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D26EE3">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1 күнтізбелік күн</w:t>
+              <w:t>1 календарный  день</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E63DC5" w:rsidRDefault="00E63DC5" w:rsidP="003578B5">
-[...3 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6615"/>
+          <w:tab w:val="center" w:pos="7639"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002376B1" w:rsidRDefault="0040536D" w:rsidP="002A5AD7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6615"/>
+          <w:tab w:val="center" w:pos="7639"/>
+        </w:tabs>
+        <w:ind w:left="8496"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-        <w:ind w:left="7788" w:firstLine="708"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC2BCC" w:rsidRDefault="00BC2BCC" w:rsidP="002A5AD7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6615"/>
+          <w:tab w:val="center" w:pos="7639"/>
+        </w:tabs>
+        <w:ind w:left="8496"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:ind w:left="9912" w:firstLine="708"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="002A5AD7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6615"/>
+          <w:tab w:val="center" w:pos="7639"/>
+        </w:tabs>
+        <w:ind w:left="8496"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:left="9072" w:hanging="567"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">к регламенту государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:left="9072" w:hanging="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>«Передача ребенка (детей) на патронатное воспитание»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567737" w:rsidRDefault="00567737" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Диаграмма  </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+        <w:t>функционального взаимодействия информационных систем, задействованных</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...45 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="007E1E46" w:rsidRDefault="007E1E46" w:rsidP="0040536D">
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оказании</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги через п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ортал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567737" w:rsidRDefault="00567737" w:rsidP="0040536D">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="13826"/>
+        <w:gridCol w:w="14337"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0040536D" w:rsidTr="007E1E46">
+      <w:tr w:rsidR="0040536D" w:rsidTr="0040536D">
         <w:trPr>
           <w:trHeight w:val="852"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13826" w:type="dxa"/>
+            <w:tcW w:w="14317" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0040536D" w:rsidRDefault="00996A8D">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="005600D2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00996A8D">
+            <w:r w:rsidRPr="005600D2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shapetype id="_x0000_t130" coordsize="21600,21600" o:spt="130" path="m3600,21597c2662,21202,1837,20075,1087,18440,487,16240,75,13590,,10770,75,8007,487,5412,1087,3045,1837,1465,2662,337,3600,l21597,v-937,337,-1687,1465,-2512,3045c18485,5412,18072,8007,17997,10770v75,2820,488,5470,1088,7670c19910,20075,20660,21202,21597,21597xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="10800,0;0,10800;10800,21600;17997,10800" textboxrect="3600,0,17997,21600"/>
                 </v:shapetype>
                 <v:shape id="Блок-схема: сохраненные данные 8" o:spid="_x0000_s1026" type="#_x0000_t130" style="position:absolute;margin-left:21.9pt;margin-top:10.4pt;width:74.25pt;height:28.5pt;z-index:251556864;visibility:visible;v-text-anchor:middle">
                   <v:textbox style="mso-next-textbox:#Блок-схема: сохраненные данные 8">
                     <w:txbxContent>
-                      <w:p w:rsidR="00334B49" w:rsidRPr="00A84C09" w:rsidRDefault="00334B49" w:rsidP="003578B5">
+                      <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                         <w:pPr>
+                          <w:ind w:left="-142"/>
                           <w:jc w:val="both"/>
                           <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00A84C09">
+                        <w:r>
                           <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ХҚО ЫАЖ АЖО</w:t>
+                          <w:t>ИС ПЭП</w:t>
                         </w:r>
-                      </w:p>
-[...5 lines deleted...]
-                        </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00996A8D">
+            <w:r w:rsidRPr="005600D2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shape id="_x0000_s1033" type="#_x0000_t130" style="position:absolute;margin-left:334.7pt;margin-top:9.65pt;width:75pt;height:29.25pt;z-index:251557888;visibility:visible;v-text-anchor:middle">
                   <v:textbox style="mso-next-textbox:#_x0000_s1033">
                     <w:txbxContent>
-                      <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                      <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-221"/>
                           <w:rPr>
                             <w:sz w:val="4"/>
                             <w:szCs w:val="4"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w:rsidR="00334B49" w:rsidRPr="00EF3356" w:rsidRDefault="00334B49" w:rsidP="002D2B56">
+                      <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                         <w:pPr>
-                          <w:jc w:val="both"/>
+                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00EF3356">
+                        <w:r>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ЭҮШ</w:t>
+                          <w:t>ШЭП</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                      <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00996A8D">
+            <w:r w:rsidRPr="005600D2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:rect id="_x0000_s1036" style="position:absolute;margin-left:205.45pt;margin-top:11.45pt;width:56.8pt;height:29.35pt;z-index:251558912;visibility:visible;v-text-anchor:middle">
                   <v:textbox style="mso-next-textbox:#_x0000_s1036">
                     <w:txbxContent>
-                      <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                      <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="8"/>
                             <w:szCs w:val="8"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                      <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>Портал</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                      <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00996A8D">
+            <w:r w:rsidRPr="005600D2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="Блок-схема: сохраненные данные 13" o:spid="_x0000_s1027" type="#_x0000_t130" style="position:absolute;margin-left:434.45pt;margin-top:-.05pt;width:88.05pt;height:36.25pt;z-index:251559936;visibility:visible;v-text-anchor:middle">
+                <v:shape id="Блок-схема: сохраненные данные 13" o:spid="_x0000_s1027" type="#_x0000_t130" style="position:absolute;margin-left:434.45pt;margin-top:11.45pt;width:88.05pt;height:29.25pt;z-index:251559936;visibility:visible;v-text-anchor:middle">
                   <v:textbox style="mso-next-textbox:#Блок-схема: сохраненные данные 13">
                     <w:txbxContent>
-                      <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                      <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-221"/>
                           <w:rPr>
                             <w:sz w:val="4"/>
                             <w:szCs w:val="4"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w:rsidR="00334B49" w:rsidRPr="00EF3356" w:rsidRDefault="00334B49" w:rsidP="002D2B56">
+                      <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                         <w:pPr>
-                          <w:jc w:val="both"/>
+                          <w:ind w:left="-142" w:right="-221"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00EF3356">
+                        <w:r>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ӨЭҮШ</w:t>
-[...12 lines deleted...]
-                          <w:t>АЖО</w:t>
+                          <w:t>АРМ РШЭП</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                      <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00996A8D">
+          </w:p>
+          <w:p w:rsidR="0040536D" w:rsidRDefault="005600D2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3480"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="left" w:pos="8055"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005600D2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="val #0"/>
                   </v:formulas>
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                   <v:handles>
                     <v:h position="#0,center"/>
                   </v:handles>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_s1035" type="#_x0000_t34" style="position:absolute;margin-left:405.95pt;margin-top:14.25pt;width:26.25pt;height:.05pt;rotation:180;z-index:251560960;visibility:visible" adj="10779,-102600000,-418423" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00996A8D">
+            <w:r w:rsidRPr="005600D2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_s1034" type="#_x0000_t32" style="position:absolute;margin-left:405.95pt;margin-top:3.95pt;width:26.25pt;height:0;z-index:251561984;visibility:visible" adj="-398674,-1,-398674" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r w:rsidR="0040536D">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="0040536D">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
@@ -6279,1094 +4536,1198 @@
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:noProof/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:noProof/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="002D2B56" w:rsidRPr="00DF5C1E" w:rsidRDefault="002D2B56" w:rsidP="002D2B56">
+                <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:noProof/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00DF5C1E">
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Э</w:t>
+                    <w:t>П</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="002D2B56" w:rsidRPr="00DF5C1E" w:rsidRDefault="002D2B56" w:rsidP="002D2B56">
+                <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:noProof/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00DF5C1E">
+                  <w:r>
                     <w:rPr>
                       <w:noProof/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Ү</w:t>
+                    <w:t>Э</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="0040536D" w:rsidRDefault="00996A8D" w:rsidP="002D2B56">
+                <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:noProof/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r>
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>П</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="0040536D" w:rsidRDefault="005600D2">
+                  <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="center" w:pos="4677"/>
+                      <w:tab w:val="right" w:pos="9355"/>
+                    </w:tabs>
+                    <w:jc w:val="right"/>
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
-                      <v:oval id="Овал 62" o:spid="_x0000_s1099" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:56.15pt;width:33pt;height:30pt;z-index:251563008;visibility:visible;v-text-anchor:middle">
+                      <v:oval id="Овал 62" o:spid="_x0000_s1099" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:43.9pt;width:33pt;height:30pt;z-index:251563008;visibility:visible;v-text-anchor:middle">
                         <v:textbox style="mso-next-textbox:#Овал 62">
                           <w:txbxContent>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-127"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t>☒</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:oval>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidR="002D2B56" w:rsidRPr="00DF5C1E">
-[...5 lines deleted...]
-                  </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="13882" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="0040536D" w:rsidRDefault="00996A8D">
+                <w:p w:rsidR="0040536D" w:rsidRDefault="005600D2">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:rect id="Прямоугольник 35" o:spid="_x0000_s1083" style="position:absolute;left:0;text-align:left;margin-left:540.1pt;margin-top:9.65pt;width:71.15pt;height:25.6pt;z-index:251564032;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
                         <v:textbox style="mso-next-textbox:#Прямоугольник 35">
                           <w:txbxContent>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-86"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="8"/>
                                   <w:szCs w:val="8"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-86"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve">  7-п</w:t>
+                                <w:t xml:space="preserve">  </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t>роцесс</w:t>
+                                <w:t>Процесс 7</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="24"/>
                                   <w:szCs w:val="24"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:rect>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 46" o:spid="_x0000_s1091" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:242.55pt;margin-top:19.5pt;width:17.25pt;height:0;z-index:251565056;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 49" o:spid="_x0000_s1094" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:484.8pt;margin-top:23pt;width:55.3pt;height:0;z-index:251566080;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-227327,-1,-227327" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 79" o:spid="_x0000_s1105" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:7in;margin-top:106.15pt;width:143.4pt;height:.05pt;rotation:90;z-index:251567104;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-135756000,-103361" strokeweight="1pt">
                         <v:stroke dashstyle="dash" endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:pict>
+                      <v:shape id="Стрелка углом 61" o:spid="_x0000_s1098" style="position:absolute;left:0;text-align:left;margin-left:8.6pt;margin-top:19.4pt;width:6.75pt;height:129.75pt;z-index:251568128;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" path="m,1647825l,10389r,l64294,10389,64294,,85725,10389,64294,20778r,-10389l,10389r,l,1647825xe" strokeweight="1pt">
+                        <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1647825;0,10389;0,10389;64294,10389;64294,0;85725,10389;64294,20778;64294,10389;0,10389;0,10389;0,1647825" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
+                      </v:shape>
+                    </w:pict>
+                  </w:r>
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 48" o:spid="_x0000_s1093" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:389.55pt;margin-top:19.5pt;width:26.25pt;height:0;z-index:251569152;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-398674,-1,-398674" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shapetype id="_x0000_t4" coordsize="21600,21600" o:spt="4" path="m10800,l,10800,10800,21600,21600,10800xe">
                         <v:stroke joinstyle="miter"/>
                         <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
                       </v:shapetype>
                       <v:shape id="Ромб 58" o:spid="_x0000_s1113" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:415.8pt;margin-top:1.9pt;width:69pt;height:50.55pt;z-index:251570176;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
                         <v:textbox style="mso-next-textbox:#Ромб 58">
                           <w:txbxContent>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-284" w:right="-201"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t>3-шарт</w:t>
+                                <w:t>Условие</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                              <w:pPr>
+                                <w:ind w:left="-284" w:right="-201"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> 3</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:rect id="Прямоугольник 11" o:spid="_x0000_s1079" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:8.2pt;width:64.25pt;height:31.7pt;z-index:251571200;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
                         <v:textbox style="mso-next-textbox:#Прямоугольник 11">
                           <w:txbxContent>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-86"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="8"/>
                                   <w:szCs w:val="8"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-86"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve">  3-процесс</w:t>
+                                <w:t xml:space="preserve">  Процесс 3</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="24"/>
                                   <w:szCs w:val="24"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:rect>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 43" o:spid="_x0000_s1089" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:251572224;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-130420800,-153999" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:rect id="Прямоугольник 33" o:spid="_x0000_s1082" style="position:absolute;left:0;text-align:left;margin-left:415.8pt;margin-top:84.6pt;width:60.45pt;height:27.75pt;z-index:251573248;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
                         <v:textbox style="mso-next-textbox:#Прямоугольник 33">
                           <w:txbxContent>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-86"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="8"/>
                                   <w:szCs w:val="8"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
-                            <w:p w:rsidR="00334B49" w:rsidRPr="002D2B56" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-86"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="16"/>
                                   <w:szCs w:val="16"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">  </w:t>
                               </w:r>
-                              <w:r w:rsidRPr="002D2B56">
+                              <w:r>
                                 <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t>6-процесс</w:t>
+                                <w:t>Процесс 6</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00334B49" w:rsidRPr="002D2B56" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:rect>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 41" o:spid="_x0000_s1088" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:445.8pt;margin-top:53.75pt;width:0;height:30pt;z-index:251574272;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:pict>
+                      <v:rect id="Прямоугольник 30" o:spid="_x0000_s1085" style="position:absolute;left:0;text-align:left;margin-left:94.8pt;margin-top:84.6pt;width:48pt;height:27.75pt;z-index:251575296;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                        <v:textbox style="mso-next-textbox:#Прямоугольник 30">
+                          <w:txbxContent>
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                              <w:pPr>
+                                <w:ind w:left="-142" w:right="-86"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="8"/>
+                                  <w:szCs w:val="8"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                              <w:pPr>
+                                <w:ind w:left="-142" w:right="-86"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">  Процесс 2</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                              <w:pPr>
+                                <w:ind w:left="-142"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                          </w:txbxContent>
+                        </v:textbox>
+                      </v:rect>
+                    </w:pict>
+                  </w:r>
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 39" o:spid="_x0000_s1086" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:119.55pt;margin-top:51.45pt;width:0;height:32.25pt;z-index:251576320;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 53" o:spid="_x0000_s1095" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:136.05pt;margin-top:112.4pt;width:0;height:42.75pt;z-index:251577344;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 54" o:spid="_x0000_s1096" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:81.85pt;margin-top:134.35pt;width:44pt;height:.05pt;rotation:90;flip:x;z-index:251578368;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",169624800,-98673" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:oval id="Овал 55" o:spid="_x0000_s1097" style="position:absolute;left:0;text-align:left;margin-left:121.05pt;margin-top:154.4pt;width:30pt;height:30pt;z-index:251579392;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle"/>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:oval id="Овал 2" o:spid="_x0000_s1106" style="position:absolute;left:0;text-align:left;margin-left:88.8pt;margin-top:155.55pt;width:30pt;height:29.25pt;z-index:251580416;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" strokeweight="1.5pt">
                         <v:textbox style="mso-next-textbox:#Овал 2">
                           <w:txbxContent>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-127"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                                   <w:b/>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t>☒</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:oval>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:pict>
+                      <v:rect id="Прямоугольник 31" o:spid="_x0000_s1081" style="position:absolute;left:0;text-align:left;margin-left:265.2pt;margin-top:82.2pt;width:48pt;height:27.75pt;z-index:251581440;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                        <v:textbox style="mso-next-textbox:#Прямоугольник 31">
+                          <w:txbxContent>
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                              <w:pPr>
+                                <w:ind w:left="-142" w:right="-86"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="8"/>
+                                  <w:szCs w:val="8"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                              <w:pPr>
+                                <w:ind w:left="-142" w:right="-86"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">  </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t>Процесс 4</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                              <w:pPr>
+                                <w:ind w:left="-142"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                          </w:txbxContent>
+                        </v:textbox>
+                      </v:rect>
+                    </w:pict>
+                  </w:r>
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 40" o:spid="_x0000_s1087" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:288.3pt;margin-top:51.45pt;width:0;height:31.5pt;z-index:251582464;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 47" o:spid="_x0000_s1092" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:311.75pt;margin-top:23.05pt;width:18.75pt;height:0;z-index:251583488;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 44" o:spid="_x0000_s1090" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:144.15pt;margin-top:23.05pt;width:32.95pt;height:0;z-index:251584512;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-158214,-1,-158214" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Ромб 57" o:spid="_x0000_s1112" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:260.65pt;margin-top:1.95pt;width:53.15pt;height:50.5pt;z-index:251585536;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
                         <v:textbox style="mso-next-textbox:#Ромб 57">
                           <w:txbxContent>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-284" w:right="-201"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve">  2-шарт</w:t>
+                                <w:t xml:space="preserve">  Условие</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                              <w:pPr>
+                                <w:ind w:left="-284" w:right="-201"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t>2</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:rect id="Прямоугольник 19" o:spid="_x0000_s1080" style="position:absolute;left:0;text-align:left;margin-left:330.5pt;margin-top:10.55pt;width:56.8pt;height:29.35pt;z-index:251586560;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
                         <v:textbox style="mso-next-textbox:#Прямоугольник 19">
                           <w:txbxContent>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-86"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="8"/>
                                   <w:szCs w:val="8"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-86"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="16"/>
                                   <w:szCs w:val="16"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve"> </w:t>
+                                <w:t xml:space="preserve">  </w:t>
                               </w:r>
-                              <w:r w:rsidRPr="002D2B56">
+                              <w:r>
                                 <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t>5-процесс</w:t>
+                                <w:t>Процесс 5</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="24"/>
                                   <w:szCs w:val="24"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:rect>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Ромб 37" o:spid="_x0000_s1078" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:91pt;margin-top:1.95pt;width:53.15pt;height:44.25pt;z-index:251587584;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
                         <v:textbox style="mso-next-textbox:#Ромб 37">
                           <w:txbxContent>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-284" w:right="-201"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve"> 1-шарт</w:t>
+                                <w:t xml:space="preserve"> Условие</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                              <w:pPr>
+                                <w:ind w:left="-284" w:right="-201"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> 1</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                </w:p>
-[...10 lines deleted...]
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
-                      <v:rect id="Прямоугольник 32" o:spid="_x0000_s1084" style="position:absolute;margin-left:15.35pt;margin-top:.15pt;width:52.5pt;height:34.55pt;z-index:251588608;visibility:visible;v-text-anchor:middle">
+                      <v:rect id="Прямоугольник 32" o:spid="_x0000_s1084" style="position:absolute;left:0;text-align:left;margin-left:19.85pt;margin-top:11.65pt;width:48pt;height:27.75pt;z-index:251588608;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
                         <v:textbox style="mso-next-textbox:#Прямоугольник 32">
                           <w:txbxContent>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-86"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="8"/>
                                   <w:szCs w:val="8"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
-                            <w:p w:rsidR="00334B49" w:rsidRPr="002D2B56" w:rsidRDefault="00334B49" w:rsidP="002D2B56">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
-                                <w:ind w:right="-86"/>
+                                <w:ind w:left="-142" w:right="-86"/>
+                                <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:r w:rsidRPr="002D2B56">
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">  </w:t>
+                              </w:r>
+                              <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve">1-процесс </w:t>
+                                <w:t>Процесс 1</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="24"/>
                                   <w:szCs w:val="24"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:rect>
                     </w:pict>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="0040536D" w:rsidRDefault="00996A8D">
+                <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00996A8D">
+                </w:p>
+                <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
+                  <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="center" w:pos="4677"/>
+                      <w:tab w:val="right" w:pos="9355"/>
+                    </w:tabs>
                     <w:rPr>
-                      <w:sz w:val="24"/>
-                      <w:szCs w:val="24"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:pict>
-[...4 lines deleted...]
-                  </w:r>
+                  </w:pPr>
                 </w:p>
                 <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:rPr>
                       <w:b/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="0040536D" w:rsidRDefault="00996A8D">
+                <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00996A8D">
-[...99 lines deleted...]
-                  </w:r>
                 </w:p>
                 <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="0040536D" w:rsidRDefault="00996A8D">
+                <w:p w:rsidR="0040536D" w:rsidRDefault="005600D2">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1935"/>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 68" o:spid="_x0000_s1101" type="#_x0000_t34" style="position:absolute;margin-left:253.55pt;margin-top:23.6pt;width:34.35pt;height:.05pt;rotation:90;z-index:251589632;visibility:visible" adj="10784,-169560000,-242756" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 74" o:spid="_x0000_s1103" type="#_x0000_t34" style="position:absolute;margin-left:450.1pt;margin-top:27.35pt;width:37pt;height:.05pt;rotation:90;z-index:251590656;visibility:visible" adj=",-169322400,-338069" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 76" o:spid="_x0000_s1104" type="#_x0000_t34" style="position:absolute;margin-left:415.8pt;margin-top:28.3pt;width:38.85pt;height:.05pt;rotation:90;flip:x;z-index:251591680;visibility:visible" adj="10786,169322400,-303401" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 70" o:spid="_x0000_s1102" type="#_x0000_t34" style="position:absolute;margin-left:289.05pt;margin-top:23.6pt;width:34.35pt;height:.05pt;rotation:90;z-index:251592704;visibility:visible" adj="10784,-165088800,-262407" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="0040536D" w:rsidRDefault="00996A8D">
+                <w:p w:rsidR="0040536D" w:rsidRDefault="005600D2">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                       <w:tab w:val="left" w:pos="12885"/>
                     </w:tabs>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:oval id="Овал 90" o:spid="_x0000_s1109" style="position:absolute;margin-left:288.3pt;margin-top:29.3pt;width:31.85pt;height:30.5pt;flip:x;z-index:251593728;visibility:visible;v-text-anchor:middle"/>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:oval id="Овал 59" o:spid="_x0000_s1108" style="position:absolute;margin-left:250.05pt;margin-top:29.3pt;width:33.4pt;height:30.5pt;z-index:251594752;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
                         <v:textbox style="mso-next-textbox:#Овал 59">
                           <w:txbxContent>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-127"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                                   <w:b/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t>☒</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:oval>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 63" o:spid="_x0000_s1100" type="#_x0000_t32" style="position:absolute;margin-left:8.6pt;margin-top:39.4pt;width:0;height:36.7pt;flip:y;z-index:251595776;visibility:visible" strokeweight="1pt">
                         <v:stroke dashstyle="dash" endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Letter" o:spid="_x0000_s1107" style="position:absolute;margin-left:540.1pt;margin-top:63.65pt;width:64.3pt;height:32.6pt;z-index:251596800;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
                         <v:stroke joinstyle="miter"/>
                         <v:shadow on="t" offset="6pt,6pt"/>
                         <v:formulas/>
                         <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
                         <o:lock v:ext="edit" verticies="t"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:oval id="Овал 92" o:spid="_x0000_s1110" style="position:absolute;margin-left:454.8pt;margin-top:34.4pt;width:30pt;height:30pt;z-index:251597824;visibility:visible;v-text-anchor:middle"/>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="00996A8D">
+                  <w:r w:rsidRPr="005600D2">
                     <w:rPr>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:oval id="Овал 93" o:spid="_x0000_s1111" style="position:absolute;margin-left:415.8pt;margin-top:36.25pt;width:30pt;height:29.25pt;z-index:251598848;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
                         <v:textbox style="mso-next-textbox:#Овал 93">
                           <w:txbxContent>
-                            <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                            <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-127"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                                   <w:b/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t>☒</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:oval>
                     </w:pict>
                   </w:r>
                   <w:r w:rsidR="0040536D">
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
@@ -7398,2411 +5759,2024 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="14109" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="0040536D" w:rsidRDefault="00996A8D">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="005600D2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00996A8D">
+            <w:r w:rsidRPr="005600D2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shape id="Прямая со стрелкой 18" o:spid="_x0000_s1030" type="#_x0000_t34" style="position:absolute;margin-left:351.2pt;margin-top:50.1pt;width:64.7pt;height:.05pt;rotation:90;z-index:251599872;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-93182400,-158261">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00996A8D">
+            <w:r w:rsidRPr="005600D2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shape id="Прямая со стрелкой 17" o:spid="_x0000_s1029" type="#_x0000_t34" style="position:absolute;margin-left:334.65pt;margin-top:50.1pt;width:64.7pt;height:.05pt;rotation:270;z-index:251600896;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-121132800,-152719">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00996A8D">
+            <w:r w:rsidRPr="005600D2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shape id="Прямая со стрелкой 28" o:spid="_x0000_s1032" type="#_x0000_t32" style="position:absolute;margin-left:210.8pt;margin-top:47.05pt;width:58.45pt;height:0;rotation:270;z-index:251601920;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-122154,-1,-122154">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="00996A8D">
+            <w:r w:rsidRPr="005600D2">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shape id="Прямая со стрелкой 16" o:spid="_x0000_s1028" type="#_x0000_t34" style="position:absolute;margin-left:27.8pt;margin-top:50.05pt;width:64.8pt;height:.05pt;rotation:270;z-index:251602944;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-121132800,-50217">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
             <w:r w:rsidR="0040536D">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="0040536D" w:rsidRDefault="00996A8D" w:rsidP="0040536D">
+    <w:p w:rsidR="0040536D" w:rsidRPr="0040536D" w:rsidRDefault="005600D2" w:rsidP="0040536D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_s1031" style="position:absolute;margin-left:37.85pt;margin-top:221.75pt;width:22.5pt;height:32.1pt;z-index:251603968" stroked="f">
             <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#_x0000_s1031">
               <w:txbxContent>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Запрос</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="392" w:tblpY="56"/>
         <w:tblW w:w="14142" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="14142"/>
       </w:tblGrid>
       <w:tr w:rsidR="0040536D" w:rsidTr="0040536D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14142" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0040536D" w:rsidRDefault="0069005E" w:rsidP="0069005E">
+          <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF5C1E">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті алушы</w:t>
+              <w:t>Услугополучатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00375A89" w:rsidRDefault="00375A89" w:rsidP="00E06FC5">
+    <w:p w:rsidR="00567737" w:rsidRDefault="00567737" w:rsidP="0040536D">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="right"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00E63DC5" w:rsidRDefault="00E63DC5" w:rsidP="00E06FC5">
+        <w:ind w:left="10059" w:firstLine="561"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002376B1" w:rsidRDefault="002376B1" w:rsidP="0040536D">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="right"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00E06FC5" w:rsidRPr="00BE692B" w:rsidRDefault="00E06FC5" w:rsidP="00E06FC5">
+        <w:ind w:left="10059" w:firstLine="561"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002376B1" w:rsidRDefault="002376B1" w:rsidP="0040536D">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="right"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="00E06FC5" w:rsidRPr="00BE692B" w:rsidRDefault="00E06FC5" w:rsidP="00E06FC5">
+        <w:ind w:left="10059" w:firstLine="561"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2BCC" w:rsidRDefault="002376B1" w:rsidP="002376B1">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="7788" w:firstLine="708"/>
+        <w:ind w:left="9921" w:firstLine="561"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005831D9" w:rsidRDefault="005831D9" w:rsidP="002376B1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="9921" w:firstLine="561"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00631CDC" w:rsidRDefault="002376B1" w:rsidP="002376B1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="9921" w:firstLine="561"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="0040536D" w:rsidRPr="00631CDC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:left="9072" w:hanging="567"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:bCs/>
+      </w:pPr>
+      <w:r w:rsidRPr="00696281">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D155BC">
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00D155BC" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:ind w:left="9072" w:hanging="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE692B">
-[...33 lines deleted...]
-    <w:p w:rsidR="00E63DC5" w:rsidRDefault="00E63DC5" w:rsidP="0040536D">
+      <w:r w:rsidRPr="00D155BC">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:t>Передача ребенка (детей) на патронатное воспитание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D155BC">
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E06FC5">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00E06FC5" w:rsidRPr="00E06FC5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB5821">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E06FC5">
+        </w:rPr>
+        <w:t>Справочник</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00D67D03" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00E06FC5" w:rsidRPr="00E06FC5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB5821">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="00E06FC5" w:rsidP="0040536D">
+        </w:rPr>
+        <w:t>бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D67D03">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>«Передача ребенка (детей) на патронатное воспитание»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E06FC5">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="005600D2" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00996A8D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:roundrect id="_x0000_s1134" style="position:absolute;left:0;text-align:left;margin-left:574.8pt;margin-top:12.35pt;width:139.55pt;height:50.25pt;z-index:251614208" arcsize="10923f">
             <v:textbox style="mso-next-textbox:#_x0000_s1134">
               <w:txbxContent>
-                <w:p w:rsidR="00334B49" w:rsidRPr="006925B3" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C747E7">
-[...3 lines deleted...]
-                    <w:t>Көрсетілетін қызметті берушінің жауапты орындаушысы</w:t>
+                  <w:r>
+                    <w:t xml:space="preserve">Ответственный </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">исполнитель </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRPr="006925B3" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>услугодателя</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:roundrect id="_x0000_s1128" style="position:absolute;left:0;text-align:left;margin-left:442.1pt;margin-top:12.35pt;width:122.25pt;height:50.25pt;z-index:251608064" arcsize="10923f">
             <v:textbox style="mso-next-textbox:#_x0000_s1128">
               <w:txbxContent>
-                <w:p w:rsidR="00334B49" w:rsidRPr="00E06FC5" w:rsidRDefault="00334B49" w:rsidP="00E06FC5">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C747E7">
-[...3 lines deleted...]
-                    <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
+                  <w:r>
+                    <w:t xml:space="preserve">Руководство </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRPr="006925B3" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>услугодателя</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:roundrect id="_x0000_s1127" style="position:absolute;left:0;text-align:left;margin-left:293.6pt;margin-top:12.35pt;width:136.5pt;height:50.25pt;z-index:251607040" arcsize="10923f">
             <v:textbox style="mso-next-textbox:#_x0000_s1127">
               <w:txbxContent>
-                <w:p w:rsidR="00334B49" w:rsidRPr="00C747E7" w:rsidRDefault="00334B49" w:rsidP="00E06FC5">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C747E7">
-[...4 lines deleted...]
-                  </w:r>
                   <w:r>
-                    <w:rPr>
-[...2 lines deleted...]
-                    <w:t xml:space="preserve"> қызметкері</w:t>
+                    <w:t xml:space="preserve">Сотрудник </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRPr="00E06FC5" w:rsidRDefault="00334B49" w:rsidP="00E06FC5"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">канцелярии </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRPr="00E91C51" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>услугодателя</w:t>
+                  </w:r>
+                </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:roundrect id="_x0000_s1126" style="position:absolute;left:0;text-align:left;margin-left:139.1pt;margin-top:12.35pt;width:140.25pt;height:50.25pt;z-index:251606016" arcsize="10923f">
             <v:textbox style="mso-next-textbox:#_x0000_s1126">
               <w:txbxContent>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRPr="00E91C51" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRPr="00E91C51" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>Портал</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:roundrect id="_x0000_s1125" style="position:absolute;left:0;text-align:left;margin-left:.35pt;margin-top:12.35pt;width:124.5pt;height:54.25pt;z-index:251604992" arcsize="10923f">
             <v:textbox style="mso-next-textbox:#_x0000_s1125">
               <w:txbxContent>
-                <w:p w:rsidR="00334B49" w:rsidRPr="0008529F" w:rsidRDefault="00334B49" w:rsidP="00E06FC5">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C747E7">
-[...10 lines deleted...]
-                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRPr="00E91C51" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
+                  <w:r>
+                    <w:t>Услугополучатель</w:t>
+                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="00996A8D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="005600D2" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00996A8D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1135" style="position:absolute;left:0;text-align:left;margin-left:575.6pt;margin-top:5.35pt;width:150pt;height:265.55pt;z-index:251615232" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1135">
+          <v:roundrect id="_x0000_s1129" style="position:absolute;left:0;text-align:left;margin-left:.35pt;margin-top:5.35pt;width:124.5pt;height:273.55pt;z-index:251609088" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="005600D2">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1130" style="position:absolute;left:0;text-align:left;margin-left:139.1pt;margin-top:5.35pt;width:2in;height:273.55pt;z-index:251610112" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1130">
               <w:txbxContent>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D"/>
-[...7 lines deleted...]
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
-                    <w:rPr>
-[...8 lines deleted...]
-                    <w:t xml:space="preserve"> күнтізбелік күн</w:t>
+                    <w:t>20 минут</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D"/>
-[...6 lines deleted...]
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="005600D2">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1131" style="position:absolute;left:0;text-align:left;margin-left:293.6pt;margin-top:5.35pt;width:136.5pt;height:273.55pt;z-index:251611136" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1131">
+              <w:txbxContent>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="00631CDC">
-[...104 lines deleted...]
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
-[...72 lines deleted...]
-                <w:p w:rsidR="00334B49" w:rsidRPr="004F1B61" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRPr="004F1B61" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>30  минут</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1130" style="position:absolute;left:0;text-align:left;margin-left:139.1pt;margin-top:5.35pt;width:2in;height:265.55pt;z-index:251610112" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1130">
+          <v:roundrect id="_x0000_s1132" style="position:absolute;left:0;text-align:left;margin-left:437.6pt;margin-top:5.35pt;width:131.2pt;height:273.55pt;z-index:251612160" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1132">
               <w:txbxContent>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D"/>
-[...14 lines deleted...]
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:r>
+                    <w:t>1 календарный  день</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:r>
+                    <w:t xml:space="preserve">   </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="00631CDC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="00631CDC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRPr="00735866" w:rsidRDefault="00901942" w:rsidP="00631CDC">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
-                    <w:t>20 минут</w:t>
+                    <w:t>1 календарный  день</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D"/>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D"/>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1129" style="position:absolute;left:0;text-align:left;margin-left:.35pt;margin-top:5.35pt;width:124.5pt;height:265.55pt;z-index:251609088" arcsize="10923f"/>
+          <v:roundrect id="_x0000_s1135" style="position:absolute;left:0;text-align:left;margin-left:575.6pt;margin-top:5.35pt;width:150pt;height:269.25pt;z-index:251615232" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1135">
+              <w:txbxContent>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>2</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00392ABB">
+                    <w:t>6</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t xml:space="preserve"> календарных дней</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="00631CDC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="00631CDC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>1 календарный  день</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRPr="00906E6A" w:rsidRDefault="00901942" w:rsidP="00631CDC">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="00996A8D" w:rsidP="0040536D">
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="005600D2" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00996A8D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1138" style="position:absolute;left:0;text-align:left;margin-left:586.8pt;margin-top:5pt;width:125.05pt;height:88.1pt;z-index:251618304">
+          <v:rect id="_x0000_s1138" style="position:absolute;left:0;text-align:left;margin-left:586.8pt;margin-top:5pt;width:125.05pt;height:98.4pt;z-index:251618304">
             <v:textbox style="mso-next-textbox:#_x0000_s1138">
               <w:txbxContent>
-                <w:p w:rsidR="00334B49" w:rsidRPr="00461E74" w:rsidRDefault="00334B49" w:rsidP="00EB2EAE">
+                <w:p w:rsidR="00901942" w:rsidRPr="003F338F" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:highlight w:val="yellow"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:t xml:space="preserve">Рассматривает поступившие </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00214E3B">
+                    <w:t>документ</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t>ы</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00214E3B">
+                    <w:t>,</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00214E3B">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  готовит </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>договор о передаче ребенка (детей) на патронатное воспитание либо мотивированный  ответ об отказе</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="003F338F">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRPr="003F338F" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="003F338F">
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r>
-[...10 lines deleted...]
-                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRPr="003F338F" w:rsidRDefault="00334B49" w:rsidP="0040536D">
-[...7 lines deleted...]
-                <w:p w:rsidR="00334B49" w:rsidRPr="00D32646" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRPr="00D32646" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_s1137" style="position:absolute;left:0;text-align:left;margin-left:450.35pt;margin-top:5pt;width:102.65pt;height:67pt;z-index:251617280">
             <v:textbox style="mso-next-textbox:#_x0000_s1137">
               <w:txbxContent>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="00BF5044">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Құжаттарды қарай</w:t>
+                    <w:t xml:space="preserve">Рассматривает   документы и </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00C747E7">
+                  <w:r>
+                    <w:t>определяет ответственного исполнителя</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="005600D2">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1161" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:214.05pt;margin-top:.2pt;width:.05pt;height:16.85pt;z-index:251641856" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="005600D2">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1160" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:59.35pt;margin-top:.95pt;width:304.75pt;height:0;z-index:251640832" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="005600D2">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1159" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:59.35pt;margin-top:.2pt;width:0;height:17.6pt;flip:y;z-index:251639808" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="005600D2">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1145" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:364.1pt;margin-top:.8pt;width:0;height:10.45pt;z-index:251625472" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="005600D2" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005600D2">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1136" style="position:absolute;left:0;text-align:left;margin-left:307.85pt;margin-top:-.2pt;width:101.9pt;height:92.1pt;z-index:251616256">
+            <v:textbox style="mso-next-textbox:#_x0000_s1136">
+              <w:txbxContent>
+                <w:p w:rsidR="00901942" w:rsidRPr="00625E51" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>О</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00625E51">
+                    <w:t>существляет прием</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t xml:space="preserve"> и регистрацию документов </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00625E51">
+                    <w:t xml:space="preserve">и  </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00625E51">
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>ды, жауапты орындаушыны анықтайды</w:t>
+                    <w:t>направля</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00625E51">
+                    <w:t>ет</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t xml:space="preserve"> на резолюцию </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00625E51">
+                    <w:t xml:space="preserve"> руководству</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRPr="00625E51" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="005600D2">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1133" style="position:absolute;left:0;text-align:left;margin-left:30.6pt;margin-top:6.95pt;width:57.75pt;height:27.75pt;z-index:251613184" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="005600D2">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1142" style="position:absolute;left:0;text-align:left;margin-left:147.35pt;margin-top:6.3pt;width:124.5pt;height:54.2pt;z-index:251622400">
+            <v:textbox style="mso-next-textbox:#_x0000_s1142">
+              <w:txbxContent>
+                <w:p w:rsidR="00901942" w:rsidRPr="00AB293D" w:rsidRDefault="00901942" w:rsidP="0040536D">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Осуществляет регистрацию на портале с помощью ИИН, а также пароля</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="005600D2" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1161" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:214.05pt;margin-top:.2pt;width:.05pt;height:16.85pt;z-index:251641856" o:connectortype="straight">
-[...1 lines deleted...]
-          </v:shape>
+          <v:shape id="_x0000_s1166" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:711.85pt;margin-top:1.05pt;width:7pt;height:0;z-index:251646976" o:connectortype="straight"/>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1160" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:59.35pt;margin-top:.95pt;width:304.75pt;height:0;z-index:251640832" o:connectortype="straight"/>
-[...198 lines deleted...]
-        <w:pict>
           <v:shape id="_x0000_s1168" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:718.85pt;margin-top:.45pt;width:0;height:143.7pt;z-index:251649024" o:connectortype="straight"/>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1152" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:88.35pt;margin-top:.95pt;width:59pt;height:0;z-index:251632640" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1140" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:553pt;margin-top:.45pt;width:33.8pt;height:.5pt;z-index:251620352" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1139" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:409.75pt;margin-top:.85pt;width:40.6pt;height:.1pt;z-index:251619328" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1165" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:271.85pt;margin-top:.95pt;width:36pt;height:0;z-index:251645952" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="00996A8D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="005600D2" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00996A8D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1143" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:214.1pt;margin-top:3pt;width:.05pt;height:41.85pt;z-index:251623424" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="00996A8D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="005600D2" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00996A8D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1146" style="position:absolute;left:0;text-align:left;margin-left:450.35pt;margin-top:10.4pt;width:107.25pt;height:101.5pt;z-index:251626496">
+          <v:rect id="_x0000_s1146" style="position:absolute;left:0;text-align:left;margin-left:450.35pt;margin-top:10.4pt;width:107.25pt;height:103.15pt;z-index:251626496">
             <v:textbox style="mso-next-textbox:#_x0000_s1146">
               <w:txbxContent>
-                <w:p w:rsidR="00334B49" w:rsidRPr="003E1EC2" w:rsidRDefault="00334B49" w:rsidP="003E1EC2">
+                <w:p w:rsidR="00901942" w:rsidRPr="001011ED" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
+                    <w:t xml:space="preserve">Подписывает </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001011ED">
+                    <w:t>договор</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E054F8">
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-                      <w:szCs w:val="28"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">туралы дәлелді жауап </w:t>
+                    <w:t>о передаче ребенка (детей) на патронатное воспитание</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001011ED">
+                    <w:t xml:space="preserve"> либо мотивированный ответ об отказе </w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_s1144" style="position:absolute;left:0;text-align:left;margin-left:147.35pt;margin-top:10.4pt;width:124.5pt;height:95.85pt;z-index:251624448">
             <v:textbox style="mso-next-textbox:#_x0000_s1144">
               <w:txbxContent>
-                <w:p w:rsidR="00334B49" w:rsidRPr="00AB293D" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRPr="00AB293D" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
-                  <w:r w:rsidRPr="00C747E7">
-[...4 lines deleted...]
-                  </w:r>
                   <w:r>
-                    <w:rPr>
-[...20 lines deleted...]
-                    <w:t>сәйкестігін тексеру</w:t>
+                    <w:t>Проверка соответствия приложенных документов согласно пункту 9 Стандарта  для оказания услуги либо отказа в приеме документов</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="00996A8D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="005600D2" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00996A8D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1147" style="position:absolute;left:0;text-align:left;margin-left:580.85pt;margin-top:2.65pt;width:133.5pt;height:93.55pt;z-index:251627520">
+          <v:shape id="_x0000_s1141" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:5.1pt;margin-top:6.7pt;width:729.5pt;height:0;z-index:251621376" o:connectortype="straight">
+            <v:stroke dashstyle="dash"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="005600D2">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1147" style="position:absolute;left:0;text-align:left;margin-left:580.85pt;margin-top:6.7pt;width:133.5pt;height:89.5pt;z-index:251627520">
             <v:textbox style="mso-next-textbox:#_x0000_s1147">
               <w:txbxContent>
-                <w:p w:rsidR="00334B49" w:rsidRPr="00EB2EAE" w:rsidRDefault="00334B49" w:rsidP="00EB2EAE">
+                <w:p w:rsidR="00901942" w:rsidRPr="005D0838" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
+                    <w:t>Регистрирует</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00351207">
                     <w:rPr>
-                      <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-                      <w:szCs w:val="28"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00EB2EAE">
+                  <w:r>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>туралы дәлелді жауапты тіркейді және</w:t>
+                    <w:t>договор о передаче ребенка (детей) на патронатное воспитание либо мотивированный ответ об отказе</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00DD2D15">
-[...25 lines deleted...]
-                    <w:t>нәтижесін береді</w:t>
+                  <w:r>
+                    <w:t xml:space="preserve"> и выдает услугополучателю результат</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="00996A8D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="005600D2" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1169" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:705.6pt;margin-top:6.2pt;width:13.25pt;height:.05pt;flip:x;z-index:251650048" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1167" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:553.1pt;margin-top:8.7pt;width:29.2pt;height:0;z-index:251648000" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1175" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:59.35pt;margin-top:8.7pt;width:0;height:78.25pt;z-index:251656192" o:connectortype="straight"/>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1174" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:59.35pt;margin-top:5.65pt;width:88pt;height:.55pt;flip:x;z-index:251655168" o:connectortype="straight"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E63DC5" w:rsidRDefault="00E63DC5" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="005600D2" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00996A8D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1149" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:691.1pt;margin-top:4.2pt;width:0;height:40.45pt;z-index:251629568" o:connectortype="straight"/>
+          <v:shape id="_x0000_s1149" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:700.85pt;margin-top:4.2pt;width:0;height:40.45pt;z-index:251629568" o:connectortype="straight"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002376B1" w:rsidRDefault="002376B1" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="00996A8D" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002376B1" w:rsidRDefault="002376B1" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00996A8D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="005600D2" w:rsidP="0040536D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1176" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:55.85pt;margin-top:2.6pt;width:0;height:355.5pt;z-index:251657216" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:roundrect id="_x0000_s1150" style="position:absolute;left:0;text-align:left;margin-left:7.85pt;margin-top:-2.65pt;width:132.75pt;height:442.8pt;z-index:251630592" arcsize="10923f"/>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:roundrect id="_x0000_s1148" style="position:absolute;left:0;text-align:left;margin-left:151.85pt;margin-top:-2.65pt;width:143.25pt;height:442.8pt;z-index:251628544" arcsize="10923f">
             <v:textbox style="mso-next-textbox:#_x0000_s1148">
               <w:txbxContent>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D"/>
-[...17 lines deleted...]
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t xml:space="preserve">       </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="0040536D"/>
-[...13 lines deleted...]
-                <w:p w:rsidR="00334B49" w:rsidRPr="000E4060" w:rsidRDefault="00334B49" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
+                <w:p w:rsidR="00901942" w:rsidRPr="000E4060" w:rsidRDefault="00901942" w:rsidP="0040536D"/>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1171" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:684.35pt;margin-top:2.6pt;width:0;height:368.25pt;z-index:251652096" o:connectortype="straight"/>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:roundrect id="_x0000_s1156" style="position:absolute;left:0;text-align:left;margin-left:451.1pt;margin-top:-2.65pt;width:130.5pt;height:446.55pt;z-index:251636736" arcsize="10923f"/>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:roundrect id="_x0000_s1153" style="position:absolute;left:0;text-align:left;margin-left:594.55pt;margin-top:-2.65pt;width:133.05pt;height:446.55pt;z-index:251633664" arcsize="10923f"/>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:roundrect id="_x0000_s1155" style="position:absolute;left:0;text-align:left;margin-left:304.85pt;margin-top:-2.65pt;width:131.25pt;height:446.55pt;z-index:251635712" arcsize="10923f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="00996A8D" w:rsidP="0040536D">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="005600D2" w:rsidP="0040536D">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_s1172" style="position:absolute;margin-left:163.1pt;margin-top:8.35pt;width:120pt;height:100.5pt;z-index:251653120">
-            <v:textbox>
+            <v:textbox style="mso-next-textbox:#_x0000_s1172">
               <w:txbxContent>
-                <w:p w:rsidR="00334B49" w:rsidRPr="00F12961" w:rsidRDefault="00334B49" w:rsidP="0040536D">
+                <w:p w:rsidR="00901942" w:rsidRPr="00230EB8" w:rsidRDefault="00901942" w:rsidP="0040536D">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
+                    <w:t>Направляет уведомление о заключении договора</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00F00724">
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Б</w:t>
-[...5 lines deleted...]
-                    <w:t xml:space="preserve">аланы (балаларды) патронаттық тәрбиеге беру туралы шарт жасау туралы хабарлама </w:t>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">жібереді немесе </w:t>
+                    <w:t>о передаче ребенка (детей) на патронатное воспитание</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00F12961">
-[...4 lines deleted...]
-                    <w:t>бас тарту туралы дәлелді жауап</w:t>
+                  <w:r w:rsidRPr="001011ED">
+                    <w:t xml:space="preserve"> либо мотивированный ответ об отказе</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="005600D2" w:rsidP="0040536D">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1173" type="#_x0000_t32" style="position:absolute;margin-left:289.85pt;margin-top:1.85pt;width:394.5pt;height:3.75pt;flip:x;z-index:251654144" o:connectortype="straight">
+          <v:shape id="_x0000_s1173" type="#_x0000_t32" style="position:absolute;margin-left:283.1pt;margin-top:1.85pt;width:401.25pt;height:3.75pt;flip:x;z-index:251654144" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00996A8D">
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="005600D2" w:rsidP="0040536D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1170" type="#_x0000_t32" style="position:absolute;margin-left:224.6pt;margin-top:9.1pt;width:.05pt;height:194.3pt;z-index:251651072" o:connectortype="straight"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
-[...117 lines deleted...]
-      <w:r w:rsidRPr="00996A8D">
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="005600D2" w:rsidP="0040536D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1154" type="#_x0000_t32" style="position:absolute;margin-left:79.85pt;margin-top:7.95pt;width:144.75pt;height:.05pt;flip:x;z-index:251634688" o:connectortype="straight"/>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00996A8D">
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1158" type="#_x0000_t32" style="position:absolute;margin-left:79.85pt;margin-top:7.95pt;width:0;height:39.75pt;z-index:251638784" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
-[...20 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="00996A8D" w:rsidP="0040536D">
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="005600D2" w:rsidP="0040536D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1262"/>
         </w:tabs>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00996A8D">
+      </w:pPr>
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:roundrect id="_x0000_s1151" style="position:absolute;margin-left:40.35pt;margin-top:1.65pt;width:57.75pt;height:27.75pt;z-index:251631616" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
             <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
             <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="0040536D" w:rsidRPr="00E06FC5">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0040536D" w:rsidRPr="00C64D43">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="00996A8D" w:rsidP="0040536D">
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="005600D2" w:rsidP="0040536D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1262"/>
         </w:tabs>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00996A8D">
+      </w:pPr>
+      <w:r w:rsidRPr="005600D2">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1157" type="#_x0000_t32" style="position:absolute;margin-left:100.65pt;margin-top:2.95pt;width:583.7pt;height:0;flip:x;z-index:251637760" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+    <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00E06FC5" w:rsidRDefault="0040536D" w:rsidP="0040536D">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="007E1E46" w:rsidRDefault="007E1E46" w:rsidP="0040536D">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
+    <w:p w:rsidR="002376B1" w:rsidRDefault="002376B1" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="007E1E46" w:rsidRDefault="007E1E46" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRPr="00FB5821" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="0040536D" w:rsidRPr="00F12961" w:rsidRDefault="00F12961" w:rsidP="0040536D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB5821">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Условные обозначения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...17 lines deleted...]
-    <w:p w:rsidR="007E1E46" w:rsidRPr="00C64D43" w:rsidRDefault="007E1E46" w:rsidP="0040536D">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC2BCC" w:rsidRPr="00C64D43" w:rsidRDefault="00BC2BCC" w:rsidP="0040536D">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3023"/>
-        <w:gridCol w:w="11195"/>
+        <w:gridCol w:w="3085"/>
+        <w:gridCol w:w="11416"/>
       </w:tblGrid>
       <w:tr w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidTr="00737C0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="00996A8D" w:rsidP="00737C0D">
-            <w:r w:rsidRPr="00996A8D">
+          <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="005600D2" w:rsidP="00737C0D">
+            <w:r w:rsidRPr="005600D2">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:roundrect id="_x0000_s1162" style="position:absolute;margin-left:36.35pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:251642880" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
                   <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
                   <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
                 </v:roundrect>
               </w:pict>
             </w:r>
           </w:p>
           <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="0040536D" w:rsidP="00737C0D"/>
           <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="0040536D" w:rsidP="00737C0D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="00F12961" w:rsidP="00F12961">
-[...5 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="0040536D" w:rsidP="00737C0D">
             <w:r w:rsidRPr="00FD6804">
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>начало или завершение оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidTr="00737C0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="00996A8D" w:rsidP="00737C0D">
-            <w:r w:rsidRPr="00996A8D">
+          <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="005600D2" w:rsidP="00737C0D">
+            <w:r w:rsidRPr="005600D2">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:rect id="_x0000_s1164" style="position:absolute;margin-left:35.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:251644928;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
               </w:pict>
             </w:r>
           </w:p>
           <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="0040536D" w:rsidP="00737C0D"/>
           <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="0040536D" w:rsidP="00737C0D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="00F12961" w:rsidP="00F12961">
-[...5 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="0040536D" w:rsidP="00737C0D">
             <w:r w:rsidRPr="00FD6804">
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>наименование процедуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidTr="00737C0D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="0040536D" w:rsidP="00737C0D"/>
           <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="00737C0D"/>
-          <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="00996A8D" w:rsidP="00737C0D">
-            <w:r w:rsidRPr="00996A8D">
+          <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="005600D2" w:rsidP="00737C0D">
+            <w:r w:rsidRPr="005600D2">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shape id="_x0000_s1163" type="#_x0000_t32" style="position:absolute;margin-left:25.1pt;margin-top:2pt;width:73.5pt;height:0;z-index:251643904" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="00F12961" w:rsidP="00F12961">
-[...5 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0040536D" w:rsidRPr="00FD6804" w:rsidRDefault="0040536D" w:rsidP="00737C0D">
             <w:r w:rsidRPr="00FD6804">
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>переход  к следующей процедуре</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
     <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1262"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0040536D" w:rsidRPr="00C64D43" w:rsidRDefault="0040536D" w:rsidP="0040536D"/>
     <w:p w:rsidR="009775C4" w:rsidRDefault="009775C4" w:rsidP="009775C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="009775C4">
       <w:pPr>
@@ -9870,313 +7844,297 @@
     <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="009775C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="009775C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0040536D" w:rsidRDefault="0040536D" w:rsidP="009775C4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...53 lines deleted...]
-        <w:sectPr w:rsidR="0040536D" w:rsidSect="0040536D">
+        <w:sectPr w:rsidR="0040536D" w:rsidSect="00AE29DE">
           <w:headerReference w:type="even" r:id="rId10"/>
           <w:headerReference w:type="default" r:id="rId11"/>
           <w:footerReference w:type="even" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:headerReference w:type="first" r:id="rId14"/>
           <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-          <w:pgMar w:top="851" w:right="1418" w:bottom="1474" w:left="1418" w:header="851" w:footer="510" w:gutter="0"/>
+          <w:pgMar w:top="1361" w:right="907" w:bottom="907" w:left="1418" w:header="851" w:footer="510" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0040536D" w:rsidRPr="00360758" w:rsidRDefault="0040536D" w:rsidP="00E63DC5">
+    <w:p w:rsidR="0040536D" w:rsidRPr="00360758" w:rsidRDefault="0040536D" w:rsidP="00AF5B5C">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0040536D" w:rsidRPr="00360758" w:rsidSect="00E63DC5">
+    <w:sectPr w:rsidR="0040536D" w:rsidRPr="00360758" w:rsidSect="00AF5B5C">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="907" w:bottom="907" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004E11C5" w:rsidRDefault="004E11C5" w:rsidP="002666DE">
+    <w:p w:rsidR="00021FDB" w:rsidRDefault="00021FDB" w:rsidP="002666DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004E11C5" w:rsidRDefault="004E11C5" w:rsidP="002666DE">
+    <w:p w:rsidR="00021FDB" w:rsidRDefault="00021FDB" w:rsidP="002666DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49">
+  <w:p w:rsidR="00901942" w:rsidRDefault="00901942">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49">
+  <w:p w:rsidR="00901942" w:rsidRDefault="00901942">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49">
+  <w:p w:rsidR="00901942" w:rsidRDefault="00901942">
     <w:pPr>
       <w:pStyle w:val="a9"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004E11C5" w:rsidRDefault="004E11C5" w:rsidP="002666DE">
+    <w:p w:rsidR="00021FDB" w:rsidRDefault="00021FDB" w:rsidP="002666DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004E11C5" w:rsidRDefault="004E11C5" w:rsidP="002666DE">
+    <w:p w:rsidR="00021FDB" w:rsidRDefault="00021FDB" w:rsidP="002666DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49" w:rsidP="007E1E46">
+  <w:p w:rsidR="00901942" w:rsidRPr="005831D9" w:rsidRDefault="005600D2" w:rsidP="00023BFF">
     <w:pPr>
       <w:pStyle w:val="a7"/>
-      <w:tabs>
-[...3 lines deleted...]
-      </w:tabs>
       <w:jc w:val="center"/>
     </w:pPr>
+    <w:fldSimple w:instr=" PAGE   \* MERGEFORMAT ">
+      <w:r w:rsidR="00021FDB">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:fldSimple>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49">
+  <w:p w:rsidR="00901942" w:rsidRDefault="00901942">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="30233134"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w:rsidR="00901942" w:rsidRPr="005831D9" w:rsidRDefault="005600D2">
+        <w:pPr>
+          <w:pStyle w:val="a7"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:fldSimple w:instr=" PAGE   \* MERGEFORMAT ">
+          <w:r w:rsidR="00D93349">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>11</w:t>
+          </w:r>
+        </w:fldSimple>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="00901942" w:rsidRDefault="00901942">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00334B49" w:rsidRDefault="00334B49">
+  <w:p w:rsidR="00901942" w:rsidRPr="005831D9" w:rsidRDefault="00901942">
+    <w:pPr>
+      <w:pStyle w:val="a7"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="005831D9">
+      <w:t>7</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00901942" w:rsidRDefault="00901942">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00334B49" w:rsidRDefault="00996A8D">
+  <w:p w:rsidR="00901942" w:rsidRPr="007279C2" w:rsidRDefault="005600D2">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:fldSimple w:instr="PAGE   \* MERGEFORMAT">
-      <w:r w:rsidR="00E63DC5">
+      <w:r w:rsidR="00AF5B5C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>20</w:t>
+        <w:t>11</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
-  <w:p w:rsidR="00334B49" w:rsidRPr="008C1816" w:rsidRDefault="00334B49" w:rsidP="00737C0D">
+  <w:p w:rsidR="00901942" w:rsidRPr="008C1816" w:rsidRDefault="00901942" w:rsidP="00737C0D">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4677"/>
         <w:tab w:val="center" w:pos="4536"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="03686433"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B76A13E"/>
     <w:lvl w:ilvl="0" w:tplc="4C667044">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
@@ -10704,139 +8662,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="3CC80BB9"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="404434D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="85A461D2"/>
     <w:lvl w:ilvl="0" w:tplc="C988DA9E">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -10881,141 +8750,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5640" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7080" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-[...89 lines deleted...]
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="46020F44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FF6FB2C"/>
     <w:lvl w:ilvl="0" w:tplc="3A426DC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -11060,51 +8839,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="4ECC324F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="670C95D6"/>
     <w:lvl w:ilvl="0" w:tplc="BDA4AF60">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -11149,51 +8928,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="67531AC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D916E2FC"/>
     <w:lvl w:ilvl="0" w:tplc="17C09FEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1378" w:hanging="810"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11239,51 +9018,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="688B6D6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E6A53A8"/>
     <w:lvl w:ilvl="0" w:tplc="F75E9768">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -11328,51 +9107,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="68D21240"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4B2AEC28"/>
     <w:lvl w:ilvl="0" w:tplc="E54C25D2">
       <w:start w:val="37"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -11418,496 +9197,416 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5280" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6000" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6720" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="5"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="12"/>
-[...5 lines deleted...]
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="70"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="90"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="0081050F"/>
+    <w:rsid w:val="000055B9"/>
+    <w:rsid w:val="00006C00"/>
+    <w:rsid w:val="00021FDB"/>
+    <w:rsid w:val="00023BFF"/>
+    <w:rsid w:val="00034B75"/>
     <w:rsid w:val="00036231"/>
     <w:rsid w:val="00050C20"/>
-    <w:rsid w:val="00065AD4"/>
     <w:rsid w:val="00072458"/>
-    <w:rsid w:val="0008748F"/>
-    <w:rsid w:val="000944BA"/>
     <w:rsid w:val="000B5136"/>
     <w:rsid w:val="000C1A58"/>
-    <w:rsid w:val="000C4D1D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000D4C9C"/>
     <w:rsid w:val="000E338A"/>
     <w:rsid w:val="000F3BC2"/>
     <w:rsid w:val="00102A88"/>
-    <w:rsid w:val="00157D0B"/>
     <w:rsid w:val="0016532B"/>
     <w:rsid w:val="00166326"/>
     <w:rsid w:val="0016633C"/>
-    <w:rsid w:val="00171F0C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00177747"/>
     <w:rsid w:val="00187D10"/>
     <w:rsid w:val="001C3904"/>
-    <w:rsid w:val="001C774E"/>
     <w:rsid w:val="001D0BAD"/>
-    <w:rsid w:val="001D7417"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00225C07"/>
+    <w:rsid w:val="001D6F2B"/>
+    <w:rsid w:val="00202B9B"/>
     <w:rsid w:val="002264BC"/>
-    <w:rsid w:val="00243FA3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00263325"/>
+    <w:rsid w:val="002376B1"/>
+    <w:rsid w:val="00253903"/>
     <w:rsid w:val="002666DE"/>
     <w:rsid w:val="0027047E"/>
     <w:rsid w:val="002748FD"/>
-    <w:rsid w:val="00276869"/>
     <w:rsid w:val="00293D55"/>
-    <w:rsid w:val="002C031E"/>
-    <w:rsid w:val="002C08E6"/>
+    <w:rsid w:val="002A5AD7"/>
     <w:rsid w:val="002C7528"/>
-    <w:rsid w:val="002D2B56"/>
-    <w:rsid w:val="002D7489"/>
+    <w:rsid w:val="002E2DCA"/>
     <w:rsid w:val="002E3AED"/>
-    <w:rsid w:val="0030222B"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00377C1D"/>
+    <w:rsid w:val="00312249"/>
+    <w:rsid w:val="003123C8"/>
+    <w:rsid w:val="003740F9"/>
     <w:rsid w:val="00382C6F"/>
-    <w:rsid w:val="00396DE0"/>
-    <w:rsid w:val="003A64CF"/>
+    <w:rsid w:val="00392ABB"/>
     <w:rsid w:val="003A6898"/>
     <w:rsid w:val="003A6D03"/>
     <w:rsid w:val="003C6327"/>
-    <w:rsid w:val="003D740C"/>
-    <w:rsid w:val="003E1EC2"/>
     <w:rsid w:val="003E3598"/>
-    <w:rsid w:val="003F4057"/>
-    <w:rsid w:val="003F50C8"/>
     <w:rsid w:val="003F60A9"/>
-    <w:rsid w:val="003F7179"/>
     <w:rsid w:val="0040536D"/>
+    <w:rsid w:val="004157D8"/>
     <w:rsid w:val="00420D0A"/>
+    <w:rsid w:val="00426B50"/>
     <w:rsid w:val="00432072"/>
     <w:rsid w:val="00435318"/>
-    <w:rsid w:val="0043786F"/>
     <w:rsid w:val="00444F5F"/>
-    <w:rsid w:val="00445A2E"/>
-    <w:rsid w:val="004462A5"/>
     <w:rsid w:val="004541F1"/>
-    <w:rsid w:val="00461E74"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00487BF9"/>
+    <w:rsid w:val="00463EAE"/>
     <w:rsid w:val="004931F1"/>
-    <w:rsid w:val="00495783"/>
     <w:rsid w:val="00496442"/>
+    <w:rsid w:val="00496B1C"/>
     <w:rsid w:val="004B1DFC"/>
     <w:rsid w:val="004B61CF"/>
-    <w:rsid w:val="004E11C5"/>
+    <w:rsid w:val="004B7D18"/>
+    <w:rsid w:val="004C6C8C"/>
     <w:rsid w:val="004E3A38"/>
+    <w:rsid w:val="004E5E98"/>
     <w:rsid w:val="004E6950"/>
-    <w:rsid w:val="004F2D30"/>
-    <w:rsid w:val="004F5330"/>
+    <w:rsid w:val="004F36D5"/>
     <w:rsid w:val="00500748"/>
-    <w:rsid w:val="00503103"/>
+    <w:rsid w:val="00516F96"/>
     <w:rsid w:val="00526424"/>
     <w:rsid w:val="00532733"/>
     <w:rsid w:val="00537FD0"/>
     <w:rsid w:val="0055073C"/>
+    <w:rsid w:val="005600D2"/>
+    <w:rsid w:val="005664D3"/>
+    <w:rsid w:val="00567737"/>
     <w:rsid w:val="00567C77"/>
-    <w:rsid w:val="005A5A08"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005B1C1A"/>
+    <w:rsid w:val="005831D9"/>
+    <w:rsid w:val="0058364C"/>
     <w:rsid w:val="005D73E9"/>
-    <w:rsid w:val="005E7DBD"/>
     <w:rsid w:val="005F2675"/>
-    <w:rsid w:val="00601D89"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006217DE"/>
     <w:rsid w:val="00624CA3"/>
     <w:rsid w:val="00631133"/>
     <w:rsid w:val="00631CDC"/>
     <w:rsid w:val="00632641"/>
     <w:rsid w:val="00645B2D"/>
     <w:rsid w:val="006675F7"/>
     <w:rsid w:val="006713B1"/>
     <w:rsid w:val="006876E5"/>
-    <w:rsid w:val="0069005E"/>
     <w:rsid w:val="00690701"/>
+    <w:rsid w:val="0069690C"/>
     <w:rsid w:val="006A2578"/>
     <w:rsid w:val="006B3307"/>
     <w:rsid w:val="006D13C3"/>
     <w:rsid w:val="006E52D0"/>
-    <w:rsid w:val="006F5A8C"/>
     <w:rsid w:val="00707746"/>
-    <w:rsid w:val="007255F0"/>
-    <w:rsid w:val="007304B7"/>
+    <w:rsid w:val="007279C2"/>
     <w:rsid w:val="00732EDD"/>
     <w:rsid w:val="007335EE"/>
-    <w:rsid w:val="00734808"/>
     <w:rsid w:val="00737C0D"/>
     <w:rsid w:val="00740C69"/>
     <w:rsid w:val="00746716"/>
     <w:rsid w:val="007535F0"/>
     <w:rsid w:val="00753D8B"/>
+    <w:rsid w:val="0076317A"/>
     <w:rsid w:val="007668CF"/>
-    <w:rsid w:val="007675BF"/>
-    <w:rsid w:val="00796AAF"/>
+    <w:rsid w:val="00776767"/>
     <w:rsid w:val="007A25DC"/>
+    <w:rsid w:val="007B421D"/>
     <w:rsid w:val="007D5315"/>
-    <w:rsid w:val="007E1E46"/>
     <w:rsid w:val="007F4E36"/>
     <w:rsid w:val="00801643"/>
     <w:rsid w:val="0081050F"/>
-    <w:rsid w:val="00814F8A"/>
     <w:rsid w:val="00823FE7"/>
     <w:rsid w:val="0083736D"/>
     <w:rsid w:val="00844694"/>
     <w:rsid w:val="00851AAA"/>
     <w:rsid w:val="00853CB8"/>
     <w:rsid w:val="0086201C"/>
-    <w:rsid w:val="00871CB3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008A65A7"/>
+    <w:rsid w:val="008A6309"/>
+    <w:rsid w:val="008C5981"/>
+    <w:rsid w:val="008E1E32"/>
+    <w:rsid w:val="00901942"/>
+    <w:rsid w:val="00906785"/>
     <w:rsid w:val="00911674"/>
-    <w:rsid w:val="00911B2B"/>
     <w:rsid w:val="00920BCA"/>
     <w:rsid w:val="00920E91"/>
     <w:rsid w:val="00924C6F"/>
     <w:rsid w:val="00930EFE"/>
     <w:rsid w:val="00945A77"/>
     <w:rsid w:val="0094656B"/>
+    <w:rsid w:val="0096062C"/>
     <w:rsid w:val="00962D42"/>
     <w:rsid w:val="009775C4"/>
     <w:rsid w:val="0098364B"/>
     <w:rsid w:val="0098432C"/>
     <w:rsid w:val="00985499"/>
     <w:rsid w:val="00991698"/>
-    <w:rsid w:val="00996A8D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="009B78B5"/>
     <w:rsid w:val="009C47CC"/>
-    <w:rsid w:val="009C6BE5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009D4960"/>
+    <w:rsid w:val="009E7572"/>
     <w:rsid w:val="009F0F72"/>
-    <w:rsid w:val="00A00C1C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A369AD"/>
+    <w:rsid w:val="00A3036B"/>
     <w:rsid w:val="00A4639F"/>
-    <w:rsid w:val="00A47883"/>
     <w:rsid w:val="00A577BE"/>
     <w:rsid w:val="00A67353"/>
     <w:rsid w:val="00A75A52"/>
     <w:rsid w:val="00A81E2D"/>
+    <w:rsid w:val="00A92DDF"/>
+    <w:rsid w:val="00A957E6"/>
+    <w:rsid w:val="00AA0E1B"/>
+    <w:rsid w:val="00AA3AF7"/>
+    <w:rsid w:val="00AA61EE"/>
     <w:rsid w:val="00AB15A6"/>
     <w:rsid w:val="00AC54A7"/>
     <w:rsid w:val="00AD13EB"/>
     <w:rsid w:val="00AD5B06"/>
-    <w:rsid w:val="00AE3759"/>
-    <w:rsid w:val="00AF4751"/>
+    <w:rsid w:val="00AE29DE"/>
+    <w:rsid w:val="00AF5B5C"/>
     <w:rsid w:val="00B11E9D"/>
-    <w:rsid w:val="00B146E9"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B21F9B"/>
+    <w:rsid w:val="00B27863"/>
     <w:rsid w:val="00B31BB5"/>
     <w:rsid w:val="00B37FFD"/>
-    <w:rsid w:val="00B47A33"/>
+    <w:rsid w:val="00B461A5"/>
+    <w:rsid w:val="00B55608"/>
     <w:rsid w:val="00B6265B"/>
+    <w:rsid w:val="00B663C7"/>
     <w:rsid w:val="00B7645E"/>
-    <w:rsid w:val="00B9307C"/>
-    <w:rsid w:val="00BA3098"/>
     <w:rsid w:val="00BB331A"/>
-    <w:rsid w:val="00BC135E"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00C068F4"/>
+    <w:rsid w:val="00BC2BCC"/>
     <w:rsid w:val="00C13C9E"/>
     <w:rsid w:val="00C32CA3"/>
-    <w:rsid w:val="00C3515F"/>
     <w:rsid w:val="00C377CE"/>
     <w:rsid w:val="00C46CD0"/>
+    <w:rsid w:val="00C74A04"/>
     <w:rsid w:val="00C9723A"/>
+    <w:rsid w:val="00CA49F5"/>
     <w:rsid w:val="00CA6FFE"/>
     <w:rsid w:val="00CB2F28"/>
     <w:rsid w:val="00CB4519"/>
-    <w:rsid w:val="00CB7846"/>
     <w:rsid w:val="00CC0F6C"/>
-    <w:rsid w:val="00CC4F27"/>
-    <w:rsid w:val="00CD54C7"/>
+    <w:rsid w:val="00CC4AA6"/>
     <w:rsid w:val="00D042C7"/>
     <w:rsid w:val="00D153C1"/>
     <w:rsid w:val="00D16D0D"/>
-    <w:rsid w:val="00D26EE3"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D50463"/>
+    <w:rsid w:val="00D2384A"/>
     <w:rsid w:val="00D612B9"/>
     <w:rsid w:val="00D67350"/>
-    <w:rsid w:val="00D8659B"/>
+    <w:rsid w:val="00D93349"/>
     <w:rsid w:val="00D96A0F"/>
     <w:rsid w:val="00DA1629"/>
-    <w:rsid w:val="00DA2D9B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00DD3C3F"/>
     <w:rsid w:val="00DE656A"/>
-    <w:rsid w:val="00DE7500"/>
     <w:rsid w:val="00DF298A"/>
-    <w:rsid w:val="00DF3AC4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E06FC5"/>
+    <w:rsid w:val="00DF71A5"/>
     <w:rsid w:val="00E1147E"/>
     <w:rsid w:val="00E150FC"/>
-    <w:rsid w:val="00E16B5A"/>
-    <w:rsid w:val="00E27472"/>
     <w:rsid w:val="00E34568"/>
-    <w:rsid w:val="00E47942"/>
+    <w:rsid w:val="00E40A68"/>
     <w:rsid w:val="00E518F3"/>
-    <w:rsid w:val="00E5265C"/>
-    <w:rsid w:val="00E63DC5"/>
     <w:rsid w:val="00E8116E"/>
-    <w:rsid w:val="00E82B31"/>
     <w:rsid w:val="00E84B78"/>
     <w:rsid w:val="00E8746B"/>
-    <w:rsid w:val="00E90184"/>
     <w:rsid w:val="00EB0F9D"/>
-    <w:rsid w:val="00EB2CCB"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00EE0909"/>
+    <w:rsid w:val="00EF0F08"/>
+    <w:rsid w:val="00EF373A"/>
     <w:rsid w:val="00EF55E6"/>
-    <w:rsid w:val="00F0155D"/>
     <w:rsid w:val="00F05850"/>
-    <w:rsid w:val="00F12961"/>
     <w:rsid w:val="00F14891"/>
-    <w:rsid w:val="00F2130B"/>
-    <w:rsid w:val="00F217BF"/>
+    <w:rsid w:val="00F15BE9"/>
     <w:rsid w:val="00F31AD4"/>
     <w:rsid w:val="00F47D10"/>
     <w:rsid w:val="00F56337"/>
-    <w:rsid w:val="00F7557A"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FD2436"/>
+    <w:rsid w:val="00FA13EE"/>
     <w:rsid w:val="00FD635A"/>
+    <w:rsid w:val="00FD69EA"/>
     <w:rsid w:val="00FD6FBD"/>
-    <w:rsid w:val="00FE3358"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="60418"/>
+    <o:shapedefaults v:ext="edit" spidmax="28674"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule48" type="connector" idref="#Прямая со стрелкой 18"/>
-[...14 lines deleted...]
-        <o:r id="V:Rule63" type="connector" idref="#Прямая со стрелкой 79"/>
+        <o:r id="V:Rule49" type="connector" idref="#Прямая со стрелкой 53"/>
+        <o:r id="V:Rule50" type="connector" idref="#Прямая со стрелкой 54"/>
+        <o:r id="V:Rule51" type="connector" idref="#_x0000_s1171"/>
+        <o:r id="V:Rule52" type="connector" idref="#_x0000_s1143"/>
+        <o:r id="V:Rule53" type="connector" idref="#Прямая со стрелкой 63"/>
+        <o:r id="V:Rule54" type="connector" idref="#Прямая со стрелкой 74"/>
+        <o:r id="V:Rule55" type="connector" idref="#_x0000_s1165"/>
+        <o:r id="V:Rule56" type="connector" idref="#Прямая со стрелкой 49"/>
+        <o:r id="V:Rule57" type="connector" idref="#_x0000_s1160"/>
+        <o:r id="V:Rule58" type="connector" idref="#_x0000_s1163"/>
+        <o:r id="V:Rule59" type="connector" idref="#_x0000_s1173"/>
+        <o:r id="V:Rule60" type="connector" idref="#_x0000_s1169"/>
+        <o:r id="V:Rule61" type="connector" idref="#Прямая со стрелкой 48"/>
+        <o:r id="V:Rule62" type="connector" idref="#_x0000_s1152"/>
+        <o:r id="V:Rule63" type="connector" idref="#_x0000_s1145"/>
         <o:r id="V:Rule64" type="connector" idref="#Прямая со стрелкой 28"/>
-        <o:r id="V:Rule65" type="connector" idref="#Прямая со стрелкой 54"/>
-[...28 lines deleted...]
-        <o:r id="V:Rule94" type="connector" idref="#_x0000_s1159"/>
+        <o:r id="V:Rule65" type="connector" idref="#_x0000_s1176"/>
+        <o:r id="V:Rule66" type="connector" idref="#Прямая со стрелкой 40"/>
+        <o:r id="V:Rule67" type="connector" idref="#_x0000_s1141"/>
+        <o:r id="V:Rule68" type="connector" idref="#Прямая со стрелкой 44"/>
+        <o:r id="V:Rule69" type="connector" idref="#_x0000_s1161"/>
+        <o:r id="V:Rule70" type="connector" idref="#_x0000_s1174"/>
+        <o:r id="V:Rule71" type="connector" idref="#Прямая со стрелкой 76"/>
+        <o:r id="V:Rule72" type="connector" idref="#_x0000_s1158"/>
+        <o:r id="V:Rule73" type="connector" idref="#_x0000_s1168"/>
+        <o:r id="V:Rule74" type="connector" idref="#Прямая со стрелкой 16"/>
+        <o:r id="V:Rule75" type="connector" idref="#_x0000_s1140"/>
+        <o:r id="V:Rule76" type="connector" idref="#_x0000_s1034"/>
+        <o:r id="V:Rule77" type="connector" idref="#_x0000_s1157"/>
+        <o:r id="V:Rule78" type="connector" idref="#_x0000_s1154"/>
+        <o:r id="V:Rule79" type="connector" idref="#Прямая со стрелкой 18"/>
+        <o:r id="V:Rule80" type="connector" idref="#Прямая со стрелкой 17"/>
+        <o:r id="V:Rule81" type="connector" idref="#_x0000_s1170"/>
+        <o:r id="V:Rule82" type="connector" idref="#_x0000_s1139"/>
+        <o:r id="V:Rule83" type="connector" idref="#Прямая со стрелкой 79"/>
+        <o:r id="V:Rule84" type="connector" idref="#_x0000_s1166"/>
+        <o:r id="V:Rule85" type="connector" idref="#_x0000_s1175"/>
+        <o:r id="V:Rule86" type="connector" idref="#_x0000_s1159"/>
+        <o:r id="V:Rule87" type="connector" idref="#Прямая со стрелкой 68"/>
+        <o:r id="V:Rule88" type="connector" idref="#Прямая со стрелкой 47"/>
+        <o:r id="V:Rule89" type="connector" idref="#Прямая со стрелкой 70"/>
+        <o:r id="V:Rule90" type="connector" idref="#Прямая со стрелкой 43"/>
+        <o:r id="V:Rule91" type="connector" idref="#_x0000_s1167"/>
+        <o:r id="V:Rule92" type="connector" idref="#_x0000_s1035"/>
+        <o:r id="V:Rule93" type="connector" idref="#Прямая со стрелкой 39"/>
+        <o:r id="V:Rule94" type="connector" idref="#Прямая со стрелкой 41"/>
+        <o:r id="V:Rule95" type="connector" idref="#_x0000_s1149"/>
+        <o:r id="V:Rule96" type="connector" idref="#Прямая со стрелкой 46"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -12321,76 +10020,50 @@
     <w:rsid w:val="0040536D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00737C0D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="af1">
-[...24 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -12564,51 +10237,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="250551622">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e.gov.kz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId28" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.egov.kz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12859,78 +10532,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BAF13BDC-7DD2-48AC-932E-8F78534BF58D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D0703D8-D28A-4268-8485-8678E5F816D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>9044</Characters>
+  <Pages>1</Pages>
+  <Words>1479</Words>
+  <Characters>8432</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>75</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>70</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10609</CharactersWithSpaces>
+  <CharactersWithSpaces>9892</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>