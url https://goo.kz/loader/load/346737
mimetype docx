--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -1,15756 +1,12545 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="006976FA" w:rsidRPr="00410252" w:rsidRDefault="006976FA" w:rsidP="006976FA">
-[...2 lines deleted...]
-        <w:ind w:left="5670"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9852" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4357"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidTr="00C866FB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4357" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысы әкімдігінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2015 жылғы «</w:t>
+            </w:r>
+            <w:r w:rsidR="006B7B03">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="006B7B03">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ақпандағы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № </w:t>
+            </w:r>
+            <w:r w:rsidR="006B7B03">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>40/2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қаулысына</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="007B1817" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысы әкімдігінің</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2015 жылғы «24» маусымдағы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№181/6 қаулысымен</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бекітілді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="007B1817" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="007B1817" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қамқоршыларға немесе қорғаншыларға жетiм баланы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-        <w:ind w:left="5670"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(жетiм балаларды) және ата-анасының қамқорлығынсыз қалған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...252 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>баланы (балаларды) асырап-бағуға жәрдемақы тағайындау»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттiк көрсетiлетiн қызмет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регламенті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="007B1817" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00410252">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00410252">
+        <w:t>1. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="007B1817" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1. «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қамқоршыларға немесе қорғаншыларға жетiм баланы (жетiм балаларды) және ата-анасының қамқорлығынсыз қалған баланы (балаларды) асырап-бағуға жәрдемақы тағайындау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) Павлодар облысы қалалары мен аудандарының жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өтінішті қабылдау және мемлекеттік қызмет көрсету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижесін беру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B1817" w:rsidRDefault="007B1817" w:rsidP="007B1817">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B1817">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C866FB" w:rsidRPr="007B1817">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің кеңсесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B1817" w:rsidRPr="007B1817" w:rsidRDefault="007B1817" w:rsidP="007B1817">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B1817">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C866FB" w:rsidRPr="007B1817">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Азаматтарға арналған үкімет» мемлекеттік корпорациясы» коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C866FB" w:rsidRPr="007B1817">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="007B1817" w:rsidRDefault="007B1817" w:rsidP="007B1817">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B1817">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C866FB" w:rsidRPr="007B1817">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«электрондық үкіметтің» www.e.gov.kz веб-порталы (бұдан әрі – портал) арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Мемлекеттік қызмет көрсету нысаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық (ішінара автоматтандырылған) және (немесе) қағаз түрінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызмет көрсетудің нәтижесі – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 13 сәуірдегі № 198 бұйрығымен бекітілген </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қамқоршыларға немесе қорғаншыларға жетiм баланы (жетiм балаларды) және ата-анасының қамқорлығынсыз қалған баланы (балаларды) асырап-бағуға жәрдемақы тағайындау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қызмет стандартының (бұдан әрі – Стандарт) 1-қосымшасына сәйкес нысан бойынша қамқоршыларға немесе қорғаншыларға жетім баланы (жетім балаларды) және ата-анасының қамқорлығынсыз қалған баланы (балаларды) асырап-бағуға жәрдемақы тағайындау туралы шешім.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C866FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00410252">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00976CA7">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CA7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00976CA7">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық және (немесе) қағаз түрінде.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C866FB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Назначение выплаты пособия опекунам или попечителям </w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B1817" w:rsidRDefault="007B1817" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00410252">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>на содержание ребенка-сироты (детей-сирот) и ребенка (детей), оставшегося без попечения родителей</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00410252">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) іс-қимыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік қызметті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсету жөніндегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рәсімдерді (іс-қимылды) бастау үшін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мыналар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>негіз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болып табылады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">көрсетілетін қызметті берушінің кеңсесіне немесе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға жүгіну кезінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандарттың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-тармағында көрсетілген қажетті құжаттардың қоса берілуімен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стандарттың 2-қосымшасына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәйкес нысан бойынша көрсетілетін қызметті алушының өтініші;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ортал арқылы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жүгіну кезінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көрсетілетін қызметті берушінің электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қол </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қойылған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial Unicode MS"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электрондық құжат нысанындағы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұрау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. Мемлекеттік қызмет көрсету рәсімінің (іс-қимылының) құрамына кіретін әрбір рәсімнің (іс-қимылдың) мазмұны, ұзақтығы мен оны орындау реттілігі, соның ішінде рәсімдердің (іс-қимылдың) өту кезеңі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) көрсетілетін қызметті берушінің кеңсе қызметкері көрсетілетін қызметті алушы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қажетті құжатты берген сәттен бастап қабылдауды және тіркеуді жүзеге асырады, құжаттарды басшыға бұрыштама қоюға жібереді –         30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(отыз) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">минут; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) көрсетілетін қызметті берушінің басшысы құжаттарды қарастырады, жауапты маманды анықтайды – 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бір) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс күні;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) көрсетілетін қызметті берушінің жауапты орындаушы келіп түскен құжаттарды қарастырады, қамқоршыларға немесе қорғаншыларға жетiм баланы (жетiм балаларды) және ата-анасының қамқорлығынсыз қалған баланы (балаларды) асырап-бағуға жәрдемақы тағайындау туралы шешiм дайындайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– 6 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(алты) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жұмыс күн ішінде; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) көрсетілетін қызметті берушінің басшысы шешімді қарастырады және қол қояды – 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бір) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс күні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) көрсетілетін қызметті берушінің жауапты орындаушы есепке алу журналына шешімді тіркейді және мемлекеттік қызмет көрсетудің нәтижесін көрсетілетін қызметті алушыға береді – 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бір) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс күні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6. Нәтижесі – қамқоршыларға немесе қорғаншыларға жетiм баланы (жетiм балаларды) және ата-анасының қамқорлығынсыз қалған баланы (балаларды) асырап-бағуға жәрдемақы тағайындау туралы шешiм.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="007B1817" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) өзара</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-қимыл тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Мемлекеттік қызмет көрсету процесіне қатысатын құрылымдық бөлімшелердің (қызметкерлердің) тізбесі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="8"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         1) көрсетілетін қызметті берушінің кеңсе қызметкері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         2) көрсетілетін қызметті берушінің басшысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:overflowPunct/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         3) көрсетілетін қызметті берушінің жауапты орындаушысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="576"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8. Әрбір рәсімнің (іс-қимылдың) ұзақтығын көрсете отырып, құрылымдық бөлімшелер (қызметкерлер) арасындағы рәсімдер (іс-қимылдар) реттілігінің сипаттамасы осы регламенттің 1-қосымшасына сәйкес кестемен қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00410252">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Мемлекеттік қызмет көрсету процесінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және (немесе) өзге де көрсетілетін қызметті берушілермен өзара іс-қимыл тәртібін, сондай-ақ ақпараттық жүйелерді пайдалану тәртібін сипаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00807DA9">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9. О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>сы регламенттің 2-қосымшасына сәйкес ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рбір рәсімнің </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...55 lines deleted...]
-        <w:t>Назначение выплаты пособия опекунам или попечителям на содержание ребенка-сироты (</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(іс-қимылдың) ұзақтығын көрсете отырып, Мемлекеттік корпорацияға жүгіну </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...150 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>тәртібін сипаттау – 15 (он бес)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00807DA9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A97FA6">
-[...93 lines deleted...]
-        <w:t xml:space="preserve">3) веб-портал «электронного правительства» </w:t>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) мемлекеттік көрсетілетін қызметті алушы Мемлекеттік корпорация операторына қажетті құжаттарды және өтінішті тапсырады, ол электрондық кезек ретімен «кедергісіз» қызмет көрсету арқылы операциялық залда жүзеге асырылады. Көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызмет Стандартының 9-тармағына сәйкес құжаттар топтамасын толық ұсынбаған жағдайда Мемлекеттік корпорациясының қызметкері өтінішті қабылдаудан бас тартады жән</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е мемлекеттік қызмет Стандартының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00807DA9">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A97FA6">
-[...305 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-процесс – қызмет көрсету үшін Мемлекеттік корпорация операторының Мемлекеттік корпорация</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...1636 lines deleted...]
-    <w:p w:rsidR="006976FA" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ықпалдастырылған ақпараттық жүйесінің автоматтандырылған жұмыс орнына (бұдан әрі – ЫАЖ АЖО) логин мен парольді енгізуі (авторизациялау процесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00807DA9">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00527C94">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-        <w:t>2)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-процесс – Мемлекеттік корпорация операторының қызметті таңдауы, экранға мемлекеттік қызметті көрсету үшін сұрау нысанын шығаруы және ХҚО операторының көрсетілетін қызметті алушының деректерін, сондай-ақ көрсетілетін қызметті алушы өкілінің сенім хат бойынша (нотариалды түрде </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...345 lines deleted...]
-    <w:p w:rsidR="006976FA" w:rsidRPr="00527C94" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лған сенім хат болған жағдайда) деректерін енгізуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00527C94">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...61 lines deleted...]
-    <w:p w:rsidR="006976FA" w:rsidRPr="00527C94" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4)  3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-процесс – электрондық үкімет шлюзі (бұдан әрі – ЭҮШ) арқылы жеке тұлғалар мемлекеттік деректер қорына (бұдан әрі – ЖТ МДҚ) көрсетілетін қызметті алушының деректері туралы, сондай-ақ Бірыңғай нотариалдық ақпараттық жүйеге (бұдан әрі – БНАЖ) – көрсетілетін қызметті алушы өкілінің сенім хат деректері туралы сұрауды жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00527C94">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-шарт – ЖТ МДҚ-да көрсетілетін қызметті алушы деректерінің және БНАЖ-да сенім хат деректерінің бар болуын тексеру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...27 lines deleted...]
-    <w:p w:rsidR="006976FA" w:rsidRPr="00527C94" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
       <w:pPr>
         <w:pStyle w:val="rtejustify"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00527C94">
+      <w:r w:rsidRPr="00055B39">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4-процесс – ЖТ МДҚ-да көрсетілетін қызметті алушының деректерінің және БНАЖ-да сенім хат деректерінің болмауына байланысты, деректерді алу мүмкін болмауы туралы хабарламаны қалыптастыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...580 lines deleted...]
-        <w:t xml:space="preserve"> АРМ РШЭП.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="00A0"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9797"/>
+        <w:gridCol w:w="9852"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006976FA" w:rsidTr="00DE43A5">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00B760EC" w:rsidTr="00C866FB">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9853" w:type="dxa"/>
+            <w:tcW w:w="9852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="006C06DC" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00976CA7" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="708"/>
+              <w:pStyle w:val="rtejustify"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C06DC">
-[...1 lines deleted...]
-                <w:color w:val="0D0D0D"/>
+            <w:r w:rsidRPr="00976CA7">
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006C06DC">
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00976CA7">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...88 lines deleted...]
-              <w:t>ИИН) , а также пароля;</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5-процесс  –  ЭҮШ  арқылы  өңірлік  электрондық   үкімет   шлюзінің</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006976FA" w:rsidRPr="005C0024" w:rsidRDefault="006976FA" w:rsidP="006976FA">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>автоматтандырылған жұмыс орнына (бұдан әрі – ӨЭҮШ АЖО) Мемлекеттік корпорация операторының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған (қол қойылған) электрондық құжаттарды (көрсетілетін қызметті алушының сұрауын) жіберу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C866FB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...79 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10. Әрбір рәсімді (іс-қимылды) көрсете отырып, мемлекеттік қызметті көрсетудің нәтижесін Мемлекеттік корпорация арқылы алу рәсімдерін сипаттау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...67 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6-процесс – ӨЭҮШ АЖО-да электрондық құжатты тіркеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...165 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-шарт – көрсетілетін қызметті берушінің қызмет көрсету үшін көрсетілетін қызметті алушының қоса берілген құжаттардың сәйкестігін және негіздемелерін тексеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...116 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7-процесс – көрсетілетін қызметті алушының құжаттарында бұзушылықтың болуына байланысты сұратылып отырған қызметтен бас тарту жөнінде хабарламаны қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:pStyle w:val="rtejustify"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...79 lines deleted...]
-    <w:p w:rsidR="006976FA" w:rsidRPr="005C0024" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8-процесс – көрсетілетін қызметті алушының Мемлекеттік корпорация операторы арқылы ӨЭҮШ АЖО-да қалыптастырылған қызметтің нәтижесін (анықтаманы немесе бас тарту туралы дәлелді жауап) алуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C0024">
-[...5 lines deleted...]
-        <w:t>8)</w:t>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11. Әрбір рәсімді (іс-қимылды) көрсете отырып, портал арқылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүгіну тәртібі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">н сипаттау – 15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...36 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(он бес) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>минут:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-        <w:t>9)</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көрсетілетін қызметті алушы жеке сәйкестендіру нөмірінің (бұдан әрі – ЖСН), сондай-ақ парольдің көмегімен порталда тіркелуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2)  1-процесс – қызметті алу үшін көрсетілетін қызметті алушының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...71 lines deleted...]
-        <w:t xml:space="preserve"> для оказания услуги;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орталда ЖСН мен паролін енгізуі (авторизациялау процесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3)   1-шарт – ЖСН мен пароль арқылы тіркелген көрсетілетін қызметті алушы туралы деректердің түпнұсқалығын порталда тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) 2-процесс – көрсетілетін қызметті алушының құжаттарында бұзушылықтың болуына байланысты порталдың авторизациялаудан бас тарту туралы хабарламаны қалыптастыруы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) 3-процесс – көрсетілетін қызметті алушының осы регламентте көрсетілген қызметті таңдауы, қызметті көрсету үшін экранға сұраныс нысанын шығару және нысан талаптары мен оның құрылымын ескере отырып, көрсетілетін қызметті алушының нысанды толтыруы (деректерді енгізуі), қажетті құжаттардың электрондық түріндегі көшірмелерін сұраныс нысанына бекіту, сондай-ақ сұранысты куәландыру (қол қою) үшін көрсетілетін қызметті алушының ЭЦҚ тіркеу куәлігін таңдауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6)  2-шарт – порталда ЭЦҚ тіркеу куәлігінің қолдану мерзімін және  қайтарылған (күші жойылған) тіркеу куәліктерінің тізімінде жоқтығын, сондай-ақ сәйкестендіру деректерінің сәйкестігін (сұраныста көрсетілген ЖСН мен ЭЦҚ тіркеу куәлігінде көрсетілген ЖСН арасында) тексеру;</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9797"/>
+        <w:gridCol w:w="9796"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006976FA" w:rsidRPr="009C0847" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00B760EC" w:rsidTr="00C866FB">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9797" w:type="dxa"/>
+            <w:tcW w:w="9796" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="009C0847" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C0847">
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7)  4-процесс – көрсетілетін қызметті алушының ЭЦҚ расталмауына байланысты сұратылып жатқан қызметтен бас тарту жөнінде хабарламаны қалыптастыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="9565"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00C866FB" w:rsidRPr="00B760EC" w:rsidTr="00C866FB">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="9565" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:sz w:val="28"/>
+                      <w:szCs w:val="28"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">        8)  5-процесс – көрсетілетін қызметті беруші сұранысты өңдеуі үшін ЭҮШ арқылы көрсетілетін қызметті берушінің ЭЦҚ-мен куәландырылған (қол қойылған) электрондық құжаттарды (көрсетілетін қызметті алушының сұранысын) ӨЭҮШ АЖО-ға жіберу;</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:ind w:firstLine="709"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006976FA" w:rsidRPr="005C0024" w:rsidRDefault="006976FA" w:rsidP="006976FA">
-[...23 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...105 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) 3-шарт – көрсетілетін қызметті берушінің қызмет көрсету үшін көрсетілетін қызметті алушының қоса берілген құжаттардың сәйкестігін және негіздерін тексеруі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...27 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10)   6 - процесс   –   көрсетілетін    қызметті    алушының   құжаттарында</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...60 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұзушылықтың болуына байланысты сұратылып отырған қызметтен бас тарту жөнінде хабарламаны қалыптастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...166 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) 7-процесс – көрсетілетін қызметті алушының ӨЭҮШ АЖО қалыптастырған қызметтің нәтижесін (электрондық құжат нысанындағы хабарламаны) алуы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті берушінің уәкілетті тұлғасының ЭЦҚ-мен куәландырылған электрондық құжат түрінде көрсетілетін қызметті алушының «жеке кабинетіне» жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Портал арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің функционалдық өзара іс-қимыл диаграммасы осы регламенттің 3-қосымшасында келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12. Мемлекеттік қызмет көрсету процесінде көрсетілетін қызметті берушінің құрылымдық бөлімшелерінің (қызметкерлерінің) рәсімдер                 (іс-қимылдар) реттілігін толық сипаттау, сондай-ақ өзге де мемлекеттік қызметті берушілермен және (немесе) Мемлекеттік корпорациямен өзара іс-қимыл тәртібін сипаттау, мемлекеттік қызмет көрсету процесінде ақпараттық жүйелерді пайдалану тәртібін сипаттау осы регламенттің 4-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қосымшасына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік көрсетілетін қызметтің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бизнес-процестерінің анықтамалығында көрсетіледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...30 lines deleted...]
-          <w:cols w:space="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidSect="007B1817">
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:footnotePr>
+            <w:pos w:val="beneathText"/>
+          </w:footnotePr>
+          <w:pgSz w:w="11905" w:h="16837"/>
+          <w:pgMar w:top="1304" w:right="794" w:bottom="1077" w:left="1474" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="49"/>
+          <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
-[...3 lines deleted...]
-        <w:ind w:left="8643" w:firstLine="561"/>
+    <w:p w:rsidR="00C74275" w:rsidRDefault="00C866FB" w:rsidP="00C74275">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...13 lines deleted...]
-        <w:ind w:left="8643" w:firstLine="561"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C74275">
+      <w:pPr>
+        <w:ind w:left="6372" w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-        <w:ind w:left="8643" w:firstLine="561"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қамқоршыларға немесе қорғаншыларға жетiм баланы (жетiм балаларды)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...16 lines deleted...]
-        <w:ind w:left="9351"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>және ата-анасының қамқорлығынсыз қалған баланы (балаларды) асырап-бағуға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...72 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>жәрдемақы тағайындау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» мемлекеттік көрсетілетін қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регламентіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әрбір рәсімнің (іс-қимылдың) ұзақтығын көрсетумен құрылымдық бөлімшелердің (қызметкерлердің)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арасындағы рәсімдердің (іс-қим</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E126A6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...65 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лдар) реттілігін сипаттау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14459" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
-        <w:gridCol w:w="2330"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1986"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006976FA" w:rsidRPr="007D2D53" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00B760EC" w:rsidTr="00C866FB">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13892" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...4 lines deleted...]
-              <w:t>Действия основного процесса (хода, потока работ)</w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Негізгі процестің (жұмыс барысының, ағының) іс-қимылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006976FA" w:rsidRPr="007D2D53" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidTr="00C866FB">
         <w:trPr>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
+            <w:r w:rsidRPr="00055B39">
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="a6"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...1 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іс-қимылдың (жұмыс барысының ағынының) №</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3198" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00055B39">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00055B39">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="-318"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
+            <w:r w:rsidRPr="00055B39">
               <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00055B39">
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00055B39">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006976FA" w:rsidRPr="007D2D53" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidTr="00C866FB">
         <w:trPr>
           <w:trHeight w:val="868"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
+            <w:r w:rsidRPr="00055B39">
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құрылымдық бөлімшелер (қыз-меткерлер)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3198" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...21 lines deleted...]
-              <w:t>канцелярии услугодателя</w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...4 lines deleted...]
-              <w:t>Руководитель услугодателя</w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Ответственный исполнитель услугодателя </w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің жауапты орындаушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...4 lines deleted...]
-              <w:t>Руководитель услугодателя</w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...4 lines deleted...]
-              <w:t>Ответственный исполнитель услугодателя</w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің жауапты орындаушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006976FA" w:rsidRPr="007D2D53" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="006E6D65" w:rsidTr="00C866FB">
         <w:trPr>
           <w:trHeight w:val="1441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
+            <w:r w:rsidRPr="00055B39">
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00F76686" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A61D0E">
-[...4 lines deleted...]
-              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Іс-қимылдың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>процестің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рәсімнің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00055B39">
+              <w:t>операци</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>яның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атауы және оны сипаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3198" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...4 lines deleted...]
-              <w:t>Осуществляет прием и регистрацию полученных документов</w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алынған құжаттарды қабылдауды және тіркеуді жүзеге асырады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">и  определяет ответственного исполнителя </w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қарастырады және жауапты орындаушыны анықтайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> о назначении пособия  </w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Құжаттарды қарастырады,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жәрдемақы тағайындау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шешім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ді ре</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сімдейді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жәрдемақы тағайындау </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шешім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і қарастырады және қол қояды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жәрдемақы тағайындау </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шешім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">і тіркейді </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="006E6D65" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidTr="00C866FB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:kern w:val="2"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аяқталу нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басшыға қарауға беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрыштама</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> подписывает </w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жәрдемақы тағайындау </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шешім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і басшыға қарауға  және қол қоюға  жібереді</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...4 lines deleted...]
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...32 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-[...126 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> о назначении пособия</w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жәрдемақы тағайындау туралы шешім </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1986" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...12 lines deleted...]
-              <w:t>о назначении пособия</w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жәрдемақы тағайындау туралы шешімді</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...12 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік корпорацияға жібереді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006976FA" w:rsidRPr="007D2D53" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidTr="00C866FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
+            <w:r w:rsidRPr="00055B39">
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2330" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00F76686" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A61D0E">
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орындау мерзімдері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3198" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">30 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              </w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(отыз) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
               <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00617FC4" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бір) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмыс күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:pStyle w:val="af1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
+            <w:r w:rsidRPr="00055B39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t xml:space="preserve">1 </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t>(один) рабочий день</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(алты) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00617FC4" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
+              <w:pStyle w:val="af1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E126A6">
+            <w:r w:rsidRPr="00055B39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t>6</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> (шесть) рабочих дней</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бір) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00E126A6" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
+              <w:pStyle w:val="af1"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E126A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 </w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...11 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E126A6">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бір) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00055B39">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...20 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмыс күні</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006976FA" w:rsidRDefault="006976FA" w:rsidP="006976FA">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C74275" w:rsidRDefault="00C74275" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:left="6381" w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қамқоршыларға немесе қорғаншыларға жетiм баланы (жетiм балаларды)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>және ата-анасының қамқорлығынсыз қалған баланы (балаларды) асырап-бағуға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>жәрдемақы тағайындау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» мемлекеттік көрсетілетін қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регламентіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мемлекеттік корпорация арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...44 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>функционалдық өзара іс-қимыл диаграммасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...165 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="14252"/>
+        <w:gridCol w:w="13826"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidTr="00C866FB">
         <w:trPr>
           <w:trHeight w:val="952"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14252" w:type="dxa"/>
+            <w:tcW w:w="14317" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="004A01A5" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r w:rsidRPr="000C1EC1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shapetype id="_x0000_t130" coordsize="21600,21600" o:spt="130" path="m3600,21597c2662,21202,1837,20075,1087,18440,487,16240,75,13590,,10770,75,8007,487,5412,1087,3045,1837,1465,2662,337,3600,l21597,v-937,337,-1687,1465,-2512,3045c18485,5412,18072,8007,17997,10770v75,2820,488,5470,1088,7670c19910,20075,20660,21202,21597,21597xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="10800,0;0,10800;10800,21600;17997,10800" textboxrect="3600,0,17997,21600"/>
                 </v:shapetype>
-                <v:shape id="_x0000_s1741" type="#_x0000_t130" style="position:absolute;margin-left:327pt;margin-top:3.5pt;width:148.8pt;height:35.4pt;z-index:65;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1741">
+                <v:shape id="_x0000_s1894" type="#_x0000_t130" style="position:absolute;margin-left:21.9pt;margin-top:3.5pt;width:113.3pt;height:45.85pt;z-index:252427264;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUS7LJcgIAAIwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFO3DAQvVfqP1i+QzbLUiAiixCUqhIF&#10;JNoP8DpOYtWx07F3s/RUDpx66p9wKJe28A3eP+rYWZalvVXNwfJ4Zp7fvPFk/2DeKDITYKXROU03&#10;B5QIzU0hdZXTD+9PNnYpsY7pgimjRU6vhKUH45cv9rs2E0NTG1UIIAiibda1Oa2da7MksbwWDbOb&#10;phUanaWBhjk0oUoKYB2iNyoZDgavks5A0YLhwlo8Pe6ddBzxy1Jwd16WVjiicorcXFwhrpOwJuN9&#10;llXA2lryJQ32DywaJjVeuoI6Zo6RKci/oBrJwVhTuk1umsSUpeQi1oDVpIM/qrmsWStiLSiObVcy&#10;2f8Hy89mF0BkkdO9ISWaNdgj/83/9A/+x8bienHj7/wvf5uRxbV/WNwsvvhbf49n9/5+8dXfEf89&#10;HvQGQqCeXWszhL1sLyAoYttTwz9aos1RzXQlDgFMVwtWYBVpiE+eJQTDYiqZdO9MgWzY1Jko7byE&#10;JgCiaGQeO3i16qCYO8LxME1HW4MBNpqjb7SztZPGFicse8xuwbo3wjQkbHJaKtMhL3DnWkktLp0B&#10;VgXNWcZmp9YFfix7TIr1GCWLE6lUNKCaHCkgM4bv6yR+sSQsez1MadKhwtvD7Yj8zGfXIZB7oN/f&#10;+iyskQ4HRckmp7urIJYFIV/rAhNY5phU/R4pK71UNojZN8XNJ3MMDApPTHGFGoPpBwIHGDe1gc+U&#10;dDgMObWfpgwEJeqtxj7tpaNRmJ5ojLZ3hmjAumey7mGaI1ROuQNKeuPI9TM3bUFWNd6VRiG0OcTu&#10;ljLK/MRryRyffFR/OZ5hptbtGPX0Exn/BgAA//8DAFBLAwQUAAYACAAAACEAHQV0st4AAAAHAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBSE74L/YXmCl9JuEqWWmJdSC3rTaisFb9vsaxLMvk2z&#10;mzT+e7cnPQ4zzHyTLUfTiIE6V1tGiGcRCOLC6ppLhM/d83QBwnnFWjWWCeGHHCzz66tMpdqe+YOG&#10;rS9FKGGXKoTK+zaV0hUVGeVmtiUO3tF2Rvkgu1LqTp1DuWlkEkVzaVTNYaFSLa0rKr63vUGYrE59&#10;9zr5Ou6Ht3h9enrfb4x7Qby9GVePIDyN/i8MF/yADnlgOtietRMNwv1dIPcID+FRsJPkog8Ii3gO&#10;Ms/kf/78FwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANRLsslyAgAAjAQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAB0FdLLeAAAABwEAAA8AAAAA&#10;AAAAAAAAAAAAzAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADXBQAAAAA=&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="006743C2" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:jc w:val="both"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00055B39">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Мемлекеттік корпорация</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DE7761">
+                          <w:rPr>
+                            <w:b/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="006743C2">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ЫАЖ АЖО</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="000C1EC1">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1932" style="position:absolute;margin-left:191.75pt;margin-top:3.5pt;width:56.8pt;height:37.3pt;z-index:252466176;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDQtY5aUAIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNE233e5GTVerLkVI&#10;C6y08ACO4zQWjm3GbtNyQuKKxCPwEFwQP/sM6RsxcdrSBU6IHCyPZ+bzzPeNM7lYV4qsBDhpdErj&#10;Xp8SobnJpV6k9NXL+aMzSpxnOmfKaJHSjXD0YvrwwaS2iRiY0qhcAEEQ7ZLaprT03iZR5HgpKuZ6&#10;xgqNzsJAxTyasIhyYDWiVyoa9PunUW0gt2C4cA5PrzonnQb8ohDcvygKJzxRKcXafFghrFm7RtMJ&#10;SxbAbCn5rgz2D1VUTGq89AB1xTwjS5B/QFWSg3Gm8D1uqsgUheQi9IDdxP3furktmRWhFyTH2QNN&#10;7v/B8uerGyAyT+l5TIlmFWrUfNq+235svjd32/fN5+au+bb90PxovjRfCQYhY7V1CSbe2htoe3b2&#10;2vDXjmgzK5leiEsAU5eC5VhniI/uJbSGw1SS1c9MjvexpTeBvHUBVQuItJB10Ghz0EisPeF4OB7E&#10;J6eoJEfXcHwyjoOGEUv2yRacfyJMRdpNSgFHIICz1bXzWDyG7kNC8UbJfC6VCgYsspkCsmI4LvPw&#10;tf1iijsOU5rUSNhoMArI93zuGKIfvr9BVNLj3CtZpfTsEMSSlrXHOg9T6ZlU3R7vVxrL2DPXKeDX&#10;2Tood9AkM/kGeQXTjTk+S9yUBt5SUuOIp9S9WTIQlKinGrU5j4fD9k0EYzgaD9CAY0927GGaI1RK&#10;uQdKOmPmu5e0tCAXJd4VBz60uURFCxnYbmvu6to1gIMcGN09uvalHNsh6tevYfoTAAD//wMAUEsD&#10;BBQABgAIAAAAIQC/h7v+4AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAFITvJv6HzTPx&#10;YuyC1RaRpSFGY4wehPbS25Z9ApF9S9gtxX/v86THyUxmvsk2s+3FhKPvHCmIFxEIpNqZjhoFu+3z&#10;dQLCB01G945QwTd62OTnZ5lOjTtRiVMVGsEl5FOtoA1hSKX0dYtW+4UbkNj7dKPVgeXYSDPqE5fb&#10;Xt5E0Upa3REvtHrAxxbrr+poFezdu3sqInwZ2u1rmK6K8u2jKpW6vJiLBxAB5/AXhl98RoecmQ7u&#10;SMaLXsEyWd5xVMGaL7F/e7+OQRwUJPEKZJ7J/wfyHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDQtY5aUAIAAGIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQC/h7v+4AAAAAgBAAAPAAAAAAAAAAAAAAAAAKoEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="006743C2" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="006743C2">
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>АРМ РШЭП</w:t>
+                          <w:t xml:space="preserve">  ЖТ </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="006743C2">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>МДҚ</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="000C1EC1">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                  <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                  <o:lock v:ext="edit" shapetype="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1896" type="#_x0000_t32" style="position:absolute;margin-left:359.25pt;margin-top:40.8pt;width:0;height:40.45pt;flip:y;z-index:252429312;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmfENCcAIAAJkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1uEzEU3iNxB2v2yWTSpE1HnVRoJmFT&#10;oFILe8f2ZCw8tmU7mUQIqXCBHoErsGHBj3qGyY149qQphQ1CZOE828+fv/f5e3N2vqkFWjNjuZJZ&#10;lPQHEWKSKMrlMoteX897kwhZhyXFQkmWRVtmo/Pp0ydnjU7ZUFVKUGYQgEibNjqLKud0GseWVKzG&#10;tq80k7BZKlNjB1OzjKnBDaDXIh4OBsdxowzVRhFmLawW3WY0DfhlyYh7VZaWOSSyCLi5MJowLvwY&#10;T89wujRYV5zsaeB/YFFjLuHSA1SBHUYrw/+AqjkxyqrS9YmqY1WWnLBQA1STDH6r5qrCmoVaQByr&#10;DzLZ/wdLXq4vDeI0i05BHolreKP20+5md9v+aD/vbtHuQ3sHw+7j7qb90n5vv7V37VcEyaBco20K&#10;ALm8NL52spFX+kKRtxZJlVdYLlmo4HqrATXxJ+JHR/zEarh/0bxQFHLwyqkg46Y0NSoF12/8QQ8O&#10;UqFNeLft4d3YxiHSLRJYHSdHJ8k4XINTj+DPaWPdc6Zq5IMsss5gvqxcrqQEcyjToeP1hXWe38MB&#10;f1iqORcieERI1IBI4+E40LFKcOo3fZo1y0UuDFpj77Lw27N4lOYZFNhWXR6FyGfh1KiVpCGqGKaz&#10;fewwFxAjF9RzhoOegkWeRc1ohASDhvNRR1tIDwWKQCH7qDPgu9PB6Wwym4x6o+HxrDcaFEXv2Twf&#10;9Y7nycm4OCryvEje+6KSUVpxSpn0dd03QzL6O7Pt27Kz8aEdDgLGj9GD0kD2/j+QDubwfuictVB0&#10;e2l8dd4n4P+QvO9V32C/zkPWwxdl+hMAAP//AwBQSwMEFAAGAAgAAAAhACPKPsTaAAAACgEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOhDAQhu8mvkMzJt7cwibLEpayMSYePAo8QKGzlEinhHYX9Okd&#10;40GPM/Pln+8vz5ubxA2XMHpSkO4SEEi9NyMNCtrm9SkHEaImoydPqOATA5yr+7tSF8av9I63Og6C&#10;QygUWoGNcS6kDL1Fp8POz0h8u/jF6cjjMkiz6JXD3ST3SZJJp0fiD1bP+GKx/6ivToHsLC1fl6bN&#10;1uRtbtfaHBtnlHp82J5PICJu8Q+GH31Wh4qdOn8lE8Sk4JjmB0YV5GkGgoHfRcdktj+ArEr5v0L1&#10;DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGZ8Q0JwAgAAmQQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACPKPsTaAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAygQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="000C1EC1">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1931" type="#_x0000_t130" style="position:absolute;margin-left:327pt;margin-top:3.5pt;width:88.7pt;height:37.3pt;z-index:252465152;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9ounacwIAAJMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbvbTbL9mejZlHVUoRU&#10;aKXCA3gdJ7FwbDP2brac6KEnTrxJD/QCtM+QfSPGznbZAidEDpbHY3+e7/s8OXi+aBSZC3DS6Jym&#10;2wNKhOamkLrK6bu3J1v7lDjPdMGU0SKnl8LR55OnTw5am4mhqY0qBBAE0S5rbU5r722WJI7XomFu&#10;21ihMVkaaJjHEKqkANYieqOS4WCwm7QGCguGC+dw9bhP0knEL0vB/VlZOuGJyinW5uMIcZyGMZkc&#10;sKwCZmvJV2Wwf6iiYVLjpWuoY+YZmYH8A6qRHIwzpd/mpklMWUouIgdkkw5+Y3NRMysiFxTH2bVM&#10;7v/B8jfzcyCyyOn+mBLNGvSo+9J97+67b1vLq+V1d9v96G4ysrzq7pfXy0/dTXeHa3fd3fJzd0u6&#10;r3GhDxAC9WytyxD2wp5DUMTZU8PfO6LNUc10JQ4BTFsLViCLNOxPHh0IgcOjZNq+NgVWw2beRGkX&#10;JTQBEEUji+jg5dpBsfCE42KaDndHYzSaY26092wvjRYnLHs4bcH5l8I0JExyWirTYl3gz7SSWlx4&#10;A6wKmrOMzU+dD/Wx7OFQ5GOULE6kUjGAanqkgMwZvq+T+EVKSHtzm9Kkzel4Z7gTkR/l3CbEIH5/&#10;g2ikx0ZRskGn1ptYFoR8oYv4jD2Tqp9jyUqvlA1i9qb4xXQRrR4+2DQ1xSVKDabvC+xjnNQGPlLS&#10;Yk/k1H2YMRCUqFca7Rqno1FoohiMdvaGGMBmZrqZYZojVE65B0r64Mj3rTezIKsa70qjHtocosml&#10;jGqHB9DXtSKALz+asOrS0Fqbcdz1618y+QkAAP//AwBQSwMEFAAGAAgAAAAhAPVbS/nhAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISFymLS2MMpWm05gENwZsaBK3rPHaisbp&#10;mrQr/x5zgpNtvafn72XL0TZiwM7XjhTEswgEUuFMTaWCj93TdAHCB01GN45QwTd6WOaXF5lOjTvT&#10;Ow7bUAoOIZ9qBVUIbSqlLyq02s9ci8Ta0XVWBz67UppOnzncNvImihJpdU38odItrissvra9VTBZ&#10;nfruZfJ53A+beH16fNu/Wv+s1PXVuHoAEXAMf2b4xWd0yJnp4HoyXjQKkrs5dwkK7nmwvriN5yAO&#10;vMQJyDyT/wvkPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD9ounacwIAAJMEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD1W0v54QAAAAgBAAAP&#10;AAAAAAAAAAAAAAAAAM0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="006743C2" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="006743C2">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ӨЭҮШ</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="006743C2" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="006743C2">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>АЖО</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
-[...98 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3480"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="8055"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64D43">
+            <w:r w:rsidRPr="00055B39">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00C64D43">
+            <w:r w:rsidRPr="00055B39">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="004A01A5" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r w:rsidRPr="000C1EC1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1735" type="#_x0000_t32" style="position:absolute;margin-left:372pt;margin-top:16.2pt;width:0;height:35.2pt;z-index:59;visibility:visible">
+                <v:shape id="_x0000_s1897" type="#_x0000_t32" style="position:absolute;margin-left:372pt;margin-top:7.55pt;width:0;height:35.2pt;z-index:252430336;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVmqOSbQIAAI8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmunDhC5KCQ7G7S&#10;1kDSA9AiZRGlSIGkLRtFgbQXyBF6hW666Ac5g3yjDinbTdpNUdQLekjOvJk3fKOLy00t0Jppw5VM&#10;cXQSYsRkoSiXyxS/uZkNxhgZSyQlQkmW4i0z+HLy9MlF2yRsqColKNMIQKRJ2ibFlbVNEgSmqFhN&#10;zIlqmITLUumaWNjqZUA1aQG9FsEwDE+DVmnaaFUwY+A07y/xxOOXJSvs67I0zCKRYqjN+lX7deHW&#10;YHJBkqUmTcWLfRnkH6qoCZeQ9AiVE0vQSvM/oGpeaGVUaU8KVQeqLHnBPAdgE4W/sbmuSMM8F2iO&#10;aY5tMv8Ptni1nmvEaYrH8FKS1PBG3afd7e6u+9F93t2h3YfuHpbdx91t96X73n3r7ruvCJyhc21j&#10;EgDI5Fw77sVGXjdXqnhrkFRZReSSeQY32wZQIxcRPApxG9NA/kX7UlHwISurfBs3pa4dJDQIbfxr&#10;bY+vxTYWFf1hAadxfBbG/iEDkhziGm3sC6Zq5IwUG6sJX1Y2U1KCJJSOfBayvjLWVUWSQ4BLKtWM&#10;C+GVISRqU3w+Go58gFGCU3fp3IxeLjKh0Zo4bfmfpwg3D90cck5M1ftRsHrRabWS1CepGKHTvW0J&#10;F2Aj63tmNYcuCoZdFTWjGAkGY+asvmwhXSXQESCyt3rZvTsPz6fj6TgexMPT6SAO83zwfJbFg9NZ&#10;dDbKn+VZlkfvHakoTipOKZOO12EEovjvJLYfxl68xyE4NjB4jO47DcUe/n3RXhJOBb2eFopu59qx&#10;c+oA1Xvn/YS6sXq4916/viOTnwAAAP//AwBQSwMEFAAGAAgAAAAhAApHy+jcAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok6iBNsSpEC0nThQOHN14mwTsdbDdNvw9iziU&#10;486MZt/Uq8lZccQQB08K8lkGAqn1ZqBOwdvr080CREyajLaeUME3Rlg1lxe1row/0Qset6kTXEKx&#10;0gr6lMZKytj26HSc+RGJvb0PTic+QydN0Ccud1YWWXYrnR6IP/R6xMce28/twSlYtm5TpPdnq7/W&#10;H+uQp6yUxUap66vp4R5Ewimdw/CLz+jQMNPOH8hEYRXczee8JbFR5iA48CfsFCzKEmRTy/8Lmh8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlZqjkm0CAACPBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACkfL6NwAAAAJAQAADwAAAAAAAAAAAAAA&#10;AADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r w:rsidRPr="000C1EC1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1740" type="#_x0000_t32" style="position:absolute;margin-left:221.15pt;margin-top:11pt;width:0;height:40.4pt;flip:y;z-index:64;visibility:visible">
+                <v:shape id="_x0000_s1930" type="#_x0000_t32" style="position:absolute;margin-left:221.15pt;margin-top:11pt;width:0;height:40.4pt;flip:y;z-index:252464128;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBCoTyraAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOnThC5KKQ7G7S&#10;NkDS7mmRsohSJEEylo2iQNoL5Ai9Qjdd9IOcQb5Rh5TjJO2mKOoFPSRnHt/MvNHps3Uj0IoZy5XM&#10;cHIQY8RkqSiXywy/uZwPJhhZRyQlQkmW4Q2z+Nn06ZPTVqdsqGolKDMIQKRNW53h2jmdRpEta9YQ&#10;e6A0k3BZKdMQB1uzjKghLaA3IhrG8VHUKkO1USWzFk6L/hJPA35VsdK9rirLHBIZBm4urCasC79G&#10;01OSLg3RNS93NMg/sGgIl/DoHqogjqArw/+AanhplFWVOyhVE6mq4iULOUA2SfxbNhc10SzkAsWx&#10;el8m+/9gy1erc4M4zfDkGCNJGuhR93l7vb3pfnZftjdo+7G7hWX7aXvdfe1+dN+72+4bAmeoXKtt&#10;CgC5PDc+93ItL/SZKt9ZJFVeE7lkIYPLjQbUxEdEj0L8xmp4f9G+VBR8yJVToYzryjSoEly/9YEe&#10;HEqF1qFvm33f2Nqhsj8s4XScHMaT0NKIpB7Bx2lj3QumGuSNDFtnCF/WLldSgjiU6dHJ6sw6z+8+&#10;wAdLNedCBI0IidoMn4yH40DHKsGpv/Ru1iwXuTBoRbzKwi8kCzcP3Yy6kjSA1YzQ2c52hAuwkQtV&#10;coZD3QTD/rWGUYwEg8HyVk9PSP8iZA6Ed1YvtPcn8clsMpuMBqPh0Wwwioti8HyejwZH8+R4XBwW&#10;eV4kHzz5ZJTWnFImPf870SejvxPVbvx6ue5lvy9U9Bg9VBTI3v0H0kEEvu+9ghaKbs6Nz87rAXQe&#10;nHcz6Qfp4T543X85pr8AAAD//wMAUEsDBBQABgAIAAAAIQBkSWLA3gAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwDIbvSLxDZCQuaEsJA1Wl6YSAwWma6MY9a0xbrXGqJtvat8eIAxxtf/r9&#10;/flydJ044RBaTxpu5wkIpMrblmoNu+1qloII0ZA1nSfUMGGAZXF5kZvM+jN94KmMteAQCpnR0MTY&#10;Z1KGqkFnwtz3SHz78oMzkcehlnYwZw53nVRJ8iCdaYk/NKbH5warQ3l0Gl7Kzf3q82Y3qql6X5dv&#10;6WFD06vW11fj0yOIiGP8g+FHn9WhYKe9P5INotOwWKg7RjUoxZ0Y+F3smUxUCrLI5f8KxTcAAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQqE8q2gCAACBBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAZEliwN4AAAAKAQAADwAAAAAAAAAAAAAAAADC&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAM0FAAAAAA==&#10;">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="006976FA" w:rsidRPr="00C64D43">
+            <w:r w:rsidR="00C866FB" w:rsidRPr="00055B39">
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:rPr>
           <w:vanish/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="395"/>
-        <w:tblW w:w="14351" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="392" w:tblpY="382"/>
+        <w:tblW w:w="14283" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="534"/>
-        <w:gridCol w:w="13817"/>
+        <w:gridCol w:w="401"/>
+        <w:gridCol w:w="13882"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidTr="00C866FB">
         <w:trPr>
-          <w:trHeight w:val="3960"/>
+          <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="401" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="004A01A5" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A01A5">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1759" style="position:absolute;left:0;text-align:left;margin-left:18.35pt;margin-top:108.2pt;width:33pt;height:30pt;z-index:83;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1759">
+                <v:oval id="_x0000_s1914" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:67.5pt;width:33pt;height:30pt;z-index:252447744;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqMJORMgIAAEYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fu2zAM/R+wOwj6Xx2nyZYacYqiXYYB&#10;3Vag2wEUWbaFyaJGKXGyw+wMxX53iRxplJym6fY3zB8CKVLP5Hvk/HLbGbZR6DXYkudnI86UlVBp&#10;25T8y+flqxlnPghbCQNWlXynPL9cvHwx712hxtCCqRQyArG+6F3J2xBckWVetqoT/gycshSsATsR&#10;yMUmq1D0hN6ZbDwavc56wMohSOU93d4MQb5I+HWtZPhU114FZkpOtYV0YjpX8cwWc1E0KFyr5aEM&#10;8Q9VdEJb+ukR6kYEwdao/4LqtETwUIczCV0Gda2lSj1QN/noj27uW+FU6oXI8e5Ik/9/sPLj5g6Z&#10;rko+m3JmRUca7X/sf+4f9r8YXRE/vfMFpd27O4wdencL8qtnFq5bYRt1hQh9q0RFVeUxP3v2IDqe&#10;nrJV/wEqQhfrAImqbY1dBCQS2DYpsjsqoraBSbqc5Bf5iHSTFDqfkZkUy0Tx+NihD+8UdCwaJVfG&#10;aOcjZ6IQm1sfYj2ieMxK9YPR1VIbkxxsVtcG2UbQfCzTl1qgNk/TjGV9yS+m42lCfhbzpxBU4FON&#10;z9IQ1rZK0xa5enuwg9BmsKlKYw/kRb4G3sN2tU3qnD8qsYJqR2wiDKNMq0dGC/ids57GuOT+21qg&#10;4sy8t6TIRT6ZxLlPzmT6ZkwOnkZWpxFhJUGVXAbkbHCuw7Ata4e6aelfeaLAwhXpWOtEcNR4qOvQ&#10;AA1r4v2wWHEbTv2U9bT+i98AAAD//wMAUEsDBBQABgAIAAAAIQCTL2y83gAAAAgBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8JAEIXvJvyHzZB4ky00WqjdEjWo0UgIaDwv3aFt6M423S2Uf+940uOb&#10;9/Lme9lysI04YedrRwqmkwgEUuFMTaWCr8/nmzkIHzQZ3ThCBRf0sMxHV5lOjTvTFk+7UAouIZ9q&#10;BVUIbSqlLyq02k9ci8TewXVWB5ZdKU2nz1xuGzmLojtpdU38odItPlVYHHe9VfCyeV3IuH+MDvS2&#10;nq+/P1aX93il1PV4eLgHEXAIf2H4xWd0yJlp73oyXjQKZsktJxUkCS9gfxGz3nMu5oPMM/l/QP4D&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqjCTkTICAABGBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAky9svN4AAAAIAQAADwAAAAAAAAAAAAAA&#10;AACMBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13817" w:type="dxa"/>
+            <w:tcW w:w="13882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="004A01A5" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1747" style="position:absolute;left:0;text-align:left;margin-left:565.15pt;margin-top:4.5pt;width:61.75pt;height:35.4pt;z-index:71;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1747">
+                <v:rect id="_x0000_s1903" style="position:absolute;left:0;text-align:left;margin-left:15.25pt;margin-top:11.65pt;width:52.6pt;height:33.85pt;z-index:252436480;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+C2ehTgIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNGlpyzZqulp1KUJa&#10;YKWFB3Adp7FwbDN2m5QT0l6ReAQeggviZ58hfSMmTrdbfsQBkYPl8cx8M/PNTKandanIRoCTRqe0&#10;34spEZqbTOpVSl+9XDw4ocR5pjOmjBYp3QpHT2f3700rm4iBKYzKBBAE0S6pbEoL720SRY4XomSu&#10;Z6zQqMwNlMyjCKsoA1YheqmiQRyPo8pAZsFw4Ry+nndKOgv4eS64f5HnTniiUoq5+XBCOJftGc2m&#10;LFkBs4Xk+zTYP2RRMqkx6AHqnHlG1iB/gyolB+NM7nvclJHJc8lFqAGr6ce/VHNVMCtCLUiOswea&#10;3P+D5c83l0BkltLxgBLNSuxR83H3bveh+dbc7K6bT81N83X3vvnefG6+EDRCxirrEnS8spfQ1uzs&#10;heGvHdFmXjC9EmcApioEyzDPfmsf/eTQCg5dybJ6ZjKMx9beBPLqHMoWEGkhdejR9tAjUXvC8XEc&#10;T8YxdpKj6uFoMByMQgSW3DpbcP6JMCVpLykFHIEAzjYXzrfJsOTWJCRvlMwWUqkgwGo5V0A2DMdl&#10;Eb49ujs2U5pUKZ2MMPbfIeLw/QmilB7nXskypScHI5a0rD3WWZhKz6Tq7piy0nsaW+a6Dvh6WYfO&#10;9QPJLa1Lk22RWDDdnONe4qUw8JaSCmc8pe7NmoGgRD3V2JxJfzhslyIIw9GjAQpwrFkea5jmCJVS&#10;7oGSTpj7bpXWFuSqwFj9QIg2Z9jSXAa67/LaV4CTHLqw37p2VY7lYHX3b5j9AAAA//8DAFBLAwQU&#10;AAYACAAAACEAUaRZGd8AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeDF2&#10;sUSLyNAQozGmHoT20tuWHYHIzhJ2S/Hfuz3p8c17ee+bbD2bXkw0us4ywt0iAkFcW91xg7Dbvt4m&#10;IJxXrFVvmRB+yME6v7zIVKrtiUuaKt+IUMIuVQit90MqpatbMsot7EAcvC87GuWDHBupR3UK5aaX&#10;yyh6kEZ1HBZaNdBzS/V3dTQIe/thX4qI3oZ2++6nm6LcfFYl4vXVXDyB8DT7vzCc8QM65IHpYI+s&#10;negR4sdVSCIs4xjE2Y/vw+GAsEoSkHkm/z+Q/wIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQC+C2ehTgIAAGMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBRpFkZ3wAAAAgBAAAPAAAAAAAAAAAAAAAAAKgEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1903">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00DE7761" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
-[...7 lines deleted...]
-                        <w:r w:rsidRPr="00D75BB4">
+                        <w:r w:rsidRPr="00DE7761">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>Процесс 8</w:t>
+                          <w:t xml:space="preserve">   </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00DE7761">
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">1-процесс </w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1901" style="position:absolute;left:0;text-align:left;margin-left:395.35pt;margin-top:10.55pt;width:50.45pt;height:34.95pt;z-index:252434432;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCNw6ZFTgIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG3pz27UdLXqUoS0&#10;wEoLD+A4TmPh2GbsNi0nJK5IPAIPwQXxs8+QvhFjt9stP+KAyMHyeGa+mflmJpOzda3ISoCTRme0&#10;1+lSIjQ3hdSLjL58MX9wQonzTBdMGS0yuhGOnk3v35s0NhV9UxlVCCAIol3a2IxW3ts0SRyvRM1c&#10;x1ihUVkaqJlHERZJAaxB9Fol/W53lDQGCguGC+fw9WKnpNOIX5aC++dl6YQnKqOYm48nxDMPZzKd&#10;sHQBzFaS79Ng/5BFzaTGoAeoC+YZWYL8DaqWHIwzpe9wUyemLCUXsQasptf9pZrrilkRa0FynD3Q&#10;5P4fLH+2ugIii4yORpRoVmOP2o/bt9sP7bf2Zvuu/dTetF+379vv7ef2C0EjZKyxLkXHa3sFoWZn&#10;Lw1/5Yg2s4rphTgHME0lWIF59oJ98pNDEBy6krx5agqMx5beRPLWJdQBEGkh69ijzaFHYu0Jx8fR&#10;oDvuDSnhqHo47A/6wxiBpbfOFpx/LExNwiWjgCMQwdnq0vmQDEtvTWLyRsliLpWKAizymQKyYjgu&#10;8/jt0d2xmdKkyejpEGP/HaIbvz9B1NLj3CtZZ/TkYMTSwNojXcSp9Eyq3R1TVnpPY2Bu1wG/ztex&#10;c+MQILCam2KDvILZjTmuJV4qA28oaXDEM+peLxkIStQTjb057Q0GYSeiMBiO+yjAsSY/1jDNESqj&#10;3AMlO2Hmd5u0tCAXFcbqRT60OceOljKyfZfXvgAc5NiE/dKFTTmWo9Xdr2H6AwAA//8DAFBLAwQU&#10;AAYACAAAACEAZN3Kbd8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBCFdyT+g3VILIg6&#10;6ZC2IU4VIRBCMJCUhc2NjzgiPkexm4Z/zzHBeHqf3vuu2C9uEDNOofekIF0lIJBab3rqFLwfHm+3&#10;IELUZPTgCRV8Y4B9eXlR6Nz4M9U4N7ETXEIh1wpsjGMuZWgtOh1WfkTi7NNPTkc+p06aSZ+53A1y&#10;nSSZdLonXrB6xHuL7Vdzcgo+/Kt/qBJ8Gu3hOc43Vf3y1tRKXV8t1R2IiEv8g+FXn9WhZKejP5EJ&#10;YlCw2SUbRhWs0xQEA9tdmoE4cpJlIMtC/v+g/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCNw6ZFTgIAAGIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBk3cpt3wAAAAkBAAAPAAAAAAAAAAAAAAAAAKgEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00582210" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00582210">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>6-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1899" style="position:absolute;left:0;text-align:left;margin-left:316.8pt;margin-top:8.95pt;width:52.3pt;height:37.25pt;z-index:252432384;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7MMHRUgIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG3p30ZNV6suRUgL&#10;rLTwAI7jNBaObcZu03JC2isSj8BDcEH87DOkb8TEaUsXOCFysDye8eeZ75vJ9HxTKrIW4KTRCe11&#10;upQIzU0m9TKhr18tHk0ocZ7pjCmjRUK3wtHz2cMH08rGom8KozIBBEG0iyub0MJ7G0eR44UomesY&#10;KzQ6cwMl82jCMsqAVYheqqjf7Y6iykBmwXDhHJ5etk46C/h5Lrh/medOeKISirn5sEJY02aNZlMW&#10;L4HZQvJ9GuwfsiiZ1PjoEeqSeUZWIP+AKiUH40zuO9yUkclzyUWoAavpdX+r5qZgVoRakBxnjzS5&#10;/wfLX6yvgcgsoaMhJZqVqFH9afd+97H+Xt/tbuvP9V39bfeh/lF/qb8SDELGKutivHhjr6Gp2dkr&#10;w984os28YHopLgBMVQiWYZ69Jj66d6ExHF4lafXcZPgeW3kTyNvkUDaASAvZBI22R43ExhOOh6PR&#10;oN9DJTm6Ho/740HIKGLx4bIF558KU5Jmk1DAFgjgbH3lfJMMiw8hIXmjZLaQSgUDlulcAVkzbJdF&#10;+EL+WONpmNKkSujZsD8MyPd87hSiG76/QZTSY98rWSZ0cgxiccPaE52FrvRMqnaPKSu9p7FhrlXA&#10;b9JNUG5y0CQ12RZ5BdO2OY4lbgoD7yipsMUT6t6uGAhK1DON2pz1BoNmJoIxGI77aMCpJz31MM0R&#10;KqHcAyWtMfftJK0syGWBb/UCH9pcoKK5DGw3ard57QvARg4i7IeumZRTO0T9+jXMfgIAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACAGO6ffAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKxDAQhu+C7xBG&#10;8CJu6ha6a226FFFE9GC7Xrxlm7EpNpPSZLv17R1Pepvh//jnm2K3uEHMOIXek4KbVQICqfWmp07B&#10;+/7xegsiRE1GD55QwTcG2JXnZ4XOjT9RjXMTO8ElFHKtwMY45lKG1qLTYeVHJM4+/eR05HXqpJn0&#10;icvdINdJkkmne+ILVo94b7H9ao5OwYd/9Q9Vgk+j3T/H+aqqX96aWqnLi6W6AxFxiX8w/OqzOpTs&#10;dPBHMkEMCrI0zRjlYHMLgoFNul2DOPCQZSDLQv7/oPwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA+zDB0VICAABiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAIAY7p98AAAAJAQAADwAAAAAAAAAAAAAAAACsBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAALgFAAAAAA==&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="006743C2" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="006743C2">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>5-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1904" style="position:absolute;left:0;text-align:left;margin-left:94.8pt;margin-top:12.15pt;width:54.05pt;height:27.75pt;z-index:252437504;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+le89TwIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNEm3Lduo6WrVpQhp&#10;gZUWHsB1nMTCsc3YbVpOSFyReAQeggviZ58hfSMmbrdbfsQBkYPl8cx8M/PNTCZn61qRlQAnjc5o&#10;0ospEZqbXOoyoy9fzB+cUuI80zlTRouMboSjZ9P79yaNTUXfVEblAgiCaJc2NqOV9zaNIscrUTPX&#10;M1ZoVBYGauZRhDLKgTWIXquoH8ejqDGQWzBcOIevFzslnQb8ohDcPy8KJzxRGcXcfDghnIvujKYT&#10;lpbAbCX5Pg32D1nUTGoMeoC6YJ6RJcjfoGrJwThT+B43dWSKQnIRasBqkviXaq4rZkWoBclx9kCT&#10;+3+w/NnqCojMMzo6oUSzGnvUfty+3X5ov7U323ftp/am/bp9335vP7dfCBohY411KTpe2yvoanb2&#10;0vBXjmgzq5guxTmAaSrBcswz6eyjnxw6waErWTRPTY7x2NKbQN66gLoDRFrIOvRoc+iRWHvC8XEU&#10;j0cxdpKj6mTYH/SHIQJLb50tOP9YmJp0l4wCjkAAZ6tL57tkWHprEpI3SuZzqVQQoFzMFJAVw3GZ&#10;h2+P7o7NlCZNRsdDjP13iDh8f4Kopce5V7LO6OnBiKUda490HqbSM6l2d0xZ6T2NHXO7Dvj1Yh06&#10;l4Qx7mhdmHyDxILZzTnuJV4qA28oaXDGM+peLxkIStQTjc0ZJ4NBtxRBGAwf9lGAY83iWMM0R6iM&#10;cg+U7ISZ363S0oIsK4yVBEK0OceWFjLQfZfXvgKc5NCF/dZ1q3IsB6u7f8P0BwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAFxHivngAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOg0AQhu8mvsNmTLyY&#10;dhG1pcjSEKMxjR6EevG2ZUcgsrOE3VJ8e8eTHv+ZL/98k21n24sJR985UnC9jEAg1c501Ch43z8t&#10;EhA+aDK6d4QKvtHDNj8/y3Rq3IlKnKrQCC4hn2oFbQhDKqWvW7TaL92AxLtPN1odOI6NNKM+cbnt&#10;ZRxFK2l1R3yh1QM+tFh/VUer4MO9usciwueh3e/CdFWUL29VqdTlxVzcgwg4hz8YfvVZHXJ2Orgj&#10;GS96zslmxaiC+PYGBANxcseDg4L1JgGZZ/L/B/kPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAD6V7z1PAgAAYwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAFxHivngAAAACQEAAA8AAAAAAAAAAAAAAAAAqQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAC2BQAAAAA=&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="006743C2" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="006743C2">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  2-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1902" style="position:absolute;left:0;text-align:left;margin-left:565.15pt;margin-top:4.5pt;width:61.75pt;height:35.4pt;z-index:252435456;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAaWGiuTgIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG2Vsm3UdLXqUoS0&#10;wEoLD+A4TmLh2GbsNl1OSFxX4hF4CC6In32G9I2YON1SfsQBkYPl8Yw/z3zfTOan21qRjQAnjU7p&#10;aDCkRGhucqnLlL58sXowpcR5pnOmjBYpvRaOni7u35s3NhFjUxmVCyAIol3S2JRW3tskihyvRM3c&#10;wFih0VkYqJlHE8ooB9Ygeq2i8XD4MGoM5BYMF87h6XnvpIuAXxSC++dF4YQnKqWYmw8rhDXr1mgx&#10;Z0kJzFaS79Ng/5BFzaTGRw9Q58wzsgb5G1QtORhnCj/gpo5MUUguQg1YzWj4SzVXFbMi1ILkOHug&#10;yf0/WP5scwlE5imdxpRoVqNG7Yfd29379mt7u3vXfmxv2y+7m/Zb+6n9TDAIGWusS/Dilb2ErmZn&#10;Lwx/5Yg2y4rpUpwBmKYSLMc8R1189NOFznB4lWTNU5Pje2ztTSBvW0DdASItZBs0uj5oJLaecDw8&#10;mcbj8YQSjq44nk2mQcOIJXeXLTj/WJiadJuUArZAAGebC+e7ZFhyFxKSN0rmK6lUMKDMlgrIhmG7&#10;rMIX8scaj8OUJk1KZxPM4+8Qw/D9CaKWHvteyRqJPwSxpGPtkc5DV3omVb/HlJXe09gx1yvgt9k2&#10;KHfQJDP5NfIKpm9zHEvcVAbeUNJgi6fUvV4zEJSoJxq1mY3iuJuJYMSTkzEacOzJjj1Mc4RKKfdA&#10;SW8sfT9JawuyrPCtUeBDmzNUtJCB7U7tPq99AdjIQYT90HWTcmyHqB+/hsV3AAAA//8DAFBLAwQU&#10;AAYACAAAACEAYE9OSeAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1&#10;2whoQ5wqQiCE4EBSLtzceEki4nUUu2n4e7YnOI52NPtetp1dLyYcQ+dJw3KhQCDV3nbUaPjYPV2v&#10;QYRoyJreE2r4wQDb/PwsM6n1RypxqmIjeIRCajS0MQ6plKFu0Zmw8AMS37786EzkODbSjubI466X&#10;K6VupTMd8YfWDPjQYv1dHZyGT//mHwuFz0O7e4nTVVG+vlel1pcXc3EPIuIc/8pwwmd0yJlp7w9k&#10;g+g5LxOVcFfDhp1OhdVNwjJ7DXebNcg8k/8V8l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAGlhork4CAABiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAYE9OSeAAAAAKAQAADwAAAAAAAAAAAAAAAACoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00582210" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00582210">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>8-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1909" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:227.65pt;margin-top:21.5pt;width:17.25pt;height:0;z-index:252442624;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAiwDaWYgIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjubUmukzhC5KCQ7G7S&#10;1kDSA9AkZRGlSIGkLRtFgbQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOricl1LtOLGCq0y&#10;nPRjjLiimgm1yPCbm2lvhJF1RDEiteIZ3nCLL8dPn1y0TcoHutKScYMARNm0bTJcOdekUWRpxWti&#10;+7rhCg5LbWriYGsWETOkBfRaRoM4Po1abVhjNOXWwtdid4jHAb8sOXWvy9Jyh2SGgZsLqwnr3K/R&#10;+IKkC0OaStA9DfIPLGoiFCQ9QhXEEbQ04g+oWlCjrS5dn+o60mUpKA81QDVJ/Fs11xVpeKgFmmOb&#10;Y5vs/4Olr1YzgwTL8GiAkSI1zKj7tL3d3nU/us/bO7T90N3Dsv24ve2+dN+7b9199xWBM3SubWwK&#10;ALmaGV87Xavr5krTtxYpnVdELXio4GbTAGriI6JHIX5jG8g/b19qBj5k6XRo47o0tYeEBqF1mNbm&#10;OC2+dojCx0FyHp+dYEQPRxFJD3GNse4F1zXyRoatM0QsKpdrpUAS2iQhC1ldWedZkfQQ4JMqPRVS&#10;BmVIhVqgPjiL4xBhtRTMn3o/axbzXBq0Il5c4Qk1wslDN6OXigW0ihM22duOCAk2cqE5zghol+TY&#10;p6s5w0hyuE/e2vGTymeE0oHx3trp6915fD4ZTUbD3nBwOukN46LoPZ/mw97pNDk7KZ4VeV4k7z35&#10;ZJhWgjGuPP+D1pPh32lpf+t2Kj2q/dip6DF6aCmQPbwD6TB7P+6dcOaabWbGV+dlAPIOzvur6O/P&#10;w33w+vXDGP8EAAD//wMAUEsDBBQABgAIAAAAIQBTf3sw3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BT8MwDIXvSPyHyEhcEEvZumkrTSeKVMR1A+2cNaYta5wqSbfy7zHiADfb7+n5e/l2sr04&#10;ow+dIwUPswQEUu1MR42C97fqfg0iRE1G945QwRcG2BbXV7nOjLvQDs/72AgOoZBpBW2MQyZlqFu0&#10;OszcgMTah/NWR159I43XFw63vZwnyUpa3RF/aPWAzy3Wp/1oFdw5W36G6vRSjmld+XJ1eMVmrtTt&#10;zfT0CCLiFP/M8IPP6FAw09GNZILoFaTL5YKtPCy4ExvS9Ya7HH8Pssjl/wbFNwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAiwDaWYgIAAHgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBTf3sw3QAAAAkBAAAPAAAAAAAAAAAAAAAAALwEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1911" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:369.1pt;margin-top:21.3pt;width:26.25pt;height:0;z-index:252444672;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCJOFe0YAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjubUmOkzhC5KCQ7G7S&#10;1kDSA9AkZRGlSIGkLRtFgbQXyBF6hW666Ac5g3yjDulPm3ZTFNWCGoozb2bePOryal1LtOLGCq0y&#10;nPRjjLiimgm1yPDr22lvhJF1RDEiteIZ3nCLr8ZPn1y2TcoHutKScYMARNm0bTJcOdekUWRpxWti&#10;+7rhCg5LbWriYGsWETOkBfRaRoM4PotabVhjNOXWwtdid4jHAb8sOXWvytJyh2SGoTYXVhPWuV+j&#10;8SVJF4Y0laD7Msg/VFEToSDpEaogjqClEX9A1YIabXXp+lTXkS5LQXnoAbpJ4t+6ualIw0MvQI5t&#10;jjTZ/wdLX65mBgmW4VGCkSI1zKj7uL3b3nffu0/be7R93z3Asv2wves+d9+6r91D9wWBMzDXNjYF&#10;gFzNjO+drtVNc63pG4uUziuiFjx0cLtpADVERI9C/MY2kH/evtAMfMjS6UDjujS1hwSC0DpMa3Oc&#10;Fl87ROHjCTznpxjRw1FE0kNcY6x7znWNvJFh6wwRi8rlWimQhDZJyEJW19ZBHxB4CPBJlZ4KKYMy&#10;pEItlD44j+MQYbUUzJ96P2sW81watCJeXOHxrADaIzejl4oFtIoTNtnbjggJNnKBHGcE0CU59ulq&#10;zjCSHO6Tt3aIUvmM0DpUvLd2+np7EV9MRpPRsDccnE16w7goes+m+bB3Nk3OT4uTIs+L5J0vPhmm&#10;lWCMK1//QevJ8O+0tL91O5Ue1X5kKnqMHkiAYg/vUHSYvR/3TjhzzTYz47vzMgB5B+f9VfT359d9&#10;8Pr5wxj/AAAA//8DAFBLAwQUAAYACAAAACEA3n7HrNwAAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMAyG70i8Q2QkLoillKkdpelEkYq4MhBnrzFtWeNUSbqVtyeIAxxtf/r9/eV2MaM4kvOD&#10;ZQU3qwQEcWv1wJ2Ct9fmegPCB2SNo2VS8EUettX5WYmFtid+oeMudCKGsC9QQR/CVEjp254M+pWd&#10;iOPtwzqDIY6uk9rhKYabUaZJkkmDA8cPPU702FN72M1GwZU19advDk/1vG4bV2fvz9SlSl1eLA/3&#10;IAIt4Q+GH/2oDlV02tuZtRejgvx2k0ZUwTrNQEQgv0tyEPvfhaxK+b9B9Q0AAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCJOFe0YAIAAHgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDefses3AAAAAkBAAAPAAAAAAAAAAAAAAAAALoEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAwwUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1913" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:21.5pt;width:6.75pt;height:129.75pt;z-index:252446720;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYsEpbAAQAAKMNAAAOAAAAZHJzL2Uyb0RvYy54bWysV22O2zYQ/V+gdyD0s0BXovxtrDcokm5R&#10;IG0CxD0ALVGWUElUSdry9hI5Qq8RoGjP4Nyoww/ZZLbU7hY1YJn0PD7O8FHD4e2rU1OjI+WiYu0m&#10;wjdJhGibsbxq95vol+39t8sICUnanNSspZvogYro1d3XX9323ZqmrGR1TjkCklas+24TlVJ26zgW&#10;WUkbIm5YR1swFow3REKX7+Ockx7YmzpOk2Qe94znHWcZFQL+fWOM0Z3mLwqayXdFIahE9SYC36R+&#10;cv3cqWd8d0vWe066ssqsG+Q/eNGQqoVJL1RviCTowKtHVE2VcSZYIW8y1sSsKKqM6hggGpx8Ec2H&#10;knRUxwKLI7rLMon/jzb7+fieoyrfREtYnpY0oNH5j/Pf5z/Pn/T3r/Onzx8RGGGl+k6sYcCH7j1X&#10;sYruLct+FWCIPYvqCMCgXf8Ty4GQHCTTq3MqeKNGQtzopEV4uIhATxJl8OdytkhnEcrAgufTxRI6&#10;agayHgZnByF/oEwTkeNbIY2GObS0ArkNYwsBFU0Ncn4TowT1yDBb9ADCDsjOh0rkzAyaXhhTBxxk&#10;nDggnEyWqzDf1IEG+WAxLmE8wTd3oPNpupqGol44wCc44QW+TD/KuXKASThm7MqiJQk5iT1txlcS&#10;u9KMuoldfdJksViO+OoKNM76ApWwK1NQdvwCjbArUpjRVegJ1VNXpSBj6ilk3tbwaqauRgmaJ/BB&#10;89lsMrdp+PqeuRqNI12FxpGuQuNIX58xP12Nxjl9hcY4XZVGOSe+RiOcE1encc5RjSAL74c8S8oh&#10;9Wan1uZeaCGiTv4taK2ScceESvQqFUM+32KbygGnrA584sHBCQWfBOFTDw57QMGHg+Ix+8yDg7wK&#10;vgiyzz04KKfgqyB84cFVflN4yF7m3HrsztIfYKOFxBQasPIH2HhxMGDYGe7qq4SjXQqGDBvEG2Bj&#10;xsGgJ76+Kl2oGSAhODHAdoHg7d7gUIt9WYXxCEEVtlNjYK8QqbbU0ET9pRYor6WAsjbsSLdM4+S1&#10;jHCObJj3iqnbf8Gqw8R6OtiH305z6mSvY9KJ8plYXSXB7APX8Gs4bWUD6/QSTn1EPXP+p3mNTs/G&#10;eQXYEE1WM0GNzEozXZxdxFOaOwWaYHWV31d1reQSfL97XXN0JFCN3+uPDcyD1a3SHqeLxGxjz+hx&#10;qBMEQMYXD8bZoc31tiopyb+3bUmq2rS1SLZwVbWqKW53LH+AupUzc0+Aew00SsZ/j1APd4RNJH47&#10;EE4jVP/YQhG+wtMpLKjUnSnUrdDhrmXnWkibAdUmyiRse9N5Lc1V5NDxal/CXOY1bNl3UDEXlaps&#10;dWlt/LIduAnoJbe3FnXVcPsadb1b3f0DAAD//wMAUEsDBBQABgAIAAAAIQADMAc12wAAAAgBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTE9NT8JAFLyT+B82j8SbbKGiUrslBqI3Y0RIOC7dZ7fafdt0Fyj/&#10;3teTnCaTmcxHvuxdI07YhdqTgukkAYFUelNTpWD79Xr3BCJETUY3nlDBBQMsi5tRrjPjz/SJp02s&#10;BIdQyLQCG2ObSRlKi06HiW+RWPv2ndORaVdJ0+kzh7tGzpLkQTpdEzdY3eLKYvm7Obqhd717s5ew&#10;deuPfkWLn/17uvNK3Y77l2cQEfv4b4ZhPk+Hgjcd/JFMEA3zR74SFdynjKynyRzEYcDZHGSRy+sD&#10;xR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA2LBKWwAEAACjDQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAAzAHNdsAAAAIAQAADwAAAAAAAAAA&#10;AAAAAABaBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGIHAAAAAA==&#10;" path="m,1647825l,10389r64294,l64294,,85725,10389,64294,20778r,-10389l,10389,,1647825xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1647825;0,10389;0,10389;64294,10389;64294,0;85725,10389;64294,20778;64294,10389;0,10389;0,10389;0,1647825" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1934" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:538.2pt;margin-top:21.3pt;width:26.95pt;height:0;z-index:252468224;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDDjB4ZYgIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmOYidC5KKQ7G7S&#10;NkDSA9AkZRGlSIFkLBtFgbQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOr82aqRaMmNFVrl&#10;ODmKMeKKaibUIsdvrmeDU4ysI4oRqRXP8Zpb/Gzy9Ml512Z8qGstGTcIQJTNujbHtXNtFkWW1rwh&#10;9ki3XMFhpU1DHGzNImKGdIDeyGgYx6Oo04a1RlNuLXwtt4d4EvCrilP3uqosd0jmGLi5sJqwzv0a&#10;Tc5JtjCkrQXd0SD/wKIhQkHSA1RJHEE3RvwB1QhqtNWVO6K6iXRVCcpDDVBNEv9WzVVNWh5qgebY&#10;9tAm+/9g6avlpUGC5Xg8xkiRBmbUf9rcbu76H/3nzR3afOjvYdl83Nz2X/rv/bf+vv+KwBk617U2&#10;A4BCXRpfO12pq/ZC07cWKV3URC14qOB63QJq4iOiRyF+Y1vIP+9eagY+5Mbp0MZVZRoPCQ1CqzCt&#10;9WFafOUQhY/H6XA4OsGI7o8iku3jWmPdC64b5I0cW2eIWNSu0EqBJLRJQhayvLDOsyLZPsAnVXom&#10;pAzKkAp1QH04juMQYbUUzJ96P2sW80IatCReXOEJNcLJQzejbxQLaDUnbLqzHRESbORCc5wR0C7J&#10;sU/XcIaR5HCfvLXlJ5XPCKUD45211de7s/hsejo9TQfpcDQdpHFZDp7PinQwmiXjk/K4LIoyee/J&#10;J2lWC8a48vz3Wk/Sv9PS7tZtVXpQ+6FT0WP00FIgu38H0mH2ftxb4cw1W18aX52XAcg7OO+uor8/&#10;D/fB69cPY/ITAAD//wMAUEsDBBQABgAIAAAAIQBfgP2q3QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSHuHyJO4IJasqwoqTad1UhFXBuKcNaYta5wqSbfy9mTiAMff/vT7c7GdzcDO&#10;6HxvScJ6JYAhNVb31Ep4f6vvH4H5oEirwRJK+EYP23JxU6hc2wu94vkQWhZLyOdKQhfCmHPumw6N&#10;8is7IsXdp3VGhRhdy7VTl1huBp4IkXGjeooXOjXivsPmdJiMhDtrqi9fn56rKW1qV2UfL9gmUt4u&#10;590TsIBz+IPhqh/VoYxORzuR9myIWTxkaWQlpEkG7EqsN2ID7Pg74WXB//9Q/gAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDDjB4ZYgIAAHgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBfgP2q3QAAAAsBAAAPAAAAAAAAAAAAAAAAALwEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1906" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:488.05pt;margin-top:64.5pt;width:33pt;height:0;rotation:90;z-index:252439552;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEz95MZgIAAIYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfd0lK1m3R0gklLTcD&#10;Jm08gGs7jYVjR7bXtEJIgxfYI/AK3HDBj/YM6Rtx7HQdgxuE6IV7bB9//r5zPuf0bN1ItOLGCq1y&#10;nBzEGHFFNRNqmeM3V/PRMUbWEcWI1IrneMMtPps+fXLatRkf61pLxg0CEGWzrs1x7VybRZGlNW+I&#10;PdAtV7BZadMQB1OzjJghHaA3MhrH8STqtGGt0ZRbC6vlsImnAb+qOHWvq8pyh2SOgZsLownjwo/R&#10;9JRkS0PaWtAdDfIPLBoiFFy6hyqJI+jaiD+gGkGNtrpyB1Q3ka4qQXnQAGqS+Dc1lzVpedACxbHt&#10;vkz2/8HSV6sLgwTL8dEEI0Ua6FH/aXuzve1/9J+3t2j7ob+DYftxe9N/6b/33/q7/iuCZKhc19oM&#10;AAp1Ybx2ulaX7bmmby1SuqiJWvKg4GrTAmriT0SPjviJbeH+RfdSM8gh106HMq4r0yCjoV2Haex/&#10;YRXKhdahd5t97/jaIQqLaXKSQBqi91sRyTyKJ9Ya615w3SAf5Ng6Q8SydoVWCgyiTRLQyercOs/x&#10;4YA/rPRcSBl8IhXqQMj4aMfHaimY3/V51iwXhTRoRbzVBtID2qM0o68VC2g1J2y2ix0REmLkQqmc&#10;EVA8ybG/ruEMI8nhdfloQJTK3wjSgfEuGtz27iQ+mR3PjtNROp7MRmlclqPn8yIdTebJ0WH5rCyK&#10;Mnnv5SZpVgvGuPL8752fpH/nrN0bHDy79/6+UtFj9FBSIHv/H0gHJ/jmDzZaaLa5MF6dNwWYPSTv&#10;HqZ/Tb/OQ9bD52P6EwAA//8DAFBLAwQUAAYACAAAACEADzjGi98AAAAMAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VIXFBrtxKBhDgVP0JcSYqKuLnxEkfEdoidNLw9W3Eot53d0ew3&#10;+Wa2HZtwCK13ElZLAQxd7XXrGglv2+fFLbAQldOq8w4l/GCATXF+lqtM+4MrcapiwyjEhUxJMDH2&#10;GeehNmhVWPoeHd0+/WBVJDk0XA/qQOG242shEm5V6+iDUT0+Gqy/qtFK+Hj9vvbp+9ao6WZMq5ey&#10;vHraPUh5eTHf3wGLOMeTGY74hA4FMe396HRgHWkh0hV5JaQJlTo6/jZ7mpK1AF7k/H+J4hcAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBEz95MZgIAAIYEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAPOMaL3wAAAAwBAAAPAAAAAAAAAAAAAAAAAMAE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzAUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1933" style="position:absolute;left:0;text-align:left;margin-left:480.5pt;margin-top:80.3pt;width:57.7pt;height:27.75pt;z-index:252467200;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvSwruTwIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG23pduo6WrVpQhp&#10;gZUWHsB1nMTCsc3YbVJOSHtF4hF4CC6In32G9I2YON1SfsQBkYPl8Yw/z3zfTGZndanIRoCTRid0&#10;0OtTIjQ3qdR5Ql++WD44pcR5plOmjBYJ3QpHz+b3780qG4uhKYxKBRAE0S6ubEIL720cRY4XomSu&#10;Z6zQ6MwMlMyjCXmUAqsQvVTRsN9/GFUGUguGC+fw9KJz0nnAzzLB/fMsc8ITlVDMzYcVwrpq12g+&#10;Y3EOzBaS79Ng/5BFyaTGRw9QF8wzsgb5G1QpORhnMt/jpoxMlkkuQg1YzaD/SzXXBbMi1ILkOHug&#10;yf0/WP5scwVEpgmdjCnRrESNmg+7t7v3zdfmdnfTfGxumy+7d8235lPzmWAQMlZZF+PFa3sFbc3O&#10;Xhr+yhFtFgXTuTgHMFUhWIp5Dtr46KcLreHwKllVT02K77G1N4G8OoOyBURaSB002h40ErUnHA8n&#10;J8PJFJXk6DoZD0fDkFHE4rvLFpx/LExJ2k1CAVsggLPNpfNtMiy+CwnJGyXTpVQqGJCvFgrIhmG7&#10;LMMX8scaj8OUJlVCp2N8++8Q/fD9CaKUHvteyTKhp4cgFresPdJp6ErPpOr2mLLSexpb5joFfL2q&#10;g3IHTVYm3SKvYLo2x7HETWHgDSUVtnhC3es1A0GJeqJRm+lgNGpnIhij8WSIBhx7VscepjlCJZR7&#10;oKQzFr6bpLUFmRf41iDwoc05KprJwHardpfXvgBs5CDCfujaSTm2Q9SPX8P8OwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAPEY+GrgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLxDAUhO+C/yE8wYu4&#10;SReJWpsuRRQR92C7Xrxlm2dTbF5Kk+3Wf2/2pMdhhplvis3iBjbjFHpPCrKVAIbUetNTp+Bj93x9&#10;ByxETUYPnlDBDwbYlOdnhc6NP1KNcxM7lkoo5FqBjXHMOQ+tRafDyo9Iyfvyk9MxyanjZtLHVO4G&#10;vhZCcqd7SgtWj/hosf1uDk7Bp9/6p0rgy2h3r3G+quq396ZW6vJiqR6ARVziXxhO+AkdysS09wcy&#10;gQ0K7mWWvsRkSCGBnRLiVt4A2ytYZzIDXhb8/4nyFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAG9LCu5PAgAAYgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAPEY+GrgAAAADAEAAA8AAAAAAAAAAAAAAAAAqQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAC2BQAAAAA=&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00582210" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00582210">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">    7-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1905" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:270.5pt;margin-top:45.5pt;width:0;height:31.5pt;z-index:252438528;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDf0yI+YQIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmu8hMsB4Vkd5O2&#10;AZIegCYpiyhFCiRt2SgKpL1AjtArdNNFP8gZ5Bt1SH+atJuiqBf0kJx582bmUaOLVSPRkhsrtMpx&#10;chRjxBXVTKh5jt/cTAdnGFlHFCNSK57jNbf4Yvz0yahrMz7UtZaMGwQgymZdm+PauTaLIktr3hB7&#10;pFuu4LLSpiEOtmYeMUM6QG9kNIzjk6jThrVGU24tnJbbSzwO+FXFqXtdVZY7JHMM3FxYTVhnfo3G&#10;I5LNDWlrQXc0yD+waIhQkPQAVRJH0MKIP6AaQY22unJHVDeRripBeagBqkni36q5rknLQy3QHNse&#10;2mT/Hyx9tbwySLAcnw4xUqSBGfWfNrebu/5H/3lzhzYf+ntYNh83t/2X/nv/rb/vvyJwhs51rc0A&#10;oFBXxtdOV+q6vdT0rUVKFzVRcx4quFm3gJr4iOhRiN/YFvLPupeagQ9ZOB3auKpM4yGhQWgVprU+&#10;TIuvHKLbQwqnaRzHx2GQEcn2ca2x7gXXDfJGjq0zRMxrV2ilQBLaJCELWV5a51mRbB/gkyo9FVIG&#10;ZUiFOqA+PI3jEGG1FMzfej9r5rNCGrQkXlzhF2qEm4duRi8UC2g1J2yysx0REmzkQnOcEdAuybFP&#10;13CGkeTwnry15SeVzwilA+OdtdXXu/P4fHI2OUsH6fBkMkjjshw8nxbp4GSanB6Xz8qiKJP3nnyS&#10;ZrVgjCvPf6/1JP07Le1e3ValB7UfOhU9Rg8tBbL7/0A6zN6PeyucmWbrK+Or8zIAeQfn3VP07+fh&#10;Pnj9+mCMfwIAAP//AwBQSwMEFAAGAAgAAAAhADW/BkTdAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPwzAMhe9I+w+RJ3FBLN3UTVCaThSpiCtj2jlrTFvWOFWSbuXf44kDnCz7PT1/L99Othdn&#10;9KFzpGC5SEAg1c501CjYf1T3DyBC1GR07wgVfGOAbTG7yXVm3IXe8byLjeAQCplW0MY4ZFKGukWr&#10;w8INSKx9Om915NU30nh94XDby1WSbKTVHfGHVg/40mJ92o1WwZ2z5VeoTq/lmNaVLzeHN2xWSt3O&#10;p+cnEBGn+GeGKz6jQ8FMRzeSCaJXsE6X3CUqeLxONvwejuxcpwnIIpf/KxQ/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAN/TIj5hAgAAeAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhADW/BkTdAAAACgEAAA8AAAAAAAAAAAAAAAAAuwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="val #0"/>
                   </v:formulas>
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                   <v:handles>
                     <v:h position="#0,center"/>
                   </v:handles>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_s1752" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:76;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-130420800,-153999" strokeweight="1pt">
+                <v:shape id="_x0000_s1916" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:232.7pt;margin-top:130.9pt;width:45pt;height:.05pt;rotation:90;z-index:252449792;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAy3myGlAIAANIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHVmO/IkQOSgku5u0&#10;DZD0ALRIWWwpUiAZy0bRRZNtgZyhN+iiBQKknyvIN+qQVtym3RRFtaCH5PDNmzczPj5ZVwKtmDZc&#10;yQSHB32MmMwV5XKZ4JcX894EI2OJpEQoyRK8YQafTB8/Om7qmA1UqQRlGgGINHFTJ7i0to6DwOQl&#10;q4g5UDWTcFkoXRELW70MqCYNoFciGPT7o6BRmtZa5cwYOM12l3jq8YuC5fZFURhmkUgwcLN+1X5d&#10;uDWYHpN4qUld8ryjQf6BRUW4hKB7qIxYgi41/wOq4rlWRhX2IFdVoIqC58znANmE/d+yOS9JzXwu&#10;II6p9zKZ/webP1+dacRpgschRpJUUKP2Q/ut/dx+am/br+3t9grsu+17sD9ub1B71x3foO319t32&#10;anvdfgf/LwgAQM2mNjGApvJMOz3ytTyvT1X+2iCp0pLIJfNZXWxqiORfBA+euI2pgdOieaYo+JBL&#10;q7y060JXSCso4TDqu8+fgoRo7eu52deTrS3K4XA4DofghnK4Gh0OHb2AxA7HUau1sU+ZqpAzErxg&#10;0qZKSmgZpQ89NlmdGuurSjtpCH0FMhWVgCZZEYEAHgLscDtviHCP7J5KNedC+DYTEjWQ82DcUTdK&#10;cOpunZ/Ry0UqNAJUyMN/He4Dt4pbmBfBqwRP9k4kLhmhM0l9GEu4ABtZL7HVHEQXDLvYFaMYCQaT&#10;6qwdbSFdeJCsy9WJ5zv3zVH/aDaZTaJeNBjNelE/y3pP5mnUG83D8TA7zNI0C986ocIoLjmlTLpk&#10;7qcojP6uS7t53vX/fo72sgUP0X0FgeL9ryftO8g1za79FopuzrTLzjUTDI537obcTeave+/1869o&#10;+gMAAP//AwBQSwMEFAAGAAgAAAAhAH9OBkrgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAMhu9IvENkJG4s6caqrdSdJhACiQsUNK5ZE5qKJilJtnY8PeYER//+9PtzuZlsz446xM47hGwm&#10;gGnXeNW5FuHt9f5qBSwm6ZTsvdMIJx1hU52flbJQfnQv+linllGJi4VEMCkNBeexMdrKOPODdrT7&#10;8MHKRGNouQpypHLb87kQObeyc3TByEHfGt181geLsH2sn08P30v5vhN3T6YNX2Na5YiXF9P2BljS&#10;U/qD4Vef1KEip70/OBVZj7DMxIJQhHmWr4ERQck1sD3CQlDCq5L//6H6AQAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADLebIaUAgAA0gQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAH9OBkrgAAAACwEAAA8AAAAAAAAAAAAAAAAA7gQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1754" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:227.65pt;margin-top:21.5pt;width:17.25pt;height:0;z-index:78;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                <v:shape id="_x0000_s1917" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:285.9pt;margin-top:108.45pt;width:0;height:45.75pt;z-index:252450816;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/38TQYAIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbv6e6GtE1X3SC0m3Ap&#10;UKnlARzbm7Xw2pbtZhMhpMIL9BF4BS4c+FGfYfNGjJ0fKFwQIgdnbM98883M5z1/umolWnLrhFYF&#10;zo5SjLiimgm1KPDr69lgjJHzRDEiteIFXnOHn04ePzrvTM6HutGScYsARLm8MwVuvDd5kjja8Ja4&#10;I224gsta25Z42NpFwizpAL2VyTBNT5JOW2asptw5OK22l3gS8euaU/+qrh33SBYYuPm42rjOw5pM&#10;zkm+sMQ0gu5okH9g0RKhIOkBqiKeoBsr/oBqBbXa6dofUd0muq4F5bEGqCZLf6vmqiGGx1qgOc4c&#10;2uT+Hyx9uby0SLACn0J7FGlhRv3Hze3mrv/ef9rcoc37/h6WzYfNbf+5/9Z/7e/7LwicoXOdcTkA&#10;lOrShtrpSl2ZC03fOKR02RC14LGC67UB1CxEJA9CwsYZyD/vXmgGPuTG69jGVW3bAAkNQqs4rfVh&#10;WnzlEd0eUjg9Hmfp8DiCk3wfZ6zzz7luUTAK7LwlYtH4UisFktA2i1nI8sL5wIrk+4CQVOmZkDIq&#10;QyrUAfXhaZrGCKelYOE2+Dm7mJfSoiUJ4oq/HY0HblbfKBbRGk7YdGd7IiTYyMfmeCugXZLjkK7l&#10;DCPJ4T0Fa8tPqpARSgfGO2urr7dn6dl0PB2PBqPhyXQwSqtq8GxWjgYns+z0uHpSlWWVvQvks1He&#10;CMa4Cvz3Ws9Gf6el3avbqvSg9kOnkofosaVAdv8fScfZh3FvhTPXbH1pQ3VBBiDv6Lx7iuH9/LqP&#10;Xj8/GJMfAAAA//8DAFBLAwQUAAYACAAAACEAuJIGdN4AAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU+DQBCF7yb+h82YeDF2AStWZGjEBNOrtel5y46AZWcJu7T4713jQY/z5uW97+Xr2fTiRKPr&#10;LCPEiwgEcW11xw3C7r26XYFwXrFWvWVC+CIH6+LyIleZtmd+o9PWNyKEsMsUQuv9kEnp6paMcgs7&#10;EIffhx2N8uEcG6lHdQ7hppdJFKXSqI5DQ6sGemmpPm4ng3BjTfnpquNrOS3raizT/YaaBPH6an5+&#10;AuFp9n9m+MEP6FAEpoOdWDvRI9w/xAHdIyRx+ggiOH6VA8JdtFqCLHL5f0PxDQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAD/fxNBgAgAAeAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhALiSBnTeAAAACwEAAA8AAAAAAAAAAAAAAAAAugQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1756" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:369.1pt;margin-top:21.3pt;width:26.25pt;height:0;z-index:80;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-398674,-1,-398674" strokeweight="1pt">
+                <v:shape id="_x0000_s1912" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:445.8pt;margin-top:21.3pt;width:26.95pt;height:0;z-index:252445696;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCz3T2gYgIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO4iRC5KCQ7G7S&#10;NkDSA9AkZRGlSIFkLBtFgTQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOrsfNlItODGCq1y&#10;nBzEGHFFNRNqnuO319PBCUbWEcWI1IrneMUtPh8/f3bWtRkf6lpLxg0CEGWzrs1x7VybRZGlNW+I&#10;PdAtV3BYadMQB1szj5ghHaA3MhrG8SjqtGGt0ZRbC1/LzSEeB/yq4tS9qSrLHZI5Bm4urCasM79G&#10;4zOSzQ1pa0G3NMg/sGiIUJB0D1USR9CNEX9ANYIabXXlDqhuIl1VgvJQA1STxL9Vc1WTlodaoDm2&#10;3bfJ/j9Y+npxaZBgOR6dYqRIAzPqP61v1/f9j/7z+h6tP/YPsKzv1rf9l/57/61/6L8icIbOda3N&#10;AKBQl8bXTpfqqr3Q9J1FShc1UXMeKrhetYCa+IjoSYjf2Bbyz7pXmoEPuXE6tHFZmcZDQoPQMkxr&#10;tZ8WXzpE4eNhOhyOjjCiu6OIZLu41lj3kusGeSPH1hki5rUrtFIgCW2SkIUsLqzzrEi2C/BJlZ4K&#10;KYMypEIdUB8ex3GIsFoK5k+9nzXzWSENWhAvrvCEGuHksZvRN4oFtJoTNtnajggJNnKhOc4IaJfk&#10;2KdrOMNIcrhP3trwk8pnhNKB8dba6Ov9aXw6OZmcpIN0OJoM0rgsBy+mRToYTZPjo/KwLIoy+eDJ&#10;J2lWC8a48vx3Wk/Sv9PS9tZtVLpX+75T0VP00FIgu3sH0mH2ftwb4cw0W10aX52XAcg7OG+vor8/&#10;j/fB69cPY/wTAAD//wMAUEsDBBQABgAIAAAAIQDcdeXF3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSLxDZCQuiKWrumrrmk4UqYgrA3HOGq8ta5yqSbfy9hhxYCfL9qffn/PdbHtx&#10;xtF3jhQsFxEIpNqZjhoFH+/V4xqED5qM7h2hgm/0sCtub3KdGXehNzzvQyM4hHymFbQhDJmUvm7R&#10;ar9wAxLvjm60OnA7NtKM+sLhtpdxFKXS6o74QqsHfG6xPu0nq+DB2fLLV6eXckrqaizTz1dsYqXu&#10;7+anLYiAc/iH4Vef1aFgp4ObyHjRK1hvlimjCpKYKwObZLUCcfgbyCKX1x8UPwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCz3T2gYgIAAHgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDcdeXF3QAAAAkBAAAPAAAAAAAAAAAAAAAAALwEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1758" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:21.5pt;width:6.75pt;height:129.75pt;z-index:82;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" path="m,1647825l,10389r,l64294,10389,64294,,85725,10389,64294,20778r,-10389l,10389r,l,1647825xe" strokeweight="1pt">
-                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1647825;0,10389;0,10389;64294,10389;64294,0;85725,10389;64294,20778;64294,10389;0,10389;0,10389;0,1647825" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
+                <v:shape id="_x0000_s1910" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:298.05pt;margin-top:21.5pt;width:18.75pt;height:0;z-index:252443648;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwQOjKYgIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO4zhC5KCQ7G7S&#10;1kDSA9AkZRGlSIFkLBtFgTQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOr8YlVLtOTGCq0y&#10;nBzFGHFFNRNqkeG319PeCCPriGJEasUzvOYWX4yfPztvm5T3daUl4wYBiLJp22S4cq5Jo8jSitfE&#10;HumGKzgstamJg61ZRMyQFtBrGfXjeBi12rDGaMqtha/F9hCPA35ZcurelKXlDskMAzcXVhPWuV+j&#10;8TlJF4Y0laA7GuQfWNREKEh6gCqII+jGiD+gakGNtrp0R1TXkS5LQXmoAapJ4t+quapIw0Mt0Bzb&#10;HNpk/x8sfb2cGSRYhocwKUVqmFH3aXO7ue9+dJ8392jzsXuAZXO3ue2+dN+7b91D9xWBM3SubWwK&#10;ALmaGV87Xamr5lLTdxYpnVdELXio4HrdAGriI6InIX5jG8g/b19pBj7kxunQxlVpag8JDUKrMK31&#10;YVp85RCFj/3jUdI/wYjujyKS7uMaY91LrmvkjQxbZ4hYVC7XSoEktElCFrK8tM6zIuk+wCdVeiqk&#10;DMqQCrVAvX8axyHCaimYP/V+1izmuTRoSby4whNqhJPHbkbfKBbQKk7YZGc7IiTYyIXmOCOgXZJj&#10;n67mDCPJ4T55a8tPKp8RSgfGO2urr/dn8dlkNBkNeoP+cNIbxEXRezHNB73hNDk9KY6LPC+SD558&#10;MkgrwRhXnv9e68ng77S0u3VblR7UfuhU9BQ9tBTI7t+BdJi9H/dWOHPN1jPjq/MyAHkH591V9Pfn&#10;8T54/fphjH8CAAD//wMAUEsDBBQABgAIAAAAIQAxM2pd3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSLxDZCQuiKVbRzRK04kiFXFloJ2zxrRljVM16VbeHiMOcLT96ff359vZ9eKE&#10;Y+g8aVguEhBItbcdNRre36rbDYgQDVnTe0INXxhgW1xe5Caz/kyveNrFRnAIhcxoaGMcMilD3aIz&#10;YeEHJL59+NGZyOPYSDuaM4e7Xq6SRElnOuIPrRnwqcX6uJuchhvvys9QHZ/LaV1XY6n2L9istL6+&#10;mh8fQESc4x8MP/qsDgU7HfxENohew929WjKqYZ1yJwZUmioQh9+FLHL5v0HxDQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhADBA6MpiAgAAeAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhADEzal3cAAAACQEAAA8AAAAAAAAAAAAAAAAAvAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1770" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:538.2pt;margin-top:21.3pt;width:26.95pt;height:0;z-index:94;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-462737,-1,-462737" strokeweight="1pt">
+                <v:shape id="_x0000_s1908" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:144.15pt;margin-top:23.05pt;width:32.95pt;height:0;z-index:252441600;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCbtNCcYgIAAHgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmu4jhC5KCQ7G7S&#10;NkDSA9AkZRGlSIFkLBtFgbQXyBF6hW666Ac5g3yjDulPk3ZTFNWCGoozb97MPOrsfNVItOTGCq1y&#10;nBzFGHFFNRNqkeM317PBGCPriGJEasVzvOYWn0+ePjnr2owPda0l4wYBiLJZ1+a4dq7NosjSmjfE&#10;HumWKzistGmIg61ZRMyQDtAbGQ3jeBR12rDWaMqtha/l9hBPAn5VcepeV5XlDskcAzcXVhPWuV+j&#10;yRnJFoa0taA7GuQfWDREKEh6gCqJI+jGiD+gGkGNtrpyR1Q3ka4qQXmoAapJ4t+quapJy0Mt0Bzb&#10;Htpk/x8sfbW8NEiwHI9OMFKkgRn1nza3m7v+R/95c4c2H/p7WDYfN7f9l/57/62/778icIbOda3N&#10;AKBQl8bXTlfqqr3Q9K1FShc1UQseKrhet4Ca+IjoUYjf2Bbyz7uXmoEPuXE6tHFVmcZDQoPQKkxr&#10;fZgWXzlE4WOajNPRMUZ0fxSRbB/XGutecN0gb+TYOkPEonaFVgokoU0SspDlhXWeFcn2AT6p0jMh&#10;ZVCGVKgD6sOTOA4RVkvB/Kn3s2YxL6RBS+LFFZ5QI5w8dDP6RrGAVnPCpjvbESHBRi40xxkB7ZIc&#10;+3QNZxhJDvfJW1t+UvmMUDow3llbfb07jU+n4+k4HaTD0XSQxmU5eD4r0sFolpwcl8/KoiiT9558&#10;kma1YIwrz3+v9ST9Oy3tbt1WpQe1HzoVPUYPLQWy+3cgHWbvx70Vzlyz9aXx1XkZgLyD8+4q+vvz&#10;cB+8fv0wJj8BAAD//wMAUEsDBBQABgAIAAAAIQBEoOxu3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvk3iHyJN2mVi6rlRVaTrRSUVcGYhz1pi2W+NUSbqVtyeIAxxtf/r9/cV+1gO7&#10;onW9IQHbTQQMqTGqp1bA+1t9nwFzXpKSgyEU8IUO9uXdopC5Mjd6xevRtyyEkMulgM77MefcNR1q&#10;6TZmRAq3T2O19GG0LVdW3kK4HngcRSnXsqfwoZMjHjpsLsdJC1gbXZ1dfXmupqSpbZV+vGAbC7Fa&#10;zk+PwDzO/g+GH/2gDmVwOpmJlGODgDjLdgEVkKRbYAHYPSQxsNPvgpcF/9+g/AYAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCbtNCcYgIAAHgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBEoOxu3QAAAAkBAAAPAAAAAAAAAAAAAAAAALwEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAxgUAAAAA&#10;" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1745" style="position:absolute;left:0;text-align:left;margin-left:244.9pt;margin-top:80.3pt;width:48pt;height:27.75pt;z-index:69;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1745">
+                <v:rect id="_x0000_s1898" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:10.55pt;width:50.55pt;height:28.85pt;z-index:252431360;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZC2isUgIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbvNG23LW3UdLXqUoS0&#10;wEoLD+A4TmPh2GbsNl1OSFyReAQeggviZ58hfSPGbrfbBU6IHCyPZ+abmW9mMj3d1IqsBThpdEZ7&#10;nS4lQnNTSL3M6OtXi0djSpxnumDKaJHRa+Ho6ezhg2ljU9E3lVGFAIIg2qWNzWjlvU2TxPFK1Mx1&#10;jBUalaWBmnkUYZkUwBpEr1XS73ZHSWOgsGC4cA5fz3dKOov4ZSm4f1mWTniiMoq5+XhCPPNwJrMp&#10;S5fAbCX5Pg32D1nUTGoMeoA6Z56RFcg/oGrJwThT+g43dWLKUnIRa8Bqet3fqrmqmBWxFiTH2QNN&#10;7v/B8hfrSyCyyOhoQIlmNfao/bx9v/3U/mhvth/aL+1N+337sf3Zfm2/ETRCxhrrUnS8spcQanb2&#10;wvA3jmgzr5heijMA01SCFZhnL9gn9xyC4NCV5M1zU2A8tvImkrcpoQ6ASAvZxB5dH3okNp5wfBwN&#10;epPxkBKOqpPR6GQyjBFYeutswfmnwtQkXDIKOAIRnK0vnA/JsPTWJCZvlCwWUqkowDKfKyBrhuOy&#10;iN8e3R2bKU2ajE6G/WFEvqdzxxDd+P0NopYe517JOqPjgxFLA2tPdBGn0jOpdndMWek9jYG5XQf8&#10;Jt/Ezk1CgMBqbopr5BXMbsxxLfFSGXhHSYMjnlH3dsVAUKKeaezNpDcYhJ2IwmD4uI8CHGvyYw3T&#10;HKEyyj1QshPmfrdJKwtyWWGsXuRDmzPsaCkj23d57QvAQY5N2C9d2JRjOVrd/RpmvwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAGzQParhAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPhDAQhe8m/odm&#10;TLwYt8AuLkHKhhiNMXoQdi/eunSkRDoltMviv7ee9Dh5X977ptgtZmAzTq63JCBeRcCQWqt66gQc&#10;9k+3GTDnJSk5WEIB3+hgV15eFDJX9kw1zo3vWCghl0sB2vsx59y1Go10KzsihezTTkb6cE4dV5M8&#10;h3Iz8CSK7riRPYUFLUd80Nh+NScj4MO+2ccqwudR71/8fFPVr+9NLcT11VLdA/O4+D8YfvWDOpTB&#10;6WhPpBwbBKzTTRJQAUkcAwvAJk3XwI4CtlkGvCz4/w/KHwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCZC2isUgIAAGIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBs0D2q4QAAAAkBAAAPAAAAAAAAAAAAAAAAAKwEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAugUAAAAA&#10;">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="006743C2" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="006743C2">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>3-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1907" type="#_x0000_t34" style="position:absolute;margin-left:71.65pt;margin-top:7.2pt;width:23.15pt;height:.05pt;z-index:252440576;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhyiMcjQIAAMQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUm24thC5KCQ7W7S&#10;NkDSA9AiZbGlSIFk/EHRRZNtgZyhN+iiBQKknytIN+qQkY2k3RRFvaCH5PDNzJs3Oj7ZVAKtmDZc&#10;yRRHByFGTOaKcrlM8euLeW+EkbFEUiKUZCneMoNPJk+fHK/rhPVVqQRlGgGINMm6TnFpbZ0EgclL&#10;VhFzoGom4bJQuiIWtnoZUE3WgF6JoB+Gw2CtNK21ypkxcDq9v8QTj18ULLevisIwi0SKITfrV+3X&#10;hVuDyTFJlprUJc+7NMg/ZFERLiHoHmpKLEGXmv8BVfFcK6MKe5CrKlBFwXPma4BqovC3as5LUjNf&#10;C5Bj6j1N5v/B5i9XZxpxmuLRACNJKuhR86n50XxtvjS3zffmtr0C+679CPbn9gY1d93xDWqv2w/t&#10;VXvd/AT/bwgAgM11bRIAzeSZdnzkG3len6r8rUFSZSWRS+arutjWEClyL4JHT9zG1JDTYv1CUfAh&#10;l1Z5ajeFrhwkkIY2voPbfQfZxqIcDvvjOAwPMcrhajg49PAk2b2stbHPmaqQM1K8YNJmSkoQidID&#10;H4OsTo31faQdGYS+iTAqKgGyWBGB4vFoHHe4nXdAkh2yeyrVnAvhhSUkWkOV/aMw9PBGCU7drfMz&#10;ernIhEaACnX4X4f7yK3iFiZE8ApatHciSckInUnqw1jCBdjIelKt5kCzYNjFrhjFSDCYTWc5tkki&#10;pAsPlHW1OvK8Vt+Nw/FsNBvFvbg/nPXicDrtPZtncW84j44Op4Nplk2j966SKE5KTimTrpjd3ETx&#10;3+mym+B7xe8nZ09b8Bjdpwwp7v590l4zTib3glsouj3TOy3BqHjnbqzdLD7cg/3w4zP5BQAA//8D&#10;AFBLAwQUAAYACAAAACEAFd6LfN0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8&#10;h8hI3FjaAWOUptMGmzghsYHgmjWmqUicqsm28u9xT3Dzs5+ev1cuBu/EEfvYBlKQTzIQSHUwLTUK&#10;3t82V3MQMWky2gVCBT8YYVGdn5W6MOFEWzzuUiM4hGKhFdiUukLKWFv0Ok5Ch8S3r9B7nVj2jTS9&#10;PnG4d3KaZTPpdUv8weoOHy3W37uDV3AvX9aDed08h4/1p9s+uVVulyulLi+G5QOIhEP6M8OIz+hQ&#10;MdM+HMhE4Vhf396xVcHNjDuNhvmUh/24yEFWpfzfoPoFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAYcojHI0CAADEBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAFd6LfN0AAAAJAQAADwAAAAAAAAAAAAAAAADnBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAPEFAAAAAA==&#10;" adj="10777" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1920" type="#_x0000_t32" style="position:absolute;margin-left:595.3pt;margin-top:8pt;width:0;height:122.6pt;flip:x;z-index:252453888;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyfApndAIAAJsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmuEztC5KCQ7HaR&#10;tgGSHoAWKYsoRRIkY9koCqS9QI7QK3TTRT/IGeQbdUg5TtJuiqJe0ENy5vHNzBudnK4bgVbMWK5k&#10;hpODGCMmS0W5XGb47eV8MMHIOiIpEUqyDG+YxafTp09OWp2yoaqVoMwgAJE2bXWGa+d0GkW2rFlD&#10;7IHSTMJlpUxDHGzNMqKGtIDeiGgYx0dRqwzVRpXMWjgt+ks8DfhVxUr3pqosc0hkGLi5sJqwLvwa&#10;TU9IujRE17zc0SD/wKIhXMKje6iCOIKuDP8DquGlUVZV7qBUTaSqipcs5ADZJPFv2VzURLOQCxTH&#10;6n2Z7P+DLV+vzg3iNMNj6JQkDfSo+7y93t50P7sv2xu0/djdwrL9tL3uvnY/uu/dbfcNgTNUrtU2&#10;BYBcnhufe7mWF/pMle8skiqviVyykMHlRgNq4iOiRyF+YzW8v2hfKQo+5MqpUMZ1ZRpUCa5f+kAP&#10;DqVC69C3zb5vbO1Q2R+WcJocHo7jYehpRFIP4QO1se4FUw3yRoatM4Qva5crKUEdyvTwZHVmnSd4&#10;H+CDpZpzIYJIhEQtvDEcx3EgZJXg1N96P2uWi1wYtCJeZ+EX0oWbh26eQkFs3ftRsHoBGnUlaXil&#10;ZoTOdrYjXICNXKifMxwqKhj2NBpGMRIMRs5bPW8hPROoCWSys3oJvj+Oj2eT2WQ0GA2PZoNRXBSD&#10;5/N8NDiaJ+PD4lmR50XywSeVjNKaU8qkz+tuHJLR38ltN5i9kPcDsa9g9Bg9lBrI3v0H0kEeXhG9&#10;thaKbs6Nz84rBSYgOO+m1Y/Yw33wuv+mTH8BAAD//wMAUEsDBBQABgAIAAAAIQB6G3+43wAAAAwB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTE9NT4NAEL2b+B82Y+LF2AUOxFKWxmj86MGDaGK8TdkpENhd&#10;wi4t+us7TQ96mzfz5n3k69n0Yk+jb51VEC8iEGQrp1tbK/j8eLq9A+EDWo29s6Tghzysi8uLHDPt&#10;Dvad9mWoBYtYn6GCJoQhk9JXDRn0CzeQ5dvOjQYDw7GWesQDi5teJlGUSoOtZYcGB3poqOrKyXCM&#10;sntrN7gJX6/L55epo99vffOo1PXVfL8CEWgOf2Q4xecfKDjT1k1We9EzjpdRylyeUi51Ypw3WwVJ&#10;Gicgi1z+L1EcAQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPJ8Cmd0AgAAmwQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHobf7jfAAAADAEAAA8A&#10;AAAAAAAAAAAAAAAAzgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1900" style="position:absolute;margin-left:244.9pt;margin-top:.95pt;width:55.6pt;height:27.75pt;z-index:252433408;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkCSkFTwIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZDdpkjarbKoqJQip&#10;QKXCAzheb9bCa5uxk005IfWKxCPwEFwQP32GzRsxdtI0/IgDYg+WxzPzzcw3Mzs+XdeKrAQ4aXRO&#10;u52UEqG5KaRe5PTVy9mjE0qcZ7pgymiR02vh6Onk4YNxYzPRM5VRhQCCINpljc1p5b3NksTxStTM&#10;dYwVGpWlgZp5FGGRFMAaRK9V0kvTYdIYKCwYLpzD1/Otkk4iflkK7l+UpROeqJxibj6eEM95OJPJ&#10;mGULYLaSfJcG+4csaiY1Bt1DnTPPyBLkb1C15GCcKX2HmzoxZSm5iDVgNd30l2quKmZFrAXJcXZP&#10;k/t/sPz56hKILHJ6fESJZjX2qP24ebf50H5rbzc37af2tv26ed9+bz+3XwgaIWONdRk6XtlLCDU7&#10;e2H4a0e0mVZML8QZgGkqwQrMsxvsk58cguDQlcybZ6bAeGzpTSRvXUIdAJEWso49ut73SKw94fg4&#10;TEfDFDvJUXU06PV7gxiBZXfOFpx/IkxNwiWngCMQwdnqwvmQDMvuTGLyRsliJpWKAizmUwVkxXBc&#10;ZvHbobtDM6VJk9PRAGP/HSKN358gaulx7pWsc3qyN2JZYO2xLuJUeibV9o4pK72jMTC37YBfz9ex&#10;c8MQILA6N8U18gpmO+a4lnipDLylpMERz6l7s2QgKFFPNfZm1O33w05EoT847qEAh5r5oYZpjlA5&#10;5R4o2QpTv92kpQW5qDBWN/KhzRl2tJSR7fu8dgXgIMcm7JYubMqhHK3ufw2THwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAHHm15rhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQ&#10;tVPRKKRxqgiBEIIDSbn05sZLHBHbUeym4e9ZTnCcndHM22K32IHNOIXeOwnJSgBD13rdu07Cx/7p&#10;NgMWonJaDd6hhG8MsCsvLwqVa392Nc5N7BiVuJArCSbGMec8tAatCis/oiPv009WRZJTx/WkzlRu&#10;B74WIuVW9Y4WjBrxwWD71ZyshIN/84+VwOfR7F/ifFPVr+9NLeX11VJtgUVc4l8YfvEJHUpiOvqT&#10;04ENEu6ye0KPZKQiBUaJTbahy1HCOkkT4GXB//9Q/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDkCSkFTwIAAGIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBx5tea4QAAAAsBAAAPAAAAAAAAAAAAAAAAAKkEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAtwUAAAAA&#10;">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00582210" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00582210">
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>Процесс 4</w:t>
+                          <w:t>4-процесс</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
-[...317 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000C1EC1">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1919" type="#_x0000_t34" style="position:absolute;margin-left:471.4pt;margin-top:32.85pt;width:37.5pt;height:.05pt;rotation:90;flip:x;z-index:252452864;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJjPlXngIAAN0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHVmO/IkQOSgku130&#10;EyDpAWiRsthSpEAy/qDoosm2QM7QG3TRAgHSzxWkG3VIK27TboqiWtBDcvhm3psZH59sKoFWTBuu&#10;ZILDgz5GTOaKcrlM8MvzeW+CkbFEUiKUZAneMoNPpg8fHK/rmA1UqQRlGgGINPG6TnBpbR0HgclL&#10;VhFzoGom4bJQuiIWtnoZUE3WgF6JYNDvj4K10rTWKmfGwGm2u8RTj18ULLcvisIwi0SCITfrV+3X&#10;hVuD6TGJl5rUJc+7NMg/ZFERLiHoHiojlqALzf+AqniulVGFPchVFaii4DnzHIBN2P+NzVlJaua5&#10;gDim3stk/h9s/nx1qhGnCR5HGElSQY2aD8235nPzqblpvjY37SXYt+17sD+216i57Y6vUXvVvmsv&#10;26vmO/h/QQAAaq5rEwNoKk+10yPfyLP6qcpfGyRVWhK5ZJ7V+baGSKF7Edx74jamhpwW62eKgg+5&#10;sMpLuyl0hbSCEoYjKD18GBWC108cjosFaqKNL+12X1q2sSiHw2g8GgzhQQ5Xo8Ohj0tiB+le1trY&#10;x0xVyBkJXjBpUyUldI/Shx6brJ4a6wtMO5UIfRVCApWAflkRgYY+I8eHxJ03WHfI7qlUcy6E7zgh&#10;0RrSHoyBhLsySnDqbv1GLxep0AhQgYf/unzvuVXcwugIXiV4sncicckInUnqw1jCBdjIerWt5qC/&#10;YNjFrhjFSDAYWmft0hbShQfJOq5OPN/Eb476R7PJbBL1osFo1ov6WdZ7NE+j3mgejofZYZamWfjW&#10;MQmjuOSUMunI3A1UGP1dw3ajvRuF/UjtZQvuo3ulIcW7X5+0bybXP7tOXCi6PdWOnesrmCHv3M27&#10;G9Jf997r57/S9AcAAAD//wMAUEsDBBQABgAIAAAAIQDohjY23wAAAAsBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/LTsMwEEX3SPyDNZXYUTuOVJUQp6oQlWCFEtiwc+NpHOpHFDsP/h6zguXMHN05tzys&#10;1pAZx9B7JyDbMiDoWq961wn4eD/d74GEKJ2SxjsU8I0BDtXtTSkL5RdX49zEjqQQFwopQMc4FJSG&#10;VqOVYesHdOl28aOVMY1jR9UolxRuDeWM7aiVvUsftBzwSWN7bSYr4GryRrZv/Ov580Wf5noalkv9&#10;KsTdZj0+Aom4xj8YfvWTOlTJ6ewnpwIxAh72LEuoAM53OZBEpA0HchaQsywHWpX0f4fqBwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMmM+VeeAgAA3QQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOiGNjbfAAAACwEAAA8AAAAAAAAAAAAAAAAA+AQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAEBgAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="000C1EC1">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1918" type="#_x0000_t34" style="position:absolute;margin-left:503.05pt;margin-top:34.45pt;width:40.7pt;height:.05pt;rotation:90;z-index:252451840;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTP9cclgIAANIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbv6WbTTZqsuqlQfrgU&#10;qNTyAM7amzX4Z2W72USIA+0Vqc/AG3AAqVL5eYXNGzF2toHCBSH24Izt8TfffDOT45O1FGjFjOVa&#10;ZTg+6GLEVK4pV8sMv7yYd4YYWUcUJUIrluENs/hk/PjRcV2lrKdLLSgzCECUTesqw6VzVRpFNi+Z&#10;JPZAV0zBZaGNJA62ZhlRQ2pAlyLqdbuDqNaGVkbnzFo4ne4u8TjgFwXL3YuisMwhkWHg5sJqwrrw&#10;azQ+JunSkKrkeUuD/AMLSbiCoHuoKXEEXRr+B5TkudFWF+4g1zLSRcFzFnKAbOLub9mcl6RiIRcQ&#10;x1Z7mez/g82fr84M4jTDRyOMFJFQo+ZD86353Hxqbpuvze32Cuy77XuwP25vUHPXHt+g7fX23fZq&#10;e918B/8vCABAzbqyKYBO1JnxeuRrdV6d6vy1RUpPSqKWLGR1sakgUuxfRA+e+I2tgNOifqYp+JBL&#10;p4O068JIZDSUsJ90/RdOQUK0DvXc7OvJ1g7lcNiPB8MRVD2Hq8FhPwQjqcfx1Cpj3VOmJfJGhhdM&#10;uYlWClpGm8OATVan1oWq0lYaQl/FGBVSQJOsiED9wMMnQdLWG6x7ZP9U6TkXIrSZUKiGnHtHLXWr&#10;Baf+1vtZs1xMhEGACnmEr+X7wE1yB/MiuMzwcO9E0pIROlM0hHGEC7CRCxI7w0F0wbCPLRnFSDCY&#10;VG/taAvlw4Nkba5evNC5b0bd0Ww4GyadpDeYdZLudNp5Mp8kncE8PupPD6eTyTR+64WKk7TklDLl&#10;k7mfojj5uy5t53nX//s52ssWPUQPSgPF+99AOnSQb5pd+y003ZwZn51vJhic4NwOuZ/MX/fB6+df&#10;0fgHAAAA//8DAFBLAwQUAAYACAAAACEATYYDT+EAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMAyG70i8Q2Qkbiyhg3QqTacJhEDiAgXBNWtCU9E4pcnWjqfHO8Hxtz/9/lyuZ9+zvR1jF1DB&#10;5UIAs9gE02Gr4O31/mIFLCaNRvcBrYKDjbCuTk9KXZgw4Yvd16llVIKx0ApcSkPBeWyc9TouwmCR&#10;dp9h9DpRHFtuRj1Rue95JoTkXndIF5we7K2zzVe98wo2j/Xz4eHnWn+8i7sn147fU1pJpc7P5s0N&#10;sGTn9AfDUZ/UoSKnbdihiaynLK6kJFZBlsklsCNCoxzYVsFS5DnwquT/v6h+AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhANM/1xyWAgAA0gQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAE2GA0/hAAAADQEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD+BQAAAAA=&#10;" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRDefault="004A01A5" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1764" type="#_x0000_t34" style="position:absolute;margin-left:525.85pt;margin-top:68.8pt;width:138.7pt;height:.05pt;rotation:90;z-index:88;visibility:visible" adj=",-138650400,-106855" strokeweight="1pt">
-[...1 lines deleted...]
-                </v:shape>
+                <v:oval id="_x0000_s1924" style="position:absolute;left:0;text-align:left;margin-left:270.5pt;margin-top:11.45pt;width:30pt;height:30pt;z-index:252457984;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWkfiYJwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/adrSLrtR09WqSxHS&#10;AistHMB1nMTC8Zix23Q5DGdA/HKJHomxky0t/CH8Yc14xs9v3owX1/vWsJ1Cr8EWfDIac6ashFLb&#10;uuCfPq5fXHLmg7ClMGBVwR+V59fL588WncvVFBowpUJGINbnnSt4E4LLs8zLRrXCj8ApS8EKsBWB&#10;XKyzEkVH6K3JpuPxRdYBlg5BKu/p9LYP8mXCryolw4eq8iowU3DiFtKOad/EPVsuRF6jcI2WAw3x&#10;DyxaoS09eoS6FUGwLeq/oFotETxUYSShzaCqtFSpBqpmMv6jmodGOJVqIXG8O8rk/x+sfL+7R6bL&#10;gl+QPFa01KPDt8OPw/fDT0ZHpE/nfE5pD+4eY4Xe3YH87JmFVSNsrW4QoWuUKInVJOZnZxei4+kq&#10;23TvoCR0sQ2QpNpX2EZAEoHtU0cejx1R+8AkHb68nIzHRExSaLDjCyJ/uuzQhzcKWhaNgitjtPNR&#10;M5GL3Z0PffZTVuIPRpdrbUxysN6sDLKdoPlYp5VKoDJP04xlXcGv5tN5Qj6L+VMIIhv59q+epSFs&#10;bUnnIo9avR7sILTpbarJ2EG8qFev+wbKR9IOoR9c+mhkNIBfOetoaAvuv2wFKs7MW0v6X01mszjl&#10;yZnNX03JwdPI5jQirCSogsuAnPXOKvR/Y+tQ1w29NUkFW7ihrlU6yRk72vMa6NJopp4M3yjO/qmf&#10;sn5/9uUvAAAA//8DAFBLAwQUAAYACAAAACEAXg6frN8AAAAIAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU/CQBCF7yb+h82YeJNdRBBqt0QNaiASAxrPS3doG7uzTXcL5d87nPQ2b97kzffSee9qccA2&#10;VJ40DAcKBFLubUWFhq/Pl5spiBANWVN7Qg0nDDDPLi9Sk1h/pA0etrEQHEIhMRrKGJtEypCX6EwY&#10;+AaJvb1vnYks20La1hw53NXyVqmJdKYi/lCaBp9LzH+2ndPw+vE2k6PuSe1puZ6uv98Xp9VoofX1&#10;Vf/4ACJiH/+O4YzP6JAx0853ZIOoNYzvhtwlargfg2B/os56xwMvZJbK/wWyXwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBWkfiYJwIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBeDp+s3wAAAAgBAAAPAAAAAAAAAAAAAAAAAIEEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;"/>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1751" type="#_x0000_t32" style="position:absolute;margin-left:488.05pt;margin-top:18.4pt;width:33pt;height:0;rotation:90;z-index:75;visibility:visible" adj="-393873,-1,-393873" strokeweight="1pt">
-[...55 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1769">
+                <v:oval id="_x0000_s1923" style="position:absolute;left:0;text-align:left;margin-left:240.5pt;margin-top:11.4pt;width:30pt;height:29.25pt;z-index:252456960;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/CPFUNAIAAEgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGO0zAQ/UfiDpb/aZJuu92Nmq5WXYqQ&#10;Flhp4QCu4zQWjseM3ablMJwB8csleiQmTlta+EPkw/J4xs9v3sxkerdtDNso9BpswbNBypmyEkpt&#10;VwX/9HHx6oYzH4QthQGrCr5Tnt/NXr6Yti5XQ6jBlAoZgVift67gdQguTxIva9UIPwCnLDkrwEYE&#10;MnGVlChaQm9MMkzT66QFLB2CVN7T6UPv5LOIX1VKhg9V5VVgpuDELcQV47rs1mQ2FfkKhau1PNAQ&#10;/8CiEdrSoyeoBxEEW6P+C6rREsFDFQYSmgSqSksVc6BssvSPbJ5r4VTMhcTx7iST/3+w8v3mCZku&#10;C36dcWZFQzXaf9v/2H/f/2R0RPq0zucU9uyesMvQu0eQnz2zMK+FXal7RGhrJUpiFeOTiwud4ekq&#10;W7bvoCR0sQ4QpdpW2HSAJALbxorsThVR28AkHV7dZGlKdZPkuppko8m4Y5SI/HjZoQ9vFDSs2xRc&#10;GaOd7zQTudg8+tBHH6MifzC6XGhjooGr5dwg2wjqj0X8Dg/48zBjWUvZ3abjNEJfOP05BrHtCPfP&#10;XoQhrG1J5yLvxHp92AehTb+npIyl3I6C9cKH7XIby5MNj7VYQrkjPRH6Zqbho00N+JWzlhq54P7L&#10;WqDizLy1VJPbbDTqOj8ao/FkSAaee5bnHmElQRVcBuSsN+ahn5e1Q72q6a0samDhnipZ6ShxR7rn&#10;dciA2jXW6TBa3Tyc2zHq9w9g9gsAAP//AwBQSwMEFAAGAAgAAAAhAKS9jSLgAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoE9SUErKpShHhVFWkFMHNjU0SEa+j2G3D37M9&#10;wWk1mtHsm2wx2k4czeBbRwjxJAJhqHK6pRrhbft8MwfhgyKtOkcG4cd4WOSXF5lKtTvRqzmWoRZc&#10;Qj5VCE0IfSqlrxpjlZ+43hB7X26wKrAcaqkHdeJy28nbKJpJq1riD43qzaox1Xd5sAjF42rztN5u&#10;dh8Fxcui3SXvL+Un4vXVuHwAEcwY/sJwxmd0yJlp7w6kvegQpvOYtwSEez7sJ9Oz3iPM7hKQeSb/&#10;D8h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH8I8VQ0AgAASAQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKS9jSLgAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" strokeweight="1.5pt">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
-[...199 lines deleted...]
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1767" style="position:absolute;margin-left:504.55pt;margin-top:11.4pt;width:30pt;height:30pt;z-index:91;visibility:visible;v-text-anchor:middle"/>
+                <v:oval id="_x0000_s1925" style="position:absolute;left:0;text-align:left;margin-left:508.2pt;margin-top:7.2pt;width:30pt;height:30pt;z-index:252459008;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkQiGSJwIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GO0zAQ/UfiDpb/aZrSwm7UdLXqUoS0&#10;wEoLB3Adp7FwPGbsNl0OwxlW/HKJHomxky0t/CH8Yc14xs9v3oznV/vWsJ1Cr8GWPB+NOVNWQqXt&#10;puSfP61eXHDmg7CVMGBVyR+U51eL58/mnSvUBBowlUJGINYXnSt5E4IrsszLRrXCj8ApS8EasBWB&#10;XNxkFYqO0FuTTcbjV1kHWDkEqbyn05s+yBcJv66VDB/r2qvATMmJW0g7pn0d92wxF8UGhWu0HGiI&#10;f2DRCm3p0SPUjQiCbVH/BdVqieChDiMJbQZ1raVKNVA1+fiPau4b4VSqhcTx7iiT/3+w8sPuDpmu&#10;Sj6jTlnRUo8O3w8/Do+Hn4yOSJ/O+YLS7t0dxgq9uwX5xTMLy0bYjbpGhK5RoiJWeczPzi5Ex9NV&#10;tu7eQ0XoYhsgSbWvsY2AJALbp448HDui9oFJOnx5kY/H1DdJocGOL4ji6bJDH94qaFk0Sq6M0c5H&#10;zUQhdrc+9NlPWYk/GF2ttDHJwc16aZDtBM3HKq1UApV5mmYs60p+OZvMEvJZzJ9CENnIt3/1LA1h&#10;ays6F0XU6s1gB6FNb1NNxg7iRb163ddQPZB2CP3g0kcjowH8xllHQ1ty/3UrUHFm3lnS/zKfTuOU&#10;J2c6ez0hB08j69OIsJKgSi4DctY7y9D/ja1DvWnorTwVbOGaulbrJGfsaM9roEujmXoyfKM4+6d+&#10;yvr92Re/AAAA//8DAFBLAwQUAAYACAAAACEAL6nWAd4AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3KhdikIb4lSACqiIClEQZzfeJhHxOoqdNv17Nic4zuzT7Ey2HFwjDtiF&#10;2pOG6USBQCq8ranU8PX5dDUHEaIhaxpPqOGEAZb5+VlmUuuP9IGHbSwFh1BIjYYqxjaVMhQVOhMm&#10;vkXi2953zkSWXSltZ44c7hp5rVQinamJP1SmxccKi59t7zQ8v78s5Kx/UHtab+ab77fV6XW20vry&#10;Yri/AxFxiH8wjPW5OuTcaed7skE0rNU0uWFWw4I3jYC6HY2dhoQdmWfy/4T8FwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAORCIZInAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAC+p1gHeAAAACgEAAA8AAAAAAAAAAAAAAAAAgQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;"/>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1768" style="position:absolute;margin-left:474.55pt;margin-top:12.15pt;width:30pt;height:29.25pt;z-index:92;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1768">
+                <v:oval id="_x0000_s1926" style="position:absolute;left:0;text-align:left;margin-left:475.8pt;margin-top:8.45pt;width:30pt;height:29.25pt;z-index:252460032;visibility:visible;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsffCnNgIAAEgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFuEzEQ/UfiDpb/6e42CW1W2VRVShFS&#10;gUqFAzheb9bC6zFjJ5tyGM6A+OUSORJjb5om8IfYD8vjGb9582a8s6ttZ9hGoddgK16c5ZwpK6HW&#10;dlXxz59uX11y5oOwtTBgVcUfledX85cvZr0r1Tm0YGqFjECsL3tX8TYEV2aZl63qhD8Dpyw5G8BO&#10;BDJxldUoekLvTHae56+zHrB2CFJ5T6c3g5PPE37TKBk+No1XgZmKE7eQVkzrMq7ZfCbKFQrXarmn&#10;If6BRSe0paQHqBsRBFuj/guq0xLBQxPOJHQZNI2WKtVA1RT5H9U8tMKpVAuJ491BJv//YOWHzT0y&#10;XVd8MuXMio56tPu++7n7sfvF6Ij06Z0vKezB3WOs0Ls7kF88s7BohV2pa0ToWyVqYlXE+OzkQjQ8&#10;XWXL/j3UhC7WAZJU2wa7CEgisG3qyOOhI2obmKTD0WWR59Q3Sa7RRTG+mKQMony67NCHtwo6FjcV&#10;V8Zo56NmohSbOx8iH1E+RSX+YHR9q41JBq6WC4NsI2g+btO3T+CPw4xlPVU3zSd5gj5x+mMMYhsJ&#10;D2lPwhDWtqZzUUax3uz3QWgz7ImmsXv1omCD8GG73Kb2FKMIGtVcQv1IeiIMw0yPjzYt4DfOehrk&#10;ivuva4GKM/POUk+mxXgcJz8Z48nFORl47Fkee4SVBFVxGZCzwViE4b2sHepVS7mKpIGFa+pko5PE&#10;z7z2FdC4JuX3Tyu+h2M7RT3/AOa/AQAA//8DAFBLAwQUAAYACAAAACEA8hVfUt8AAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgT1FY0jVOVIsIJVaQUlZsbL0lEvI5itw1/&#10;z+YEx50Zzb5JV4NtxRl73zhSEE8iEEilMw1VCt53z3cPIHzQZHTrCBX8oIdVdn2V6sS4C73huQiV&#10;4BLyiVZQh9AlUvqyRqv9xHVI7H253urAZ19J0+sLl9tW3kfRXFrdEH+odYebGsvv4mQV5I+b7dPr&#10;brs/5BSv82Y/+3gpPpW6vRnWSxABh/AXhhGf0SFjpqM7kfGiVbCYLmKOKpjzpNGPolE4sjCdgcxS&#10;+X9B9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDsffCnNgIAAEgEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDyFV9S3wAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" strokeweight="1.5pt">
+                  <v:textbox>
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="006976FA" w:rsidRPr="00C64D43">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C1EC1">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1948" style="position:absolute;left:0;text-align:left;margin-left:572pt;margin-top:9.3pt;width:64.3pt;height:32.6pt;z-index:252482560;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:shadow on="t" offset="6pt,6pt"/>
+                  <v:formulas/>
+                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+                  <o:lock v:ext="edit" verticies="t"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+                <w:tab w:val="left" w:pos="12885"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1915" type="#_x0000_t32" style="position:absolute;margin-left:8.6pt;margin-top:6pt;width:0;height:36.7pt;flip:y;z-index:252448768;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzyYyQcgIAAJoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmu4jhC5KCQ7G7S&#10;NkDS7mmRsohSJEEy/qAokPYCOUKv0E0X/SBnkG/UIeU4SbspinpBD8nh43vDNzo5XbcCLZmxXMkc&#10;JwcxRkxWinK5yPGby9lgjJF1RFIilGQ53jCLTydPn5ysdMaGqlGCMoMARNpspXPcOKezKLJVw1pi&#10;D5RmEjZrZVriYGoWETVkBeitiIZxPIpWylBtVMWshdWy38STgF/XrHKv69oyh0SOgZsLownj3I/R&#10;5IRkC0N0w6sdDfIPLFrCJVy6hyqJI+jK8D+gWl4ZZVXtDirVRqquecWCBlCTxL+puWiIZkELFMfq&#10;fZns/4OtXi3PDeI0x4dHGEnSwht1n7fX25vuZ/dle4O2H7tbGLafttfd1+5H97277b4hSIbKrbTN&#10;AKCQ58Zrr9byQp+p6p1FUhUNkQsWFFxuNKAm/kT06IifWA33z1cvFYUccuVUKOO6Ni2qBddv/UEP&#10;DqVC6/Bum/27sbVDVb9YwWo6GsXH4UkjknkEf04b614w1SIf5Ng6Q/iicYWSEsyhTI9OlmfWeX73&#10;B/xhqWZciOARIdEKuAyP4jjwsUpw6nd9njWLeSEMWhJvs/ALamHnYZqnUBLb9HkUot5/Rl1JGm5p&#10;GKHTXewIFxAjF8rnDIeCCoY9jZZRjASDjvNRz1tIzwRKAkp2Ue/A98fx8XQ8HaeDdDiaDtK4LAfP&#10;Z0U6GM2So8PyWVkUZfLBi0rSrOGUMul13XVDkv6d23Z92ft43w/7CkaP0UOpgezdfyAd3OEN0Vtr&#10;rujm3Hh13ijQACF516y+wx7OQ9b9J2XyCwAA//8DAFBLAwQUAAYACAAAACEAA/rt4d8AAAAIAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXFBrt0K0hDgVAvHTAwdSJMRtGy9JlNiO&#10;YqcNPH03JzitRjM7+226GW0rDtSH2jsNi7kCQa7wpnalho/d02wNIkR0BlvvSMMPBdhk52cpJsYf&#10;3Tsd8lgKLnEhQQ1VjF0iZSgqshjmviPH3rfvLUaWfSlNj0cut61cKnUjLdaOL1TY0UNFRZMPljHy&#10;5q3e4jZ+vt4+vwwN/X6Zq0etLy/G+zsQkcb4F4YJn3cgY6a9H5wJomW9WnBSw3J1DWLyJ73nqdQa&#10;ZJbK/w9kJwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCzyYyQcgIAAJoEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAD+u3h3wAAAAgBAAAPAAAA&#10;AAAAAAAAAAAAAMwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2AUAAAAA&#10;" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00C866FB" w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
+              <w:t xml:space="preserve">                                                                                                                                                                 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006976FA" w:rsidRDefault="004A01A5" w:rsidP="006976FA">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="004A01A5">
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t4" coordsize="21600,21600" o:spt="4" path="m10800,l,10800,10800,21600,21600,10800xe">
             <v:stroke joinstyle="miter"/>
             <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
           </v:shapetype>
-          <v:shape id="_x0000_s1738" type="#_x0000_t4" style="position:absolute;margin-left:492.6pt;margin-top:17.65pt;width:65.45pt;height:50.55pt;z-index:62;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-            <v:textbox style="mso-next-textbox:#_x0000_s1738">
+          <v:shape id="_x0000_s1928" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:512.35pt;margin-top:11.4pt;width:65.45pt;height:56.2pt;z-index:252462080;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWks8rOwIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1uEzEQfkfiDpbf6WbTpD+rbqqqpQip&#10;QKXCASa2N2the4ztZFNOwxX6jjhDjsSsNwkp8ITYB8vjGX+e+b6ZvbhcW8NWKkSNrubl0Ygz5QRK&#10;7RY1//Tx9tUZZzGBk2DQqZo/qsgvZy9fXHS+UmNs0UgVGIG4WHW+5m1KviqKKFplIR6hV46cDQYL&#10;icywKGSAjtCtKcaj0UnRYZA+oFAx0unN4OSzjN80SqQPTRNVYqbmlFvKa8jrvF+L2QVUiwC+1WKb&#10;BvxDFha0o0f3UDeQgC2D/gPKahEwYpOOBNoCm0YLlWugasrRb9U8tOBVroXIiX5PU/x/sOL96j4w&#10;LWs+PeHMgSWNNt82PzbfN0+MjoifzseKwh78fegrjP4OxefIHF634BbqKgTsWgWSsir7+OLZhd6I&#10;dJXNu3coCR2WCTNV6ybYHpBIYOusyONeEbVOTNDh2XE5LqecCXKdlsenk6xYAdXusg8xvVFoWb+p&#10;udRg0cmMD6u7mPp8oNpF5fzRaHmrjclGWMyvTWAroP64zV8ugco8DDOOdTU/n46nGfmZLx5CjPL3&#10;NwirEzW60ZaK2gdB1RP32snchgm0GfaUsnFbJnvyBhHSer7OUpWTnS5zlI/EbcChsWkQadNi+MpZ&#10;R01d8/hlCUFxZt460ue8nBCDLGVjMj0dkxEOPfNDDzhBUDUXKXA2GNdpmJ2lD3rR0ltlJsThFana&#10;6Ex3r/iQ17YCat2swnbM+tk4tHPUr5/B7CcAAAD//wMAUEsDBBQABgAIAAAAIQA7ic5q4QAAAAwB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJOUBghxKgSUikMPtBw4uvGShMbr&#10;YLtt+Hu2J7jNaJ9mZ8r5aHtxQB86RwrSSQICqXamo0bB+2ZxdQsiRE1G945QwQ8GmFfnZ6UujDvS&#10;Gx7WsREcQqHQCtoYh0LKULdodZi4AYlvn85bHdn6Rhqvjxxue5klSS6t7og/tHrAxxbr3XpvFeiu&#10;W3m/WprdB71O3ffL0/Ni86XU5cX4cA8i4hj/YDjV5+pQcaet25MJomefZPmMWVZ3GYgTkc5urkFs&#10;WU3THGRVyv8jql8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlpLPKzsCAABUBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAO4nOauEAAAAMAQAA&#10;DwAAAAAAAAAAAAAAAACVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00582210" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                   <w:pPr>
-                    <w:ind w:left="-284" w:right="-201"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="18"/>
-                      <w:szCs w:val="18"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...24 lines deleted...]
-                    <w:t xml:space="preserve">  2</w:t>
+                  <w:r w:rsidRPr="00582210">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>2-шарт</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="004A01A5">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1737" type="#_x0000_t4" style="position:absolute;margin-left:264.95pt;margin-top:17.65pt;width:53.15pt;height:50.5pt;z-index:61;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-            <v:textbox style="mso-next-textbox:#_x0000_s1737">
+          <v:shape id="_x0000_s1895" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:66.15pt;margin-top:14.9pt;width:27.3pt;height:0;rotation:270;z-index:252428288;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1TCXuaAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuHUmO7DpC5KCQ7G7S&#10;1kDS7mmRsohSpEAylo2iQNoL5Ai9Qjdd9IOcQb5Rh5TjJO2mKOoFPSRnHt/MvNHp2aYWaM204Uqm&#10;ODoKMWKyUJTLVYrfXM4HE4yMJZISoSRL8ZYZfDZ9+uS0bRI2VJUSlGkEINIkbZPiytomCQJTVKwm&#10;5kg1TMJlqXRNLGz1KqCatIBei2AYhuOgVZo2WhXMGDjN+0s89fhlyQr7uiwNs0ikGLhZv2q/Lt0a&#10;TE9JstKkqXixp0H+gUVNuIRHD1A5sQRdaf4HVM0LrYwq7VGh6kCVJS+YzwGyicLfsrmoSMN8LlAc&#10;0xzKZP4fbPFqvdCI0xRPxhhJUkOPus+7691N97P7srtBu4/dLSy7T7vr7mv3o/ve3XbfEDhD5drG&#10;JACQyYV2uRcbedGcq+KdQVJlFZEr5jO43DaAGrmI4FGI25gG3l+2LxUFH3JllS/jptQ1KgVv3rpA&#10;Bw6lQhvft+2hb2xjUdEfFnA6Oj6OQ9/SgCQOwcU12tgXTNXIGSk2VhO+qmympARxKN2jk/W5sY7f&#10;fYALlmrOhfAaERK1KT4ZDUeejlGCU3fp3IxeLTOh0Zo4lfmfTxZuHrppdSWpB6sYobO9bQkXYCPr&#10;q2Q1h7oJht1rNaMYCQaD5ayenpDuRcgcCO+tXmjvT8KT2WQ2iQfxcDwbxGGeD57Ps3gwnkfPRvlx&#10;nmV59MGRj+Kk4pQy6fjfiT6K/05U+/Hr5XqQ/aFQwWN0X1Ege/fvSXsRuL73Cloqul1ol53TA+jc&#10;O+9n0g3Sw733uv9yTH8BAAD//wMAUEsDBBQABgAIAAAAIQC661L33QAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUhcELVr8VOFOBUCCidUEcrdjZckaryOYrdN3p4tF7jN7I5m&#10;v82Xo+/EAYfYBjIwnykQSFVwLdUGNp+r6wWImCw52wVCAxNGWBbnZ7nNXDjSBx7KVAsuoZhZA01K&#10;fSZlrBr0Ns5Cj8S77zB4m9gOtXSDPXK576RW6k562xJfaGyPTw1Wu3LvDTyX69vV19Vm1FP19l6+&#10;LnZrml6MubwYHx9AJBzTXxhO+IwOBTNtw55cFB17rW44yuJegzgFfgdbFmquQRa5/P9C8QMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC1TCXuaAIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC661L33QAAAAoBAAAPAAAAAAAAAAAAAAAAAMIE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzAUAAAAA&#10;" adj="-116980,-1,-116980">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1927" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:280.1pt;margin-top:17.1pt;width:60pt;height:54.9pt;z-index:252461056;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/ZsgSOgIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF2O0zAQfkfiDpbfaZLSdHejpqtVlyKk&#10;BVZaOMDUdhoL/2G7TZfTcAXeEWfokZg4bekCT4g8WB7P+PPM981kdr3TimyFD9KamhajnBJhmOXS&#10;rGv68cPyxSUlIYLhoKwRNX0UgV7Pnz+bda4SY9taxYUnCGJC1bmatjG6KssCa4WGMLJOGHQ21muI&#10;aPp1xj10iK5VNs7zadZZz523TISAp7eDk84TftMIFt83TRCRqJpibjGtPq2rfs3mM6jWHlwr2SEN&#10;+IcsNEiDj56gbiEC2Xj5B5SWzNtgmzhiVme2aSQTqQaspsh/q+ahBSdSLUhOcCeawv+DZe+2955I&#10;XtNyTIkBjRrtv+5/7L/vvxE8Qn46FyoMe3D3vq8wuDvLPgVi7KIFsxY33tuuFcAxq6KPz55c6I2A&#10;V8mqe2s5osMm2kTVrvG6B0QSyC4p8nhSROwiYXg4vSjzvKSEoWs6KV6WSbEMquNl50N8Lawm/aam&#10;XIK2hid82N6F2OcD1TEq5W+V5EupVDL8erVQnmwB+2OZvlQClnkepgzpanpVjsuE/MQXziHy9P0N&#10;QsuIja6krunlKQiqnrhXhqc2jCDVsMeUlTkw2ZM3iBB3q12SqpgedVlZ/ojcejs0Ng4iblrrv1DS&#10;YVPXNHzegBeUqDcG9bkqJpN+CpIxKS/GaPhzz+rcA4YhVE1Z9JQMxiIOs7NxXq5bfKtIhBh7g6o2&#10;MtHdKz7kdagAWzepcBizfjbO7RT162cw/wkAAP//AwBQSwMEFAAGAAgAAAAhAIRquRHgAAAACgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAQhXck/oN1SGzUDlEalMapEFAQQwdaBsZr7Cam8TnY&#10;bhv+PWaC8fQ+vfddvZzswE7aB+NIQjYTwDS1ThnqJLxvVzd3wEJEUjg40hK+dYBlc3lRY6Xcmd70&#10;aRM7lkooVCihj3GsOA9try2GmRs1pWzvvMWYTt9x5fGcyu3Ab4WYc4uG0kKPo37odXvYHK0ENGbt&#10;/fpFHT7oNXdfz49Pq+2nlNdX0/0CWNRT/IPhVz+pQ5Ocdu5IKrBBQlGKpB4l5KIAloB5WWbAdonM&#10;swJ4U/P/LzQ/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD9myBI6AgAAVAQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIRquRHgAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAlAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAChBQAAAAA=&#10;">
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="006743C2" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                   <w:pPr>
-                    <w:ind w:left="-284" w:right="-201"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="18"/>
-                      <w:szCs w:val="18"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00D75BB4">
-[...32 lines deleted...]
-                    <w:t>1</w:t>
+                  <w:r w:rsidRPr="006743C2">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1-шарт </w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
-    </w:p>
-[...100 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1739" style="position:absolute;left:0;text-align:left;margin-left:37.85pt;margin-top:437pt;width:22.5pt;height:32.1pt;z-index:63" stroked="f">
-            <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#_x0000_s1739">
+          <v:shape id="_x0000_s1921" style="position:absolute;left:0;text-align:left;margin-left:689.55pt;margin-top:458.9pt;width:15.75pt;height:11.25pt;z-index:252454912;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="200025,142875" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLGV+1hwMAAOwJAAAOAAAAZHJzL2Uyb0RvYy54bWysVm2O0zAQ/Y/EHaz8RGITp236oe2uYGER&#10;0gIrbTmA6zhNRBIH2226ewmOwDVWQnCGciPGzkedVikrRKVGdubleeaNPePzy22Wog0TMuH53MFn&#10;noNYTnmY5Ku583lx/XLiIKlIHpKU52zu3DPpXF48f3ZeFjPm85inIRMISHI5K4u5EytVzFxX0phl&#10;RJ7xguVgjLjIiIKpWLmhICWwZ6nre17gllyEheCUSQlv31RG58LwRxGj6lMUSaZQOnfAN2WewjyX&#10;+ulenJPZSpAiTmjtBvkHLzKS5LBoS/WGKILWIjmiyhIquOSROqM8c3kUJZSZGCAa7B1EcxeTgplY&#10;QBxZtDLJ/0dLP25uBUrCuTMaOSgnGeRo9333a/dj92j+P3ePv78hMIJSZSFn8MFdcSt0rLK44fSL&#10;BIPbseiJBAxalh94CIRkrbhRZxuJTH8JcaOtScJ9mwS2VYjCS8iq54MvFEx46E/GZmmXzJqP6Vqq&#10;d4wbIrK5karKYQgjk4GwDmMB+Y6yFNL5wkUeKlHNXMMbFO6gYrRfE7LZcvkWCo8DH/u9hAML6qE+&#10;wqGFqhzrJQQx2jj8wQQPekkDG2l07CUdW9Aq5F5WOMLt+v06Ti3UXwjxEzPztNRgOzceCiBueI5G&#10;g6A+3W0ScTc1p5B2ek5z2tk5jbSzcxppJ+cICUdh1Wx2Ejf7n27z+gDACBFdfhegjD4RBZf6tOnz&#10;AGdqgbUsQAI4bbXggw4cZNXwQS982IGDYhrenNZj9lEHDmJo+LiXPejAYQ9q+LQXPu7A9Q7TeNwJ&#10;tgq6lklAbzjsCsJB0BWWehGQjSitbjNE5b42xW1p0taMb9iCG5w6KGuw4t6a5jaqqiLGTdOGANoA&#10;6HqZ0NfsoQOfTAdBpXHdtQqzWFMuIVrsBYGJF3w/tJm60YjXoW8WPfpkXwgt17roSuUnA4/iTLlk&#10;1WbUYptd2aquk2VVesnTJLxO0lTrLMVqeZUKtCHQ1q/Nr46tA0tznTTsjz3P7I6OscOhawaAKl86&#10;MMHXeWj2Q8xI+LYeK5Kk1dhoU3dA3fSqLrnk4T00QMGrCwdckGAQc/HgoBIuG3NHfl0TwRyUvs+h&#10;m0/xcAhaKjMZjsY+TIRtWdoWklOgmjtUwX6tJlequtOsC5GsYlgLm4Bz/gpab5ToFml6dOVXPYEr&#10;hZG8vv7oO4s9N6j9Je3iDwAAAP//AwBQSwMEFAAGAAgAAAAhAIfI20ziAAAADQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyonaa0NMSpEBUCDj20VOLqxiaJsNeR7Tbp37M9lePM&#10;Ps3OlKvRWXYyIXYeJWQTAcxg7XWHjYT919vDE7CYFGplPRoJZxNhVd3elKrQfsCtOe1SwygEY6Ek&#10;tCn1Beexbo1TceJ7g3T78cGpRDI0XAc1ULizfCrEnDvVIX1oVW9eW1P/7o5OwuN6s/4Q50+bv4dv&#10;3EyHfbcNQsr7u/HlGVgyY7rCcKlP1aGiTgd/RB2ZJZ0vlhmxEpbZgkZckFkm5sAOZM1EDrwq+f8V&#10;1R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAyxlftYcDAADsCQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAh8jbTOIAAAANAQAADwAAAAAAAAAA&#10;AAAAAADhBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAPAGAAAAAA==&#10;" path="m,l176212,v13152,,23813,10661,23813,23813l200025,142875,,142875,,xe" strokeweight="1pt">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;176212,0;200025,23813;200025,142875;0,142875;0,0" o:connectangles="0,0,0,0,0,0"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1929" style="position:absolute;left:0;text-align:left;margin-left:37.85pt;margin-top:437pt;width:22.5pt;height:32.1pt;z-index:252463104;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBqyYjrQIAACMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbv3fwoaZto09VuSxHS&#10;AistPIAbO41FYgfbbbpCSCtxReIReAguiJ99hvSNGDtt6QIHhMjB8djj8TfzfePTs01doTVTmkuR&#10;4eDEx4iJXFIulhl++WI+GGOkDRGUVFKwDN8wjc8mDx+ctk3KQlnKijKFIIjQadtkuDSmST1P5yWr&#10;iT6RDROwWUhVEwOmWnpUkRai15UX+v7Qa6WijZI50xpWZ/0mnrj4RcFy87woNDOoyjBgM25UblzY&#10;0ZucknSpSFPyfAeD/AOKmnABlx5CzYghaKX4b6FqniupZWFOcll7sih4zlwOkE3g/5LNdUka5nKB&#10;4ujmUCb9/8Lmz9ZXCnGa4TjCSJAaOOo+bm+3H7pv3d32Xfepu+u+bt9337vP3RcETlCxttEpHLxu&#10;rpTNWTeXMn+lkZDTkoglO1dKtiUjFHAG1t+7d8AaGo6iRftUUriPrIx0xdsUqrYBoSxo4zi6OXDE&#10;NgblsBiO41EMTOawFfmj4chx6JF0f7hR2jxmskZ2kmEFEnDByfpSGwuGpHsXB15WnM55VTlDLRfT&#10;SqE1AbnM3efwQ47HbpWwzkLaY33EfgUwwh12z6J19L9JgjDyL8JkMB+OR4NoHsWDZOSPB36QXCRD&#10;P0qi2fytBRhEackpZeKSC7aXYhD9HdW7puhF5MSI2gwncRi73O+h18dJ+u77U5I1N9CZFa8zPD44&#10;kdTy+khQSJukhvCqn3v34bsqQw32f1cVpwJLfC8gs1lsnPCCeK+phaQ3oAslgTegGJ4VmNgxBJZR&#10;C12aYf16RRTDqHoiQF5JEEW2rZ0RxaMQDHW8szjeISIvJTS/waifTk3/FKwaxZclXBa4cgl5DpIs&#10;uJOLlWsPbCdk6ESX1+7VsK1+bDuvn2/b5AcAAAD//wMAUEsDBBQABgAIAAAAIQCNImVP3wAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT4QwEIbvJv6HZky8uUX8KCDDxhiXkx5cjfFYaAUinRLa&#10;3UV/vbMnPc7Mk3eet1wvbhR7O4fBE8LlKgFhqfVmoA7h7XVzkYEIUZPRoyeL8G0DrKvTk1IXxh/o&#10;xe63sRMcQqHQCH2MUyFlaHvrdFj5yRLfPv3sdORx7qSZ9YHD3SjTJLmVTg/EH3o92Yfetl/bnUNo&#10;3h+75x+Tb2pV13noF6WePhTi+dlyfwci2iX+wXDUZ3Wo2KnxOzJBjAjqRjGJkKlr7nQE0oQ3DUJ+&#10;laUgq1L+r1D9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEGrJiOtAgAAIwUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAI0iZU/fAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAABwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAATBgAAAAA=&#10;" stroked="f">
+            <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                   <w:pPr>
                     <w:rPr>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                    </w:rPr>
+                    <w:t>Запрос</w:t>
+                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="006976FA" w:rsidRPr="00E126A6">
-[...258 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...27 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1922" style="position:absolute;left:0;text-align:left;margin-left:605.65pt;margin-top:427.05pt;width:64.3pt;height:32.6pt;z-index:252455936;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" coordsize="21600,21600" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+9ibEDwUAAK8RAAAOAAAAZHJzL2Uyb0RvYy54bWy0WN1u2zYYvR+wdyB0OWC1JEuWbMQpirQZ&#10;BnRrgHjYNSPJllBJ1Eg6TvYSe4S9RoFhe4bsjXZIiTLlRkq2pQ1q6ufo8PvOoT6SOnt9V5XkNuOi&#10;YPXa8V65DsnqhKVFvVs7P20uv40dIiStU1qyOls795lwXp9//dXZoVllPstZmWacgKQWq0OzdnIp&#10;m9VsJpI8q6h4xZqsxs0t4xWVOOW7WcrpAexVOfNddzE7MJ42nCWZELj6tr3pnGv+7TZL5IftVmSS&#10;lGsHsUn9y/XvjfqdnZ/R1Y7TJi+SLgz6H6KoaFGj057qLZWU7HnxGVVVJJwJtpWvElbN2HZbJJnO&#10;Adl47kk21zltMp0LxBFNL5N4Odrkx9srTop07YRzh9S0gkcPvz/89fDHwyf9/8+HT3//RnATSh0a&#10;scID180VV7mK5j1LPgpSs3dpIa9YUUtE5oGGXeS03mVvOGeHPKOpvgyC2YBBnQhwkZvDDyxFx3Qv&#10;mVbxbssr1QP0IXfarPverOxOkgQXY2+x8GBpgluBF7i+NnNGV+bhZC/kdxnTRPT2vZCt1ymOtFNp&#10;l+4GJNuqhO3fzIhLDsT3Fq4ZGT0IaVmg/HGQb4F8N4jieIwOYj9NF1igwF2GUThGF1pIl4xEt7BA&#10;03SRhfRCP3BHOfF693lMcy4t5NwN4nFO5WpPOi2jZ9vyBKttzrjNtjFPENr2jBPa1kxr6dkGuQSD&#10;EBotwnC+6MrUcTDaBk0jbYOmkbZBk0i8aUd/ppG2PdPIoTsTufu2Q9OctkEhzBx7e3zboyVe/7E3&#10;yLcd8qJwgtJ2yIvnUWRzokrtTB2iuSlNyV3d1SYcERTQtbPBmFDFqmFCFUJVqlDuNp4aECABTt21&#10;4NEADlEVXBfvR+HxAA69FDwcZV8O4BBDwaMxOMaJHTtGooIvR+HeAK6qgMLjFR9J1veHD3TZeqPp&#10;YujYAXldvt4g4VanzgiOBYRaOmx8YLF42KihguXDRo0ELCA2vs4eBlGpfNT0OCSHtdNOIyTvjzBz&#10;8b1aKH34qGYzha3YbbZh+impDO5CMlPZ8XZZ27COGvIYpLlv2kbTHXE48uNOSIMxbYvtun428LTn&#10;pGQia51SYvxvJeIgageY786NQaN6uOEc5Qt6WGCTnmk7SXooKqsZiwZi2k6RPoR/AX0kgBdWJo7b&#10;ceu7S79zdEyXKFDjVcvSY02Opm1zPSKj6NTZIbLv/tnAY5yG6QspMvdc4+iTilhYE5VpTxSZYxk3&#10;+eYYRZ4PPMZp+vxCigReW6BQ1J5UxMKaqEx7oggWb3pJAlaDMG2LNIo8H3iM0zC9sCKh6kG9CqEX&#10;PFVO+pfBwpqwTHsiSRhjhmirn0GYtkUe+38+8hip4fpMFFjQTz1q5rL2PIKVRXpZlKUqxYLvbi5K&#10;Tm4pZrNL/a8LdwArazVzLUOUDf3UKIVam7abJPQ6oKgKiR19WVTYovUgulLbwHd1ConoStKibI/1&#10;CFKXMr1X72ZQtgfFdZ4eSFoIzLqeG0ULLPvSAlOvH7WshJY7fHJIJMeMzOTPhcz1ftlMrYOMY1f9&#10;dRn39HoNZfWst6dqR9pudW9Yeo/dKcgVp/rKgYOc8V8dcsAXg7UjftlTnjmk/L7GDnfpBQFgUp8E&#10;YYTlD+H2nRv7Dq0TUK0d6WClpw4vJM7wyL7hxS5XWWsLavYGu+JtoXavOr42qu4EXwV0Et0XDPXZ&#10;wT7XqON3lvN/AAAA//8DAFBLAwQUAAYACAAAACEAu6hypuEAAAANAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3KiThtI4xKkQUqVyg0IPvbnxEke111HstuHvcU9wHO3TzNt6NTnL&#10;zjiG3pOEfJYBQ2q97qmT8PW5fiiBhahIK+sJJfxggFVze1OrSvsLfeB5GzuWSihUSoKJcag4D61B&#10;p8LMD0jp9u1Hp2KKY8f1qC6p3Fk+z7In7lRPacGoAV8NtsftyUmgo9ot1++tzTZxbxblZi/88Cbl&#10;/d308gws4hT/YLjqJ3VoktPBn0gHZlOe53mRWAnl4jEHdkWKQghgBwkiFwXwpub/v2h+AQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH72JsQPBQAArxEAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALuocqbhAAAADQEAAA8AAAAAAAAAAAAAAAAAaQcA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB3CAAAAAA=&#10;" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+            <v:stroke joinstyle="miter"/>
+            <v:shadow on="t" offset="6pt,6pt"/>
+            <v:formulas/>
+            <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;7742219,0;15484400,0;15484400,2921141;15484400,5842282;7742219,5842282;0,5842282;0,2921141" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+            <o:lock v:ext="edit" verticies="t"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13826"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidTr="00C866FB">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14352" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3195"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3195"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3195"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3195"/>
+        </w:tabs>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3195"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қамқоршыларға немесе қорғаншыларға жетiм баланы (жетiм балаларды)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>және ата-анасының қамқорлығынсыз қалған баланы (балаларды) асырап-бағуға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>жәрдемақы тағайындау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» мемлекеттік көрсетілетін қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регламентіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Портал арқылы мемлекеттік қызметті көрсету кезінде қатыстырылған ақпараттық жүйелердің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>функционалдық өзара іс-қимыл диаграммасы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="202"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="14218"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidTr="00C866FB">
         <w:trPr>
           <w:trHeight w:val="852"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14317" w:type="dxa"/>
+            <w:tcW w:w="14709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="004A01A5" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1773" type="#_x0000_t130" style="position:absolute;margin-left:21.9pt;margin-top:10.4pt;width:74.25pt;height:28.5pt;z-index:97;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1773">
+                <v:shape id="_x0000_s1939" type="#_x0000_t130" style="position:absolute;margin-left:434.45pt;margin-top:5.1pt;width:88.05pt;height:35.6pt;z-index:252473344;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1939">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E97BAB" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
-                          <w:ind w:left="-142"/>
-                          <w:jc w:val="both"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00E97BAB">
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ИС ПЭП</w:t>
+                          <w:t>ӨЭҮШ АЖО</w:t>
                         </w:r>
                       </w:p>
-                    </w:txbxContent>
-[...43 lines deleted...]
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1818" style="position:absolute;margin-left:205.45pt;margin-top:11.45pt;width:56.8pt;height:29.35pt;z-index:142;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1818">
+                <v:shape id="_x0000_s1938" type="#_x0000_t130" style="position:absolute;margin-left:21.9pt;margin-top:5.1pt;width:74.25pt;height:33.8pt;z-index:252472320;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1938">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E97BAB" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-86"/>
-                          <w:jc w:val="center"/>
+                          <w:jc w:val="both"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00E97BAB">
                           <w:rPr>
-                            <w:sz w:val="16"/>
-                            <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  </w:t>
+                          <w:t xml:space="preserve">ЭҮП </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00E97BAB">
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>Портал</w:t>
+                          <w:t>АЖ</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1944" type="#_x0000_t130" style="position:absolute;margin-left:334.7pt;margin-top:9.65pt;width:75pt;height:29.25pt;z-index:252478464;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1944">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E97BAB" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
-                          <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                      </w:p>
-[...17 lines deleted...]
-                          <w:ind w:left="-142" w:right="-221"/>
+                        <w:r w:rsidRPr="00E97BAB">
                           <w:rPr>
-                            <w:sz w:val="4"/>
-                            <w:szCs w:val="4"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                        </w:pPr>
-[...16 lines deleted...]
-                          <w:t>АРМ РШЭП</w:t>
+                          <w:t>ЭҮШ</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1947" style="position:absolute;margin-left:205.45pt;margin-top:11.45pt;width:56.8pt;height:29.35pt;z-index:252481536;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1947">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E97BAB" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">  </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00E97BAB">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>Портал</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="004A01A5" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3480"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="8055"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1817" type="#_x0000_t34" style="position:absolute;margin-left:405.95pt;margin-top:14.25pt;width:26.25pt;height:.05pt;rotation:180;z-index:141;visibility:visible" adj="10779,-102600000,-418423" strokeweight="1pt">
+                <v:shape id="_x0000_s1946" type="#_x0000_t34" style="position:absolute;margin-left:405.95pt;margin-top:14.25pt;width:26.25pt;height:.05pt;rotation:180;z-index:252480512;visibility:visible" adj="10779,-102600000,-418423" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1816" type="#_x0000_t32" style="position:absolute;margin-left:405.95pt;margin-top:3.95pt;width:26.25pt;height:0;z-index:140;visibility:visible" adj="-398674,-1,-398674" strokeweight="1pt">
+                <v:shape id="_x0000_s1945" type="#_x0000_t32" style="position:absolute;margin-left:405.95pt;margin-top:3.95pt;width:26.25pt;height:0;z-index:252479488;visibility:visible" adj="-398674,-1,-398674" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="006976FA" w:rsidRPr="00C64D43">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00C866FB" w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="006976FA" w:rsidRPr="00C64D43">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00C866FB" w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="004A01A5" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1776" type="#_x0000_t32" style="position:absolute;margin-left:346.9pt;margin-top:32.2pt;width:35.2pt;height:0;rotation:270;z-index:100;visibility:visible" adj="-279205,-1,-279205">
+                <v:shape id="_x0000_s1942" type="#_x0000_t32" style="position:absolute;margin-left:379.7pt;margin-top:14.6pt;width:0;height:35.2pt;z-index:252476416;visibility:visible">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1777" type="#_x0000_t32" style="position:absolute;margin-left:379.7pt;margin-top:14.6pt;width:0;height:35.2pt;z-index:101;visibility:visible">
+                <v:shape id="_x0000_s1941" type="#_x0000_t32" style="position:absolute;margin-left:366.95pt;margin-top:8.6pt;width:0;height:40.45pt;flip:y;z-index:252475392;visibility:visible">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1814" type="#_x0000_t32" style="position:absolute;margin-left:240pt;margin-top:8.5pt;width:0;height:40.4pt;flip:y;z-index:138;visibility:visible">
+                <v:shape id="_x0000_s1943" type="#_x0000_t32" style="position:absolute;margin-left:240pt;margin-top:8.5pt;width:0;height:40.4pt;flip:y;z-index:252477440;visibility:visible">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1775" type="#_x0000_t32" style="position:absolute;margin-left:60.2pt;margin-top:8.6pt;width:0;height:42pt;flip:y;z-index:99;visibility:visible">
+                <v:shape id="_x0000_s1940" type="#_x0000_t32" style="position:absolute;margin-left:60.2pt;margin-top:8.6pt;width:0;height:42pt;flip:y;z-index:252474368;visibility:visible">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="006976FA" w:rsidRPr="00C64D43">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00C866FB" w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="392" w:tblpY="382"/>
-        <w:tblW w:w="14283" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="309"/>
+        <w:tblW w:w="14709" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="401"/>
-        <w:gridCol w:w="13882"/>
+        <w:gridCol w:w="419"/>
+        <w:gridCol w:w="14290"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidTr="00C866FB">
         <w:trPr>
-          <w:trHeight w:val="3818"/>
+          <w:trHeight w:val="4099"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="401" w:type="dxa"/>
+            <w:tcW w:w="419" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64D43">
+            <w:r w:rsidRPr="00055B39">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>П</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Э</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64D43">
+            <w:r w:rsidRPr="00055B39">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-              <w:t>Э</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ү</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64D43">
+            <w:r w:rsidRPr="00055B39">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>П</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="004A01A5" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004A01A5">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1799" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:54.9pt;width:33pt;height:30pt;z-index:123;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1799">
+                <v:oval id="_x0000_s1969" style="position:absolute;left:0;text-align:left;margin-left:13.75pt;margin-top:46.3pt;width:33pt;height:30pt;z-index:252504064;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1969">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13882" w:type="dxa"/>
+            <w:tcW w:w="14290" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="004A01A5" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1812" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:415.8pt;margin-top:1.9pt;width:69pt;height:50.55pt;z-index:136;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1812">
+                <v:shape id="_x0000_s1949" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:81.8pt;margin-top:.7pt;width:69.25pt;height:58.75pt;z-index:252483584;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1949">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00A25A2B" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E97BAB" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
-                          <w:ind w:left="-284" w:right="-201"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00A25A2B">
+                        <w:r w:rsidRPr="00E97BAB">
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>Условие</w:t>
-[...26 lines deleted...]
-                          <w:t>3</w:t>
+                          <w:t>1-шарт</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1779" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:8.2pt;width:64.25pt;height:31.7pt;z-index:103;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1779">
+                <v:shape id="_x0000_s1978" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:411.25pt;margin-top:.7pt;width:70pt;height:50.55pt;z-index:252513280;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1978">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00D75BB4" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E97BAB" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-86"/>
-                          <w:jc w:val="center"/>
+                          <w:ind w:right="-201"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00D75BB4">
+                        <w:r w:rsidRPr="00E97BAB">
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  Процесс 3</w:t>
+                          <w:t xml:space="preserve">3-шарт </w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1977" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:254.3pt;margin-top:1.95pt;width:67pt;height:57.5pt;z-index:252512256;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1977">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E97BAB" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00E97BAB">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>2-шарт</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1951" style="position:absolute;left:0;text-align:left;margin-left:330.5pt;margin-top:10.55pt;width:56.8pt;height:34.5pt;z-index:252485632;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1951">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E97BAB" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00E97BAB">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> 5-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1789" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:113;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-130420800,-153999" strokeweight="1pt">
-[...24 lines deleted...]
-                  <v:textbox style="mso-next-textbox:#_x0000_s1782">
+                <v:rect id="_x0000_s1955" style="position:absolute;left:0;text-align:left;margin-left:15.25pt;margin-top:11.65pt;width:52.6pt;height:39.8pt;z-index:252489728;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1955">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E97BAB" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
-                          <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
+                        <w:r w:rsidRPr="00E97BAB">
                           <w:rPr>
-                            <w:sz w:val="16"/>
-                            <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
-                        <w:r>
+                        <w:r w:rsidRPr="00E97BAB">
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>Процесс 6</w:t>
+                          <w:t>1-процесс</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1950" style="position:absolute;left:0;text-align:left;margin-left:177.1pt;margin-top:8.2pt;width:64.25pt;height:31.7pt;z-index:252484608;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1950">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E97BAB" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00E97BAB">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> 3-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1788" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:445.8pt;margin-top:53.75pt;width:0;height:30pt;z-index:112;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                <v:shape id="_x0000_s1960" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:67.85pt;margin-top:23pt;width:23.15pt;height:.05pt;z-index:252494848;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10777,-130420800,-153999" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1785" style="position:absolute;left:0;text-align:left;margin-left:94.8pt;margin-top:84.6pt;width:48pt;height:27.75pt;z-index:109;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1785">
+                <v:shape id="_x0000_s1962" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:241.35pt;margin-top:27.85pt;width:17.25pt;height:0;z-index:252496896;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1964" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:387.3pt;margin-top:21.4pt;width:26.25pt;height:0;z-index:252498944;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-398674,-1,-398674" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1968" style="position:absolute;left:0;text-align:left;margin-left:8.5pt;margin-top:21.5pt;width:6.75pt;height:129.75pt;z-index:252503040;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" path="m,1647825l,10389r,l64294,10389,64294,,85725,10389,64294,20778r,-10389l,10389r,l,1647825xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1647825;0,10389;0,10389;64294,10389;64294,0;85725,10389;64294,20778;64294,10389;0,10389;0,10389;0,1647825" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1953" style="position:absolute;left:0;text-align:left;margin-left:415.8pt;margin-top:84.6pt;width:60.45pt;height:27.75pt;z-index:252487680;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1953">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00A25A2B" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E97BAB" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00A25A2B">
+                        <w:r w:rsidRPr="00E97BAB">
                           <w:rPr>
-                            <w:sz w:val="18"/>
-                            <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">  Процесс 2</w:t>
+                          <w:t>6-процесс</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1959" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:445.8pt;margin-top:53.75pt;width:0;height:30pt;z-index:252493824;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1966" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:136.05pt;margin-top:112.4pt;width:0;height:42.75pt;z-index:252500992;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1967" style="position:absolute;left:0;text-align:left;margin-left:121.05pt;margin-top:154.4pt;width:30pt;height:30pt;z-index:252502016;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1958" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:288.3pt;margin-top:51.45pt;width:0;height:31.5pt;z-index:252492800;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1965" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:484.8pt;margin-top:23.05pt;width:55.3pt;height:0;z-index:252499968;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-227327,-1,-227327" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1963" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:311.75pt;margin-top:23.05pt;width:18.75pt;height:0;z-index:252497920;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1961" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:144.15pt;margin-top:23.05pt;width:32.95pt;height:0;z-index:252495872;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="-158214,-1,-158214" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1954" style="position:absolute;left:0;text-align:left;margin-left:540.1pt;margin-top:9.65pt;width:71.15pt;height:35.4pt;z-index:252488704;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1954">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E97BAB" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00E97BAB">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>7-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1971" type="#_x0000_t32" style="position:absolute;margin-left:514.95pt;margin-top:74.05pt;width:121.5pt;height:0;rotation:90;z-index:252506112;visibility:visible" adj="-116151,-1,-116151" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1957" type="#_x0000_t32" style="position:absolute;margin-left:115.75pt;margin-top:6.15pt;width:0;height:32.25pt;z-index:252491776;visibility:visible" strokeweight="1pt">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C1EC1">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:rect id="_x0000_s1956" style="position:absolute;margin-left:91pt;margin-top:5.3pt;width:53.15pt;height:27.75pt;z-index:252490752;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1956">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E97BAB" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00E97BAB">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>2-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r w:rsidRPr="000C1EC1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1786" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:119.55pt;margin-top:51.45pt;width:0;height:32.25pt;z-index:110;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                <v:rect id="_x0000_s1952" style="position:absolute;margin-left:265.2pt;margin-top:2.85pt;width:56.1pt;height:27.75pt;z-index:252486656;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1952">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="00E97BAB" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:ind w:right="-86"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00E97BAB">
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>4-процесс</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C1EC1">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1983" type="#_x0000_t32" style="position:absolute;margin-left:305.5pt;margin-top:14.75pt;width:1.5pt;height:39.15pt;z-index:252518400" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r w:rsidRPr="000C1EC1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1795" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:136.05pt;margin-top:112.4pt;width:0;height:42.75pt;z-index:119;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                <v:shape id="_x0000_s1982" type="#_x0000_t32" style="position:absolute;margin-left:274.75pt;margin-top:14.75pt;width:0;height:40.05pt;z-index:252517376" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C1EC1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1796" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:81.85pt;margin-top:134.35pt;width:44pt;height:.05pt;rotation:90;flip:x;z-index:120;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",169624800,-98673" strokeweight="1pt">
+                <v:shape id="_x0000_s1984" type="#_x0000_t32" style="position:absolute;margin-left:106pt;margin-top:1.25pt;width:0;height:38.9pt;z-index:252519424" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r w:rsidRPr="000C1EC1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1797" style="position:absolute;left:0;text-align:left;margin-left:121.05pt;margin-top:154.4pt;width:30pt;height:30pt;z-index:121;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle"/>
+                <v:shape id="_x0000_s1981" type="#_x0000_t32" style="position:absolute;margin-left:463pt;margin-top:1.3pt;width:0;height:45pt;z-index:252516352" o:connectortype="straight">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r w:rsidRPr="000C1EC1">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1806" style="position:absolute;left:0;text-align:left;margin-left:88.8pt;margin-top:155.55pt;width:30pt;height:29.25pt;z-index:130;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" strokeweight="1.5pt">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1806">
+                <v:shape id="_x0000_s1980" type="#_x0000_t32" style="position:absolute;margin-left:433pt;margin-top:1.3pt;width:1.5pt;height:45pt;z-index:252515328" o:connectortype="straight">
+                  <v:stroke endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1935"/>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1972" style="position:absolute;margin-left:91.05pt;margin-top:11.6pt;width:30pt;height:29.25pt;z-index:252507136;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1972">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1781" style="position:absolute;left:0;text-align:left;margin-left:265.2pt;margin-top:82.2pt;width:48pt;height:27.75pt;z-index:105;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1781">
+                <v:oval id="_x0000_s1976" style="position:absolute;margin-left:421pt;margin-top:14.6pt;width:30pt;height:29.25pt;z-index:252511232;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1976">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
-[...655 lines deleted...]
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1807" style="position:absolute;margin-left:260.65pt;margin-top:40.55pt;width:30pt;height:29.25pt;z-index:131;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1807">
+                <v:oval id="_x0000_s1975" style="position:absolute;margin-left:451pt;margin-top:14.6pt;width:30pt;height:30pt;z-index:252510208;visibility:visible;v-text-anchor:middle"/>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:oval id="_x0000_s1973" style="position:absolute;margin-left:259.8pt;margin-top:7.7pt;width:30pt;height:29.25pt;z-index:252508160;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1973">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-127"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                             <w:b/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>☒</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:oval>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:oval id="_x0000_s1808" style="position:absolute;margin-left:289.8pt;margin-top:39.4pt;width:30pt;height:30pt;z-index:132;visibility:visible;v-text-anchor:middle"/>
+                <v:oval id="_x0000_s1974" style="position:absolute;margin-left:291.3pt;margin-top:6.3pt;width:30pt;height:30pt;z-index:252509184;visibility:visible;v-text-anchor:middle"/>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="006976FA" w:rsidRPr="00C64D43">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4677"/>
+                <w:tab w:val="right" w:pos="9355"/>
+                <w:tab w:val="left" w:pos="12885"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1970" type="#_x0000_t32" style="position:absolute;margin-left:8.5pt;margin-top:30.6pt;width:0;height:36.7pt;flip:y;z-index:252505088;visibility:visible" strokeweight="1pt">
+                  <v:stroke dashstyle="dash" endarrow="block"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="000C1EC1">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1979" style="position:absolute;margin-left:546.95pt;margin-top:13.7pt;width:64.3pt;height:32.6pt;z-index:252514304;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:shadow on="t" offset="6pt,6pt"/>
+                  <v:formulas/>
+                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+                  <o:lock v:ext="edit" verticies="t"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00C866FB" w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
+              <w:t xml:space="preserve">                                                                                                                                                            </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="006976FA" w:rsidP="006976FA">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...11 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14317" w:type="dxa"/>
-        <w:tblInd w:w="392" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="14317"/>
+        <w:gridCol w:w="14223"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidTr="00C866FB">
+        <w:trPr>
+          <w:trHeight w:val="461"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="14317" w:type="dxa"/>
+            <w:tcW w:w="14714" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="00C64D43" w:rsidRDefault="004A01A5" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004A01A5">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1813" style="position:absolute;left:0;text-align:left;margin-left:18.25pt;margin-top:4.2pt;width:28.45pt;height:42.65pt;z-index:137" stroked="f">
-                  <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#_x0000_s1813">
+                <v:rect id="_x0000_s1937" style="position:absolute;left:0;text-align:left;margin-left:-1.3pt;margin-top:7.5pt;width:31pt;height:32.1pt;z-index:252471296" stroked="f">
+                  <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top;mso-next-textbox:#_x0000_s1937">
                     <w:txbxContent>
-                      <w:p w:rsidR="00DE43A5" w:rsidRPr="00F75937" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                      <w:p w:rsidR="00CD6F6A" w:rsidRPr="007A1B42" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                         <w:pPr>
                           <w:jc w:val="right"/>
                           <w:rPr>
-                            <w:b/>
-[...1 lines deleted...]
-                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00F75937">
+                        <w:r w:rsidRPr="007A1B42">
                           <w:rPr>
-                            <w:sz w:val="20"/>
-                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>Запрос</w:t>
+                          <w:t>сұрау</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="006976FA" w:rsidRPr="00C64D43">
-[...5 lines deleted...]
-              <w:t>Услугополучатель</w:t>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1935" style="position:absolute;left:0;text-align:left;margin-left:689.55pt;margin-top:243.65pt;width:15.75pt;height:11.25pt;z-index:252469248;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="200025,142875" path="m,l176212,v13152,,23813,10661,23813,23813l200025,142875,,142875,,xe" strokeweight="1pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;176212,0;200025,23813;200025,142875;0,142875;0,0" o:connectangles="0,0,0,0,0,0"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1936" style="position:absolute;left:0;text-align:left;margin-left:586.15pt;margin-top:211.8pt;width:64.3pt;height:32.6pt;z-index:252470272;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:shadow on="t" offset="6pt,6pt"/>
+                  <v:formulas/>
+                  <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
+                  <o:lock v:ext="edit" verticies="t"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidR="00C866FB" w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006976FA" w:rsidRDefault="006976FA" w:rsidP="006976FA">
-[...3 lines deleted...]
-        <w:ind w:left="8643" w:firstLine="561"/>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:ind w:left="8643" w:firstLine="561"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:ind w:left="8643" w:firstLine="561"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807DA9" w:rsidRDefault="00807DA9" w:rsidP="00807DA9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B760EC" w:rsidRDefault="00807DA9" w:rsidP="00807DA9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B760EC" w:rsidRDefault="00B760EC" w:rsidP="00807DA9">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00807DA9" w:rsidP="00B760EC">
+      <w:pPr>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    «</w:t>
+      </w:r>
+      <w:r w:rsidR="00C866FB" w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қамқоршыларға немесе қорғаншыларға жетiм баланы (жетiм балаларды)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-        <w:ind w:left="8643" w:firstLine="561"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>және ата-анасының қамқорлығынсыз қалған баланы (балаларды) асырап-бағуға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-        <w:ind w:left="8643" w:firstLine="561"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>жәрдемақы тағайындау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» мемлекеттік көрсетілетін қызмет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регламентіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...13 lines deleted...]
-        <w:ind w:left="8643" w:firstLine="561"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-        <w:ind w:left="8643" w:firstLine="561"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B760EC" w:rsidRDefault="00B760EC" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...16 lines deleted...]
-        <w:ind w:left="9351"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B760EC" w:rsidRDefault="00B760EC" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...16 lines deleted...]
-        <w:ind w:left="8643" w:firstLine="561"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B760EC" w:rsidRPr="00055B39" w:rsidRDefault="00B760EC" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...126 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Қамқоршыларға немесе қорғаншыларға жетiм баланы (жетiм балаларды) және ата-анасының жәрдемақы тағайындау»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00055B39">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік қызмет көрсетудің бизнес-процестерінің анықтамалығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00807DA9" w:rsidRPr="00055B39" w:rsidRDefault="00807DA9" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...110 lines deleted...]
-      <w:r w:rsidRPr="004A01A5">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1EC1">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1686" style="position:absolute;left:0;text-align:left;margin-left:602.55pt;margin-top:1.1pt;width:129.25pt;height:50.25pt;z-index:10" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1686">
+          <v:roundrect id="_x0000_s1833" style="position:absolute;left:0;text-align:left;margin-left:-19.15pt;margin-top:13.25pt;width:116.9pt;height:54pt;z-index:252364800" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1833">
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                   <w:pPr>
                     <w:jc w:val="center"/>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...4 lines deleted...]
-                    <w:t xml:space="preserve">Ответственный </w:t>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Көрсетілетін </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>қызметті алушы</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                   <w:pPr>
                     <w:jc w:val="center"/>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...5 lines deleted...]
-                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00DE43A5" w:rsidRPr="006925B3" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
-[...15 lines deleted...]
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA"/>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="004A01A5">
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1EC1">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1680" style="position:absolute;left:0;text-align:left;margin-left:506.5pt;margin-top:1.1pt;width:96.05pt;height:44.25pt;z-index:4" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1680">
+          <v:roundrect id="_x0000_s1834" style="position:absolute;left:0;text-align:left;margin-left:256.85pt;margin-top:1.1pt;width:131.3pt;height:50.25pt;z-index:252365824" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1834">
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                   <w:pPr>
                     <w:jc w:val="center"/>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...4 lines deleted...]
-                    <w:t xml:space="preserve">Руководство </w:t>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:t>Портал</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00DE43A5" w:rsidRPr="006925B3" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                   <w:pPr>
                     <w:jc w:val="center"/>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...4 lines deleted...]
-                    <w:t>услугодателя</w:t>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1835" style="position:absolute;left:0;text-align:left;margin-left:388.15pt;margin-top:1.1pt;width:113.95pt;height:50.25pt;z-index:252366848" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1835">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00A1687F" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1862" style="position:absolute;left:0;text-align:left;margin-left:99.4pt;margin-top:1.1pt;width:157.45pt;height:50.25pt;z-index:252394496" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1862">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00055B39" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Мемлекеттік </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>корпорация</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:b/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="004A01A5">
+      <w:r w:rsidRPr="000C1EC1">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1678" style="position:absolute;left:0;text-align:left;margin-left:261.95pt;margin-top:1.1pt;width:142.5pt;height:44.25pt;z-index:2" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1678">
+          <v:roundrect id="_x0000_s1836" style="position:absolute;left:0;text-align:left;margin-left:502.1pt;margin-top:1.1pt;width:104.2pt;height:50.25pt;z-index:252367872" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1836">
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRPr="00E91C51" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                   <w:pPr>
                     <w:jc w:val="center"/>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...4 lines deleted...]
-                    <w:t>Портал</w:t>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Көрсетілетін </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>қызметті берушінің басшысы</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00A1687F" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1842" style="position:absolute;left:0;text-align:left;margin-left:602.55pt;margin-top:1.1pt;width:123.05pt;height:50.25pt;z-index:252374016" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1842">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                   <w:pPr>
                     <w:jc w:val="center"/>
-                    <w:rPr>
-[...1 lines deleted...]
-                      <w:szCs w:val="20"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Көрсетілетін </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>қызметті берушінің жауапты орындаушысы</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1863" style="position:absolute;left:0;text-align:left;margin-left:89.6pt;margin-top:5.35pt;width:167.25pt;height:264.65pt;z-index:252395520" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1837" style="position:absolute;left:0;text-align:left;margin-left:-17.5pt;margin-top:10.85pt;width:107.1pt;height:259.15pt;z-index:252368896" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1840" style="position:absolute;left:0;text-align:left;margin-left:508.15pt;margin-top:5.35pt;width:94.5pt;height:259.8pt;z-index:252371968" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1840">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1 </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">(бір) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">жұмыс күні </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1 </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">(бір) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">жұмыс күні </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00402A6D">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1 </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>жұмыс күні</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="009D16A5">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> ішінде</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1843" style="position:absolute;left:0;text-align:left;margin-left:602.55pt;margin-top:5.35pt;width:123.05pt;height:259.8pt;z-index:252375040" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1843">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">6 </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">(алты) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>жұмыс күні</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1 </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">(бір) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">жұмыс күні </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>1 жұмыс күні ішінде</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00305C98" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00305C98" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00305C98" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00305C98" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00305C98" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00402A6D">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1 </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>жұмыс күні</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="009D16A5">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> ішінде</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00305C98" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="004A01A5">
+      <w:r w:rsidRPr="000C1EC1">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1706" style="position:absolute;left:0;text-align:left;margin-left:99.4pt;margin-top:1.1pt;width:164.2pt;height:44.25pt;z-index:30" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1706">
+          <v:roundrect id="_x0000_s1839" style="position:absolute;left:0;text-align:left;margin-left:397.45pt;margin-top:5.35pt;width:110.7pt;height:260.15pt;z-index:252370944" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1839">
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRPr="00C87AF5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:t xml:space="preserve">30 </w:t>
+                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Государственная корпорация</w:t>
+                    <w:t>(отыз)</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:t xml:space="preserve"> минут</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="004A01A5">
+      <w:r w:rsidRPr="000C1EC1">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1677" style="position:absolute;left:0;text-align:left;margin-left:-17.5pt;margin-top:4.2pt;width:116.9pt;height:41.15pt;z-index:1" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1677">
+          <v:roundrect id="_x0000_s1838" style="position:absolute;left:0;text-align:left;margin-left:261.95pt;margin-top:5.35pt;width:135.5pt;height:264.65pt;z-index:252369920" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1838">
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRPr="00E91C51" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00DE7761" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                   <w:pPr>
                     <w:jc w:val="center"/>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DE7761">
+                    <w:t xml:space="preserve">15 </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">(он бес) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DE7761">
+                    <w:t>минут</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
-                    <w:rPr>
-[...3 lines deleted...]
-                    <w:t>Услугополучатель</w:t>
+                    <w:t>20 минут</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="004A01A5">
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1EC1">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1679" style="position:absolute;left:0;text-align:left;margin-left:404.45pt;margin-top:1.1pt;width:102.05pt;height:50.25pt;z-index:3" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1679">
+          <v:shape id="_x0000_s1887" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:174.55pt;margin-top:.95pt;width:.05pt;height:14.7pt;flip:y;z-index:252420096" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1844" style="position:absolute;left:0;text-align:left;margin-left:406.9pt;margin-top:11.3pt;width:95.2pt;height:86.6pt;z-index:252376064">
+            <v:textbox style="mso-next-textbox:#_x0000_s1844">
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                   <w:pPr>
                     <w:jc w:val="center"/>
-                    <w:rPr>
-[...2 lines deleted...]
-                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Мемлекеттік корпорация</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>дан</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:b/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>құжат қабылдауды жүзеге асырады</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> және басшыға жібереді </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00625E51" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1845" style="position:absolute;left:0;text-align:left;margin-left:514pt;margin-top:6.55pt;width:83.3pt;height:77.1pt;z-index:252377088">
+            <v:textbox style="mso-next-textbox:#_x0000_s1845">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Құжаттарды </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>қарастырады, жауапты орындаушыны анықтайды</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1846" style="position:absolute;left:0;text-align:left;margin-left:618.35pt;margin-top:6.55pt;width:96pt;height:88.7pt;z-index:252378112">
+            <v:textbox style="mso-next-textbox:#_x0000_s1846">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Құжаттарды </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>қарастырады,</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>жәрдемақы тағайындау туралы шешімді</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="006E3E00">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="003F199B">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>дайындайды</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1886" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:330.35pt;margin-top:.95pt;width:.05pt;height:14.2pt;z-index:252419072" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1855" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:454.85pt;margin-top:.85pt;width:0;height:10.45pt;z-index:252387328" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1885" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:31.85pt;margin-top:.9pt;width:423pt;height:.05pt;z-index:252418048" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1884" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:31.85pt;margin-top:.85pt;width:0;height:17.6pt;flip:y;z-index:252417024" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1864" style="position:absolute;left:0;text-align:left;margin-left:99.4pt;margin-top:4.65pt;width:149.85pt;height:65.2pt;z-index:252396544">
+            <v:textbox style="mso-next-textbox:#_x0000_s1864">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Стандарттың  9-тармағына сәйкес Мемлекеттік корпорация</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:b/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>операторына құжаттарды және</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> өтінішті ұсынады</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00A1687F" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1852" style="position:absolute;left:0;text-align:left;margin-left:272.95pt;margin-top:-.2pt;width:115.2pt;height:58.7pt;z-index:252384256">
+            <v:textbox style="mso-next-textbox:#_x0000_s1852">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">ЖСН, </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>сондай-ақ парольдің көмегімен порталда тіркелуді жүзеге асырады</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00A1687F" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1841" style="position:absolute;left:0;text-align:left;margin-left:.35pt;margin-top:6.95pt;width:57.75pt;height:27.75pt;z-index:252372992" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1867" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:58.1pt;margin-top:.55pt;width:39.65pt;height:0;z-index:252399616" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1847" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:502.1pt;margin-top:.55pt;width:11.9pt;height:.05pt;z-index:252379136" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1888" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:388.15pt;margin-top:6.05pt;width:18.75pt;height:.75pt;flip:y;z-index:252421120" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1848" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:602.55pt;margin-top:.55pt;width:15.8pt;height:.05pt;flip:y;z-index:252380160" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1853" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:330.35pt;margin-top:10.9pt;width:0;height:22.6pt;z-index:252385280" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1854" style="position:absolute;left:0;text-align:left;margin-left:268.1pt;margin-top:6.55pt;width:120.05pt;height:109.3pt;z-index:252386304">
+            <v:textbox style="mso-next-textbox:#_x0000_s1854">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Қызмет </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>көрсету не құжаттарды қабылдаудан бас тарту үшін Стандарттың 9-тармағына сәйкес қоса берілген құжаттардың сәйкестігін тексеру</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00A1687F" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1868" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:174.5pt;margin-top:.05pt;width:.05pt;height:12.45pt;z-index:252400640" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1865" style="position:absolute;left:0;text-align:left;margin-left:100.3pt;margin-top:12.5pt;width:146.05pt;height:149.05pt;z-index:252397568">
+            <v:textbox style="mso-next-textbox:#_x0000_s1865">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:spacing w:after="100" w:afterAutospacing="1"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Стандарттың  </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>9-тармағына сәйкес көрсетілетін қызмет</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">ті алушы құжаттардың толық </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>пакетін ұсын</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ба</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>ған жағдайда, Мемлекеттік корпорация</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:b/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>қызметкері өтінішті қабылдаудан бас тартады</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> және құжаттарды қабылдаудан бас тарту туралы қолхат береді</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1849" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:597.3pt;margin-top:.05pt;width:114.05pt;height:36.85pt;rotation:180;flip:y;z-index:252381184" o:connectortype="elbow" adj="-862,230478,-147611">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1856" style="position:absolute;left:0;text-align:left;margin-left:514pt;margin-top:6.85pt;width:83.3pt;height:88.4pt;z-index:252388352">
+            <v:textbox style="mso-next-textbox:#_x0000_s1856">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00667E99" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Жәрдемақы </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00667E99">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>тағайындау  туралы шешімді қарастырады  және қол қояды</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1851" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:-23.8pt;margin-top:6.85pt;width:749.4pt;height:3.55pt;flip:y;z-index:252383232" o:connectortype="straight">
+            <v:stroke dashstyle="dash"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1850" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:246.35pt;margin-top:10.65pt;width:0;height:22.5pt;z-index:252382208" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1875" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:49.05pt;margin-top:8.55pt;width:0;height:123.5pt;z-index:252407808" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1857" style="position:absolute;left:0;text-align:left;margin-left:612.7pt;margin-top:8.55pt;width:108.25pt;height:87.95pt;z-index:252389376">
+            <v:textbox style="mso-next-textbox:#_x0000_s1857">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00055B39" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:b/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Жәрдемақы </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00055B39">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>тағайындау туралы шешімді тіркейді және Мемлекеттік корпорацияға жібереді</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="005D0838" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1874" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:49.05pt;margin-top:8.55pt;width:44.9pt;height:.05pt;flip:x;z-index:252406784" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1889" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:597.3pt;margin-top:.1pt;width:15.4pt;height:0;z-index:252422144" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1859" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:368.5pt;margin-top:5.45pt;width:0;height:57.6pt;z-index:252391424" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C1EC1">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1890" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:711.25pt;margin-top:1.55pt;width:.05pt;height:23.7pt;z-index:252423168" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807DA9" w:rsidRDefault="00807DA9" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00807DA9">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1881" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:381.35pt;margin-top:8.05pt;width:0;height:315.65pt;z-index:252413952" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1876" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:46.65pt;margin-top:8.05pt;width:.05pt;height:346.15pt;z-index:252408832" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1879" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:712.3pt;margin-top:8.05pt;width:0;height:322.55pt;z-index:252411904" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1870" style="position:absolute;left:0;text-align:left;margin-left:606.4pt;margin-top:7.7pt;width:127.3pt;height:441.85pt;z-index:252402688" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1878" style="position:absolute;left:0;text-align:left;margin-left:512.05pt;margin-top:7.7pt;width:94.35pt;height:441.85pt;z-index:252410880" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1877" style="position:absolute;left:0;text-align:left;margin-left:406.4pt;margin-top:7.7pt;width:105.65pt;height:441.85pt;z-index:252409856" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1858" style="position:absolute;left:0;text-align:left;margin-left:263.9pt;margin-top:8.05pt;width:142.5pt;height:441.85pt;z-index:252390400" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1858">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
-                    <w:rPr>
-[...3 lines deleted...]
-                    <w:t xml:space="preserve">Сотрудник </w:t>
+                    <w:t xml:space="preserve">       </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="000E4060" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1866" style="position:absolute;left:0;text-align:left;margin-left:98.65pt;margin-top:8.05pt;width:165.25pt;height:441.85pt;z-index:252398592" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1866">
+              <w:txbxContent>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                   <w:pPr>
-                    <w:jc w:val="center"/>
-[...2 lines deleted...]
-                      <w:szCs w:val="20"/>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
+                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00F24DAC" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                   <w:r>
-                    <w:rPr>
-[...3 lines deleted...]
-                    <w:t xml:space="preserve">канцелярии </w:t>
+                    <w:t xml:space="preserve">              15</w:t>
                   </w:r>
-                </w:p>
-[...7 lines deleted...]
-                  </w:pPr>
                   <w:r>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-[...2 lines deleted...]
-                    <w:t>услугодателя</w:t>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>(он бес)</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00F24DAC">
+                    <w:t xml:space="preserve"> минут</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-    </w:p>
-[...32 lines deleted...]
-      <w:r w:rsidRPr="004A01A5">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1687" style="position:absolute;left:0;text-align:left;margin-left:602.55pt;margin-top:10.85pt;width:129.25pt;height:263.55pt;z-index:11" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1687">
+          <v:roundrect id="_x0000_s1860" style="position:absolute;left:0;text-align:left;margin-left:-17.2pt;margin-top:7.7pt;width:115.85pt;height:442.2pt;z-index:252392448" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1873" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:59.55pt;margin-top:369.8pt;width:73.4pt;height:.05pt;flip:x;z-index:252405760" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1861" style="position:absolute;left:0;text-align:left;margin-left:1.8pt;margin-top:354.2pt;width:57.75pt;height:27.75pt;z-index:252393472" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1869" style="position:absolute;margin-left:119.1pt;margin-top:9.25pt;width:127pt;height:94.55pt;z-index:252401664">
+            <v:textbox style="mso-next-textbox:#_x0000_s1869">
               <w:txbxContent>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
-[...63 lines deleted...]
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00F24DAC" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r w:rsidRPr="00F24DAC">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>Тиісті құжаттарды қабылдау туралы қолхатта көрсетілген  мерзімде, көрсетілетін қызметті алушыға</w:t>
+                  </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:sz w:val="20"/>
-[...2 lines deleted...]
-                    <w:t>6 (шесть) рабочих дней</w:t>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00F24DAC">
+                    <w:rPr>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>анықтама беру</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="006976FA">
-[...501 lines deleted...]
-                </w:p>
+                <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
+                <w:p w:rsidR="00CD6F6A" w:rsidRPr="00A1687F" w:rsidRDefault="00CD6F6A" w:rsidP="00C866FB"/>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="004A01A5">
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1684" style="position:absolute;left:0;text-align:left;margin-left:508.15pt;margin-top:2.95pt;width:94.5pt;height:248.45pt;z-index:8" arcsize="10923f">
-[...164 lines deleted...]
-          </v:roundrect>
+          <v:shape id="_x0000_s1872" type="#_x0000_t32" style="position:absolute;margin-left:132.95pt;margin-top:7.2pt;width:0;height:238.4pt;z-index:252404736" o:connectortype="straight"/>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="004A01A5">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1819" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:178.25pt;margin-top:.95pt;width:.05pt;height:10.35pt;flip:y;z-index:143" o:connectortype="straight">
+          <v:shape id="_x0000_s1871" type="#_x0000_t32" style="position:absolute;margin-left:231.65pt;margin-top:7.2pt;width:0;height:185.45pt;flip:y;z-index:252403712" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="004A01A5">
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1728" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:330.35pt;margin-top:.95pt;width:.05pt;height:14.2pt;z-index:52" o:connectortype="straight">
+          <v:shape id="_x0000_s1882" type="#_x0000_t32" style="position:absolute;margin-left:27.8pt;margin-top:6.35pt;width:353.55pt;height:0;flip:x;z-index:252414976" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1883" type="#_x0000_t32" style="position:absolute;margin-left:27.8pt;margin-top:6.35pt;width:.05pt;height:30.5pt;z-index:252416000" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="004A01A5">
+      <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1699" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:454.85pt;margin-top:.85pt;width:0;height:10.45pt;z-index:23" o:connectortype="straight">
+          <v:shape id="_x0000_s1880" type="#_x0000_t32" style="position:absolute;margin-left:231.6pt;margin-top:-.55pt;width:480.7pt;height:.05pt;flip:x;z-index:252412928" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="004A01A5">
-[...22 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807DA9" w:rsidRDefault="00807DA9" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...250 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807DA9" w:rsidRDefault="00807DA9" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807DA9" w:rsidRDefault="00807DA9" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...54 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807DA9" w:rsidRDefault="00807DA9" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807DA9" w:rsidRDefault="00807DA9" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807DA9" w:rsidRDefault="00807DA9" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807DA9" w:rsidRDefault="00807DA9" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...42 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807DA9" w:rsidRDefault="00807DA9" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...100 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807DA9" w:rsidRDefault="00807DA9" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00807DA9" w:rsidRDefault="00807DA9" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C74275" w:rsidRDefault="00C74275" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...90 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C74275" w:rsidRDefault="00C74275" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00C74275" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...26 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C74275">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шартты белгілер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...1218 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="14501" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3021"/>
-        <w:gridCol w:w="11197"/>
+        <w:gridCol w:w="3085"/>
+        <w:gridCol w:w="11416"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006976FA" w:rsidRPr="008A23ED" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidTr="00C866FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="008A23ED" w:rsidRDefault="004A01A5" w:rsidP="006976FA">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:roundrect id="_x0000_s1729" style="position:absolute;margin-left:36.35pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:53" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1891" style="position:absolute;margin-left:36.35pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:252424192" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
                   <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
                   <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
                 </v:roundrect>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="008A23ED" w:rsidRDefault="006976FA" w:rsidP="006976FA">
-[...16 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB"/>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="008A23ED" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A23ED">
-[...4 lines deleted...]
-              <w:t>начало или завершение оказания государственной услуги</w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік қызмет көрсетудің басталуы немесе аяқталуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006976FA" w:rsidRPr="008A23ED" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidTr="00C866FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="008A23ED" w:rsidRDefault="004A01A5" w:rsidP="006976FA">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1731" style="position:absolute;margin-left:35.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:55;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
+                <v:rect id="_x0000_s1893" style="position:absolute;margin-left:35.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:252426240;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="008A23ED" w:rsidRDefault="006976FA" w:rsidP="006976FA">
-[...16 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB"/>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="008A23ED" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A23ED">
-[...4 lines deleted...]
-              <w:t>наименование процедуры</w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рәсімнің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006976FA" w:rsidRPr="008A23ED" w:rsidTr="00DE43A5">
+      <w:tr w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidTr="00C866FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="008A23ED" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB"/>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1730" type="#_x0000_t32" style="position:absolute;margin-left:25.1pt;margin-top:9.45pt;width:73.5pt;height:0;z-index:54" o:connectortype="straight">
+                <v:shape id="_x0000_s1892" type="#_x0000_t32" style="position:absolute;margin-left:25.1pt;margin-top:6.55pt;width:73.5pt;height:0;z-index:252425216" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006976FA" w:rsidRPr="008A23ED" w:rsidRDefault="006976FA" w:rsidP="006976FA">
-[...7 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006976FA" w:rsidRPr="008A23ED" w:rsidRDefault="006976FA" w:rsidP="006976FA">
+          <w:p w:rsidR="00C866FB" w:rsidRPr="00055B39" w:rsidRDefault="00C866FB" w:rsidP="00C866FB">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A23ED">
-[...4 lines deleted...]
-              <w:t>переход  к следующей процедуре</w:t>
+            <w:r w:rsidRPr="00055B39">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>келесі рәсімге өту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F810B6" w:rsidRDefault="00F810B6" w:rsidP="006976FA">
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="00F810B6" w:rsidSect="006976FA">
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="007F1EF5">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1200"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="7080"/>
+          <w:tab w:val="left" w:pos="7320"/>
+          <w:tab w:val="left" w:pos="8760"/>
+          <w:tab w:val="left" w:pos="9000"/>
+          <w:tab w:val="left" w:pos="9120"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="007F1EF5">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1200"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="7080"/>
+          <w:tab w:val="left" w:pos="7320"/>
+          <w:tab w:val="left" w:pos="8760"/>
+          <w:tab w:val="left" w:pos="9000"/>
+          <w:tab w:val="left" w:pos="9120"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="007F1EF5">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1200"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="7080"/>
+          <w:tab w:val="left" w:pos="7320"/>
+          <w:tab w:val="left" w:pos="8760"/>
+          <w:tab w:val="left" w:pos="9000"/>
+          <w:tab w:val="left" w:pos="9120"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="007F1EF5">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1200"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="7080"/>
+          <w:tab w:val="left" w:pos="7320"/>
+          <w:tab w:val="left" w:pos="8760"/>
+          <w:tab w:val="left" w:pos="9000"/>
+          <w:tab w:val="left" w:pos="9120"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="007F1EF5">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1200"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="7080"/>
+          <w:tab w:val="left" w:pos="7320"/>
+          <w:tab w:val="left" w:pos="8760"/>
+          <w:tab w:val="left" w:pos="9000"/>
+          <w:tab w:val="left" w:pos="9120"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRDefault="00C866FB" w:rsidP="007F1EF5">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1200"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="7080"/>
+          <w:tab w:val="left" w:pos="7320"/>
+          <w:tab w:val="left" w:pos="8760"/>
+          <w:tab w:val="left" w:pos="9000"/>
+          <w:tab w:val="left" w:pos="9120"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C866FB" w:rsidRPr="001A07BC" w:rsidRDefault="00C866FB" w:rsidP="007F1EF5">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1200"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="7080"/>
+          <w:tab w:val="left" w:pos="7320"/>
+          <w:tab w:val="left" w:pos="8760"/>
+          <w:tab w:val="left" w:pos="9000"/>
+          <w:tab w:val="left" w:pos="9120"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00C866FB" w:rsidRPr="001A07BC" w:rsidSect="00C866FB">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="907" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
-      <w:pgNumType w:start="1"/>
+      <w:pgMar w:top="907" w:right="1418" w:bottom="1474" w:left="1418" w:header="851" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F76686" w:rsidRDefault="00F76686" w:rsidP="00C65456">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00EA4CD6" w:rsidRDefault="00EA4CD6" w:rsidP="002666DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F76686" w:rsidRDefault="00F76686" w:rsidP="00C65456">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00EA4CD6" w:rsidRDefault="00EA4CD6" w:rsidP="002666DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F76686" w:rsidRDefault="00F76686" w:rsidP="00C65456">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00EA4CD6" w:rsidRDefault="00EA4CD6" w:rsidP="002666DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F76686" w:rsidRDefault="00F76686" w:rsidP="00C65456">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00EA4CD6" w:rsidRDefault="00EA4CD6" w:rsidP="002666DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00DE43A5" w:rsidRPr="00AF7583" w:rsidRDefault="00DE43A5" w:rsidP="00DE43A5">
+  <w:p w:rsidR="00CD6F6A" w:rsidRPr="00932D64" w:rsidRDefault="000C1EC1" w:rsidP="00C866FB">
     <w:pPr>
-      <w:pStyle w:val="a6"/>
-[...3 lines deleted...]
-      </w:tabs>
+      <w:pStyle w:val="a7"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:lang w:val="en-US"/>
+        <w:rStyle w:val="af2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00932D64">
+      <w:rPr>
+        <w:rStyle w:val="af2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00CD6F6A" w:rsidRPr="00932D64">
+      <w:rPr>
+        <w:rStyle w:val="af2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00932D64">
+      <w:rPr>
+        <w:rStyle w:val="af2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00CD6F6A">
+      <w:rPr>
+        <w:rStyle w:val="af2"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>52</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00932D64">
+      <w:rPr>
+        <w:rStyle w:val="af2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
-</w:hdr>
-[...4 lines deleted...]
-  <w:p w:rsidR="00DE43A5" w:rsidRDefault="00DE43A5" w:rsidP="00DE43A5">
+  <w:p w:rsidR="00CD6F6A" w:rsidRDefault="00CD6F6A">
     <w:pPr>
-      <w:pStyle w:val="a6"/>
-      <w:jc w:val="center"/>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:numPicBullet w:numPicBulletId="0">
-[...24 lines deleted...]
-  </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="00000003"/>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="0DAC2919"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="143800B0"/>
+    <w:lvl w:ilvl="0" w:tplc="292AB2D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...340 lines deleted...]
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2400" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5280" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6000" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6720" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="15796783"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C35AEC00"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="404434D5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="85A461D2"/>
+    <w:lvl w:ilvl="0" w:tplc="C988DA9E">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1320" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2040" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2760" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4309" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4200" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4920" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5749" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5640" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6469" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6360" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7189" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="7080" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="1B35090E"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="49335AFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="19A2BD4E"/>
-[...1 lines deleted...]
-      <w:start w:val="3"/>
+    <w:tmpl w:val="D5C0ABC8"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="21A1646B"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="510F73C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F280A516"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="1AFEF1DE"/>
+    <w:lvl w:ilvl="0" w:tplc="D43A3AFA">
+      <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1744" w:hanging="1035"/>
-[...112 lines deleted...]
-        <w:ind w:left="927" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1647" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2367" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3087" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3807" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4527" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5247" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5967" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6687" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="26401C22"/>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="63DF27E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="106413B2"/>
-[...1 lines deleted...]
-      <w:start w:val="9"/>
+    <w:tmpl w:val="DEAC02BE"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3218" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3938" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4658" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5378" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6098" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6818" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7538" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8258" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="67531AC5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D916E2FC"/>
+    <w:lvl w:ilvl="0" w:tplc="17C09FEE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1378" w:hanging="810"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2920" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3640" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4360" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="68357FAD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="75968064"/>
+    <w:lvl w:ilvl="0" w:tplc="703AC314">
+      <w:start w:val="15"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
@@ -15788,2237 +12577,600 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="2B952648"/>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="68D21240"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="78FCE6D2"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="4B2AEC28"/>
+    <w:lvl w:ilvl="0" w:tplc="E54C25D2">
+      <w:start w:val="37"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2066" w:hanging="1215"/>
+        <w:ind w:left="960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
-[...112 lines deleted...]
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2220" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1680" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2940" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2400" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3660" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4380" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3840" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5100" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4560" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5820" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6540" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6000" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7260" w:hanging="180"/>
-[...1186 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6720" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6">
-[...82 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
+  <w:zoom w:percent="72"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
-  <w:doNotHyphenateCaps/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
-  <w:doNotValidateAgainstSchema/>
-  <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
+    <w:pos w:val="beneathText"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat>
-[...15 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00804637"/>
-[...437 lines deleted...]
-    <w:rsid w:val="00FF572E"/>
+    <w:rsidRoot w:val="0081050F"/>
+    <w:rsid w:val="000074F9"/>
+    <w:rsid w:val="00016353"/>
+    <w:rsid w:val="00050E4D"/>
+    <w:rsid w:val="00061464"/>
+    <w:rsid w:val="00072458"/>
+    <w:rsid w:val="000959E0"/>
+    <w:rsid w:val="000C1A58"/>
+    <w:rsid w:val="000C1EC1"/>
+    <w:rsid w:val="000D2115"/>
+    <w:rsid w:val="000D69BC"/>
+    <w:rsid w:val="000E338A"/>
+    <w:rsid w:val="000F11EE"/>
+    <w:rsid w:val="000F5639"/>
+    <w:rsid w:val="00102A88"/>
+    <w:rsid w:val="00125DDC"/>
+    <w:rsid w:val="0016532B"/>
+    <w:rsid w:val="00166326"/>
+    <w:rsid w:val="0016633C"/>
+    <w:rsid w:val="00187D10"/>
+    <w:rsid w:val="001A07BC"/>
+    <w:rsid w:val="001B49AC"/>
+    <w:rsid w:val="001C4BB3"/>
+    <w:rsid w:val="001D0BAD"/>
+    <w:rsid w:val="001D6A92"/>
+    <w:rsid w:val="001E4D80"/>
+    <w:rsid w:val="00204B58"/>
+    <w:rsid w:val="002264BC"/>
+    <w:rsid w:val="00233993"/>
+    <w:rsid w:val="00244A8A"/>
+    <w:rsid w:val="002666DE"/>
+    <w:rsid w:val="0027047E"/>
+    <w:rsid w:val="002748FD"/>
+    <w:rsid w:val="00293D55"/>
+    <w:rsid w:val="002A44A0"/>
+    <w:rsid w:val="002D486D"/>
+    <w:rsid w:val="002D6F63"/>
+    <w:rsid w:val="002E3AED"/>
+    <w:rsid w:val="002E565D"/>
+    <w:rsid w:val="003137CD"/>
+    <w:rsid w:val="00341798"/>
+    <w:rsid w:val="00382C6F"/>
+    <w:rsid w:val="003A183A"/>
+    <w:rsid w:val="003A6898"/>
+    <w:rsid w:val="003A6D03"/>
+    <w:rsid w:val="003B5072"/>
+    <w:rsid w:val="003C6327"/>
+    <w:rsid w:val="003E3598"/>
+    <w:rsid w:val="003F1218"/>
+    <w:rsid w:val="003F60A9"/>
+    <w:rsid w:val="00405405"/>
+    <w:rsid w:val="0042305D"/>
+    <w:rsid w:val="00432072"/>
+    <w:rsid w:val="00435318"/>
+    <w:rsid w:val="00444F5F"/>
+    <w:rsid w:val="004931F1"/>
+    <w:rsid w:val="00496442"/>
+    <w:rsid w:val="004B61CF"/>
+    <w:rsid w:val="004C5B29"/>
+    <w:rsid w:val="00505400"/>
+    <w:rsid w:val="0051592C"/>
+    <w:rsid w:val="00526424"/>
+    <w:rsid w:val="00537FD0"/>
+    <w:rsid w:val="005447C3"/>
+    <w:rsid w:val="0055073C"/>
+    <w:rsid w:val="005A000C"/>
+    <w:rsid w:val="005A1F6E"/>
+    <w:rsid w:val="005C036C"/>
+    <w:rsid w:val="005C4986"/>
+    <w:rsid w:val="005E4BAC"/>
+    <w:rsid w:val="005F2675"/>
+    <w:rsid w:val="00624CA3"/>
+    <w:rsid w:val="00630259"/>
+    <w:rsid w:val="00632641"/>
+    <w:rsid w:val="00637901"/>
+    <w:rsid w:val="00643951"/>
+    <w:rsid w:val="00645B2D"/>
+    <w:rsid w:val="006531DF"/>
+    <w:rsid w:val="006675F7"/>
+    <w:rsid w:val="006713B1"/>
+    <w:rsid w:val="006876E5"/>
+    <w:rsid w:val="00690701"/>
+    <w:rsid w:val="00693154"/>
+    <w:rsid w:val="006A2578"/>
+    <w:rsid w:val="006B3307"/>
+    <w:rsid w:val="006B46A1"/>
+    <w:rsid w:val="006B7B03"/>
+    <w:rsid w:val="006D13C3"/>
+    <w:rsid w:val="006D7F4D"/>
+    <w:rsid w:val="006E52D0"/>
+    <w:rsid w:val="006E6B33"/>
+    <w:rsid w:val="00705709"/>
+    <w:rsid w:val="00732EDD"/>
+    <w:rsid w:val="007335EE"/>
+    <w:rsid w:val="00741115"/>
+    <w:rsid w:val="007535F0"/>
+    <w:rsid w:val="00753D8B"/>
+    <w:rsid w:val="00776D53"/>
+    <w:rsid w:val="007A25DC"/>
+    <w:rsid w:val="007A6BAB"/>
+    <w:rsid w:val="007B1817"/>
+    <w:rsid w:val="007C4397"/>
+    <w:rsid w:val="007D5315"/>
+    <w:rsid w:val="007D651D"/>
+    <w:rsid w:val="007D7071"/>
+    <w:rsid w:val="007E55D5"/>
+    <w:rsid w:val="007F1EF5"/>
+    <w:rsid w:val="00801643"/>
+    <w:rsid w:val="00807DA9"/>
+    <w:rsid w:val="0081050F"/>
+    <w:rsid w:val="00823FE7"/>
+    <w:rsid w:val="0083736D"/>
+    <w:rsid w:val="008421A9"/>
+    <w:rsid w:val="00844694"/>
+    <w:rsid w:val="00851AAA"/>
+    <w:rsid w:val="008536F9"/>
+    <w:rsid w:val="00853CB8"/>
+    <w:rsid w:val="0086201C"/>
+    <w:rsid w:val="008D17F3"/>
+    <w:rsid w:val="00920BCA"/>
+    <w:rsid w:val="00920E91"/>
+    <w:rsid w:val="00924C6F"/>
+    <w:rsid w:val="00924E8B"/>
+    <w:rsid w:val="00930EFE"/>
+    <w:rsid w:val="009419BF"/>
+    <w:rsid w:val="00945A77"/>
+    <w:rsid w:val="0094656B"/>
+    <w:rsid w:val="00962D42"/>
+    <w:rsid w:val="00972408"/>
+    <w:rsid w:val="0098364B"/>
+    <w:rsid w:val="0098432C"/>
+    <w:rsid w:val="00985499"/>
+    <w:rsid w:val="00991698"/>
+    <w:rsid w:val="0099608A"/>
+    <w:rsid w:val="009C47CC"/>
+    <w:rsid w:val="009F0F72"/>
+    <w:rsid w:val="00A216C2"/>
+    <w:rsid w:val="00A51A4F"/>
+    <w:rsid w:val="00A577BE"/>
+    <w:rsid w:val="00A67353"/>
+    <w:rsid w:val="00A75A52"/>
+    <w:rsid w:val="00A81E2D"/>
+    <w:rsid w:val="00A95237"/>
+    <w:rsid w:val="00AA3B9A"/>
+    <w:rsid w:val="00AB15A6"/>
+    <w:rsid w:val="00AC4EA1"/>
+    <w:rsid w:val="00AC54A7"/>
+    <w:rsid w:val="00AD13EB"/>
+    <w:rsid w:val="00AD5B06"/>
+    <w:rsid w:val="00B11E9D"/>
+    <w:rsid w:val="00B23C73"/>
+    <w:rsid w:val="00B31BB5"/>
+    <w:rsid w:val="00B37FFD"/>
+    <w:rsid w:val="00B6265B"/>
+    <w:rsid w:val="00B760EC"/>
+    <w:rsid w:val="00B85629"/>
+    <w:rsid w:val="00BB331A"/>
+    <w:rsid w:val="00C13C9E"/>
+    <w:rsid w:val="00C276A0"/>
+    <w:rsid w:val="00C3207E"/>
+    <w:rsid w:val="00C32CA3"/>
+    <w:rsid w:val="00C41D4B"/>
+    <w:rsid w:val="00C46CD0"/>
+    <w:rsid w:val="00C54B4C"/>
+    <w:rsid w:val="00C74275"/>
+    <w:rsid w:val="00C866FB"/>
+    <w:rsid w:val="00CA5C9D"/>
+    <w:rsid w:val="00CA6FFE"/>
+    <w:rsid w:val="00CB2F28"/>
+    <w:rsid w:val="00CC0029"/>
+    <w:rsid w:val="00CC0F6C"/>
+    <w:rsid w:val="00CD6F6A"/>
+    <w:rsid w:val="00CF6733"/>
+    <w:rsid w:val="00D041FB"/>
+    <w:rsid w:val="00D042C7"/>
+    <w:rsid w:val="00D153C1"/>
+    <w:rsid w:val="00D16D0D"/>
+    <w:rsid w:val="00D42DE4"/>
+    <w:rsid w:val="00D45F18"/>
+    <w:rsid w:val="00D612B9"/>
+    <w:rsid w:val="00D67350"/>
+    <w:rsid w:val="00D963C6"/>
+    <w:rsid w:val="00D96A0F"/>
+    <w:rsid w:val="00DA0E38"/>
+    <w:rsid w:val="00DA1629"/>
+    <w:rsid w:val="00DB0E49"/>
+    <w:rsid w:val="00DB1286"/>
+    <w:rsid w:val="00DB768D"/>
+    <w:rsid w:val="00DE312A"/>
+    <w:rsid w:val="00DE656A"/>
+    <w:rsid w:val="00DF298A"/>
+    <w:rsid w:val="00E034C9"/>
+    <w:rsid w:val="00E1147E"/>
+    <w:rsid w:val="00E150FC"/>
+    <w:rsid w:val="00E34568"/>
+    <w:rsid w:val="00E64914"/>
+    <w:rsid w:val="00E84B78"/>
+    <w:rsid w:val="00E8746B"/>
+    <w:rsid w:val="00EA3085"/>
+    <w:rsid w:val="00EA4CD6"/>
+    <w:rsid w:val="00EB0F9D"/>
+    <w:rsid w:val="00EF55E6"/>
+    <w:rsid w:val="00F05850"/>
+    <w:rsid w:val="00F14891"/>
+    <w:rsid w:val="00F31AD4"/>
+    <w:rsid w:val="00F56337"/>
+    <w:rsid w:val="00FC30F8"/>
+    <w:rsid w:val="00FD635A"/>
+    <w:rsid w:val="00FD6FBD"/>
+    <w:rsid w:val="00FE7527"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:uiCompat97To2003/>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="21506"/>
+    <o:shapedefaults v:ext="edit" spidmax="17410"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule72" type="connector" idref="#_x0000_s1753"/>
-[...69 lines deleted...]
-        <o:r id="V:Rule142" type="connector" idref="#_x0000_s1760"/>
+        <o:r id="V:Rule371" type="connector" idref="#_x0000_s1962"/>
+        <o:r id="V:Rule375" type="connector" idref="#_x0000_s1960"/>
+        <o:r id="V:Rule379" type="connector" idref="#_x0000_s1850"/>
+        <o:r id="V:Rule380" type="connector" idref="#_x0000_s1889"/>
+        <o:r id="V:Rule383" type="connector" idref="#_x0000_s1915"/>
+        <o:r id="V:Rule396" type="connector" idref="#_x0000_s1886"/>
+        <o:r id="V:Rule401" type="connector" idref="#_x0000_s1909"/>
+        <o:r id="V:Rule405" type="connector" idref="#_x0000_s1883"/>
+        <o:r id="V:Rule408" type="connector" idref="#_x0000_s1945"/>
+        <o:r id="V:Rule419" type="connector" idref="#_x0000_s1971"/>
+        <o:r id="V:Rule421" type="connector" idref="#_x0000_s1881"/>
+        <o:r id="V:Rule425" type="connector" idref="#_x0000_s1958"/>
+        <o:r id="V:Rule433" type="connector" idref="#_x0000_s1981"/>
+        <o:r id="V:Rule435" type="connector" idref="#_x0000_s1880"/>
+        <o:r id="V:Rule438" type="connector" idref="#_x0000_s1873"/>
+        <o:r id="V:Rule441" type="connector" idref="#_x0000_s1970"/>
+        <o:r id="V:Rule445" type="connector" idref="#_x0000_s1896"/>
+        <o:r id="V:Rule448" type="connector" idref="#_x0000_s1872"/>
+        <o:r id="V:Rule457" type="connector" idref="#_x0000_s1918"/>
+        <o:r id="V:Rule465" type="connector" idref="#_x0000_s1920"/>
+        <o:r id="V:Rule467" type="connector" idref="#_x0000_s1847"/>
+        <o:r id="V:Rule473" type="connector" idref="#_x0000_s1910"/>
+        <o:r id="V:Rule479" type="connector" idref="#_x0000_s1895"/>
+        <o:r id="V:Rule484" type="connector" idref="#_x0000_s1890"/>
+        <o:r id="V:Rule491" type="connector" idref="#_x0000_s1879"/>
+        <o:r id="V:Rule498" type="connector" idref="#_x0000_s1906"/>
+        <o:r id="V:Rule506" type="connector" idref="#_x0000_s1876"/>
+        <o:r id="V:Rule520" type="connector" idref="#_x0000_s1885"/>
+        <o:r id="V:Rule526" type="connector" idref="#_x0000_s1874"/>
+        <o:r id="V:Rule530" type="connector" idref="#_x0000_s1946"/>
+        <o:r id="V:Rule531" type="connector" idref="#_x0000_s1855"/>
+        <o:r id="V:Rule537" type="connector" idref="#_x0000_s1875"/>
+        <o:r id="V:Rule541" type="connector" idref="#_x0000_s1942"/>
+        <o:r id="V:Rule542" type="connector" idref="#_x0000_s1982"/>
+        <o:r id="V:Rule554" type="connector" idref="#_x0000_s1908"/>
+        <o:r id="V:Rule558" type="connector" idref="#_x0000_s1892"/>
+        <o:r id="V:Rule559" type="connector" idref="#_x0000_s1912"/>
+        <o:r id="V:Rule571" type="connector" idref="#_x0000_s1984"/>
+        <o:r id="V:Rule578" type="connector" idref="#_x0000_s1934"/>
+        <o:r id="V:Rule592" type="connector" idref="#_x0000_s1940"/>
+        <o:r id="V:Rule595" type="connector" idref="#_x0000_s1887"/>
+        <o:r id="V:Rule607" type="connector" idref="#_x0000_s1897"/>
+        <o:r id="V:Rule608" type="connector" idref="#_x0000_s1943"/>
+        <o:r id="V:Rule609" type="connector" idref="#_x0000_s1941"/>
+        <o:r id="V:Rule612" type="connector" idref="#_x0000_s1919"/>
+        <o:r id="V:Rule614" type="connector" idref="#_x0000_s1888"/>
+        <o:r id="V:Rule621" type="connector" idref="#_x0000_s1859"/>
+        <o:r id="V:Rule628" type="connector" idref="#_x0000_s1917"/>
+        <o:r id="V:Rule630" type="connector" idref="#_x0000_s1905"/>
+        <o:r id="V:Rule631" type="connector" idref="#_x0000_s1965"/>
+        <o:r id="V:Rule637" type="connector" idref="#_x0000_s1961"/>
+        <o:r id="V:Rule640" type="connector" idref="#_x0000_s1868"/>
+        <o:r id="V:Rule641" type="connector" idref="#_x0000_s1849"/>
+        <o:r id="V:Rule644" type="connector" idref="#_x0000_s1963"/>
+        <o:r id="V:Rule651" type="connector" idref="#_x0000_s1916"/>
+        <o:r id="V:Rule652" type="connector" idref="#_x0000_s1983"/>
+        <o:r id="V:Rule655" type="connector" idref="#_x0000_s1966"/>
+        <o:r id="V:Rule656" type="connector" idref="#_x0000_s1871"/>
+        <o:r id="V:Rule657" type="connector" idref="#_x0000_s1911"/>
+        <o:r id="V:Rule658" type="connector" idref="#_x0000_s1867"/>
+        <o:r id="V:Rule663" type="connector" idref="#_x0000_s1884"/>
+        <o:r id="V:Rule664" type="connector" idref="#_x0000_s1980"/>
+        <o:r id="V:Rule665" type="connector" idref="#_x0000_s1957"/>
+        <o:r id="V:Rule666" type="connector" idref="#_x0000_s1851"/>
+        <o:r id="V:Rule669" type="connector" idref="#_x0000_s1959"/>
+        <o:r id="V:Rule670" type="connector" idref="#_x0000_s1964"/>
+        <o:r id="V:Rule675" type="connector" idref="#_x0000_s1930"/>
+        <o:r id="V:Rule676" type="connector" idref="#_x0000_s1853"/>
+        <o:r id="V:Rule683" type="connector" idref="#_x0000_s1882"/>
+        <o:r id="V:Rule695" type="connector" idref="#_x0000_s1848"/>
+        <o:r id="V:Rule696" type="connector" idref="#_x0000_s1907"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...20 lines deleted...]
-    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="page number" w:uiPriority="0"/>
-    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:locked="1" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -18066,554 +13218,639 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000B0C93"/>
+    <w:rsid w:val="0081050F"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
-[...146 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00927895"/>
+    <w:rsid w:val="0055073C"/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0081050F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Знак4,Знак4 Знак Знак,Знак4 Знак,Обычный (Web)1,Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Зн,Знак Знак1 Зн, Знак4"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0081050F"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
-    <w:rsid w:val="009E57B2"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0081050F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
-    </w:rPr>
-[...83 lines deleted...]
-      <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009D1FB4"/>
+    <w:rsid w:val="0081050F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
-    <w:name w:val="Абзац списка1"/>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002666DE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002666DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002666DE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002666DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ac"/>
     <w:qFormat/>
-    <w:rsid w:val="00A36110"/>
+    <w:rsid w:val="00853CB8"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="708"/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
-    <w:name w:val="21"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:rsid w:val="00853CB8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
-    <w:qFormat/>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA6FFE"/>
     <w:rPr>
-      <w:kern w:val="0"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CA6FFE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Знак4 Знак1,Знак4 Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web)1 Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1,Обычный (веб) Знак Знак Знак Знак1,Знак Знак1 Знак Знак Знак,Знак Знак1 Зн Знак"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C54B4C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af0">
-[...1 lines deleted...]
-    <w:rsid w:val="00A36110"/>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C54B4C"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C54B4C"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af1">
-[...3 lines deleted...]
-    <w:rsid w:val="006232B5"/>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="005E4BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...1 lines deleted...]
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af2">
-    <w:name w:val="Strong"/>
+    <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...6 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="000F11EE"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="rtejustify">
     <w:name w:val="rtejustify"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F810B6"/>
+    <w:rsid w:val="000F11EE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
-      <w:suppressAutoHyphens w:val="0"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
-      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
     <w:name w:val="ConsPlusNormal"/>
-    <w:rsid w:val="00A538AA"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C866FB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...12 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId40" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -18639,51 +13876,51 @@
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -18811,88 +14048,97 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0F32CFC-FAFA-45B1-ABDB-49B0D8D23D2A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1937</Words>
-  <Characters>11044</Characters>
+  <Words>2306</Words>
+  <Characters>13149</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>109</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Регламент государственной услуги</vt:lpstr>
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr/>
+      <vt:lpstr>осы қаулының аумақтық әділет органында мемлекеттік тіркелуін;</vt:lpstr>
+      <vt:lpstr>осы қаулы аумақтық әділет органында мемлекеттік тіркелгеннен кейін он күнтізбелі</vt:lpstr>
       <vt:lpstr/>
-      <vt:lpstr>Регламент государственной услуги</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Регламент государственной услуги</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Akimat</Company>
+  <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12956</CharactersWithSpaces>
+  <CharactersWithSpaces>15425</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Павлодар облысы јкімдігініѕ</dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:title/>
+  <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>