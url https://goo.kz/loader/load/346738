--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,10977 +1,8791 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D723D7" w:rsidRDefault="00D723D7" w:rsidP="00D723D7">
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5664"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00D723D7" w:rsidRPr="00717FF7" w:rsidRDefault="00AB4987" w:rsidP="00D723D7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5664"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00D723D7" w:rsidRDefault="00D723D7" w:rsidP="00D723D7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к постановлению акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5664"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...40 lines deleted...]
-    <w:p w:rsidR="00D723D7" w:rsidRDefault="00D723D7" w:rsidP="00D723D7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5664"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00D723D7" w:rsidRPr="000E750A" w:rsidRDefault="00D723D7" w:rsidP="00D723D7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidR="005759A4" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="005759A4" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>апреля</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2016 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5664"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="32"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00D723D7" w:rsidRPr="00932D64" w:rsidRDefault="00D723D7" w:rsidP="00D723D7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="005759A4" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>148/3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5664"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00932D64">
-[...9 lines deleted...]
-    <w:p w:rsidR="00D723D7" w:rsidRPr="00D73688" w:rsidRDefault="00D723D7" w:rsidP="00D723D7">
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="5664"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...49 lines deleted...]
-    <w:p w:rsidR="00D723D7" w:rsidRPr="00932D64" w:rsidRDefault="00D723D7" w:rsidP="00D723D7">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="5664"/>
+        <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00D723D7" w:rsidRDefault="00D723D7" w:rsidP="00D723D7">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="6372" w:firstLine="708"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00106972" w:rsidRPr="000E750A" w:rsidRDefault="00106972" w:rsidP="00106972">
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «24» июня 2015 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 181/6 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00106972" w:rsidRPr="000E750A" w:rsidRDefault="00106972" w:rsidP="00106972">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00D723D7" w:rsidRPr="00C14248" w:rsidRDefault="00AB4987" w:rsidP="00D723D7">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-      <w:r w:rsidR="00D723D7">
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00106972" w:rsidRPr="000E750A" w:rsidRDefault="00106972" w:rsidP="00106972">
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Назначение выплаты денежных средств на содержание ребенка (детей), переданного патронатным воспитателям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00106972" w:rsidRPr="000E750A" w:rsidRDefault="00106972" w:rsidP="00106972">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00D723D7" w:rsidRPr="008F33FC" w:rsidRDefault="00D723D7" w:rsidP="00D723D7">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F33FC">
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1. Жалпы ережелер</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D723D7" w:rsidRPr="000E750A" w:rsidRDefault="00D723D7" w:rsidP="00D723D7">
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:bCs/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D723D7" w:rsidRPr="008F33FC" w:rsidRDefault="00D723D7" w:rsidP="00D723D7">
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="008F33FC">
+        <w:t>1. Государственная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...97 lines deleted...]
-      <w:r w:rsidRPr="008F33FC">
+        </w:rPr>
+        <w:t xml:space="preserve"> услуга</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008F33FC">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="008F33FC">
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Назначение выплаты денежных средств на содержание ребенка (детей), переданного патронатным воспитателям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – государственная услуга) оказывается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">местными исполнительными органами районов и городов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее – услугодатель)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D723D7" w:rsidRPr="008F33FC" w:rsidRDefault="00D723D7" w:rsidP="00D723D7">
-[...1885 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...50 lines deleted...]
-      <w:pPr>
+        <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00C5089A" w:rsidRPr="00007368" w:rsidRDefault="00C5089A" w:rsidP="00997EE2">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1) канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) веб-портал «электронного правительства» www.egov.kz (далее - портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма оказания государственной услуги – электронная (полностью</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>автоматизированная) и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Результат оказания государственной услуги –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">решение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>о назначении денежных средств, выделяемых патронатным воспитателям на содержание ребенка (детей) по форме согласно приложению 2 к с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тандарту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной услуги «Назначение выплаты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>денежных средств на содержание ребенка (детей), переданного патронатным воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">утвержденного приказом Министра образования и науки Республики Казахстан от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13 апреля </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № 198</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(далее – Стандарт).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги – электронная и (или) бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00176575" w:rsidRPr="002D0CB0" w:rsidRDefault="00176575" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E29DC" w:rsidRPr="002D0CB0" w:rsidRDefault="006E29DC" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Основанием д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ля начала процедуры (действия) по оказанию государственной услуги является</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заявление услугополучателя по форме согласно приложению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стандарта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с предоставлением необходимых документов, указанных в пункте 9 Стандарта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Содержание каждой процедуры (действия) и ее результат, входящей в состав процесса оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) сотрудник канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с момента подачи необходимых  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>документов услугополучателем осуществляет прием и их регистрацию, направляет документы на резолюцию руководству услугодателя –                          30 (тридцать) минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководство услугодателя рассматривает документы и определяет ответственного исполнителя – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 (один) рабочий день</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) ответственный исполнитель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя рассматривает поступившие документы, готовит </w:t>
+      </w:r>
+      <w:r w:rsidR="006E29DC" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">решение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о назначении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>денежных средств</w:t>
+      </w:r>
+      <w:r w:rsidR="000F191F" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выделяемых на содержание ребенка (детей)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 (один) рабочий день;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) руководство услугодателя рассматривает решение и подписывает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="006E29DC" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 (один) рабочий день</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) ответственный исполнитель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">регистрирует решение в журнале учета и выдает услугополучателю результат оказания государственной услуги – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 (один) рабочий день</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результатом процедуры  (действия) по оказанию государственной услуги является решение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>о назначении денежных средств, выделяемых патронатным воспитателям на содержание ребенка (детей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. Перечень структурных подразделений (работников)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которые участвуют в процессе оказания государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r w:rsidR="006E29DC" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сотрудник канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="006E29DC" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>руководство услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="006E29DC" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ответственный исполнитель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>писание последовательности процедур (действий) между структурными подразделениями (работниками) услугодателя с указанием длительности каждой процедуры (действия) сопровождается таблицей согласно приложению 1 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00D723D7" w:rsidRDefault="00D723D7" w:rsidP="00D723D7">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...51 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:sz w:val="34"/>
+          <w:szCs w:val="34"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Описание порядка взаимодействия с Государственной</w:t>
+      </w:r>
+      <w:r w:rsidR="004616CB" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00546EC3">
-[...148 lines deleted...]
-    <w:p w:rsidR="00D723D7" w:rsidRDefault="00D723D7" w:rsidP="00D723D7">
+      <w:r w:rsidR="007443CD" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орпорацией</w:t>
+      </w:r>
+      <w:r w:rsidR="007443CD" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Правительство для граждан» (далее – Государственной корпорацией)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) иными услугодателями, а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...35 lines deleted...]
-      <w:r w:rsidRPr="005E3742">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0010001D" w:rsidRPr="002D0CB0" w:rsidRDefault="0010001D" w:rsidP="0010001D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="0"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidR="0099772E" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>через Государственную корпорацию не оказывается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D723D7" w:rsidRPr="00DD2D15" w:rsidRDefault="00D723D7" w:rsidP="00D723D7">
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="0010001D" w:rsidP="00106972">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E23FC0">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00743BEA">
+      <w:r w:rsidR="00106972" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. О</w:t>
+      </w:r>
+      <w:r w:rsidR="00106972" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">писание </w:t>
+      </w:r>
+      <w:r w:rsidR="00106972" w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00640AA2" w:rsidRPr="001A117F">
-[...1280 lines deleted...]
-    <w:p w:rsidR="00071922" w:rsidRDefault="00071922" w:rsidP="00071922">
+      <w:r w:rsidR="00106972" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порядка обращения при оказании государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...44 lines deleted...]
-    <w:p w:rsidR="00071922" w:rsidRPr="00546EC3" w:rsidRDefault="00071922" w:rsidP="00071922">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>через портал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и последовательности процедур (действий) услугодателя и услугополучателя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет регистрацию на портале с помощью индивидуального идентификационного номера </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН) , а также пароля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) процесс  1 –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ввод услугополучателем ИИН и пароля (процесс авторизации) на портале для получения услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) условие 1 – проверка на портале подлинности данных о зарегистрированном услугополучателе через ИИН и пароль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) процесс  2 – формирование порталом сообщения об отказе в авторизации в связи с имеющимися нарушениями в данных услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5)  процесс   3 – выбор услугополучателем услуги, указанной в настоящем регламенте, вывод на экран формы запроса для оказания услуги и заполнение услугополучателем формы (ввод данных) с учетом ее структуры и форматных требований, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rStyle w:val="ad"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прикрепление к форме запроса необходимых копий документов в электронном виде, а также выбор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rStyle w:val="ad"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rStyle w:val="ad"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:rStyle w:val="ad"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">регистрационного свидетельства, подписанного электронной цифровой подписью (далее – ЭЦП) для удостоверения (подписания) запроса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6)   условие     2 – проверка на портале срока действия регистрационного свидетельства ЭЦП и отсутствия в списке отозванных (аннулированных) регистрационных свидетельств, а также соответствия идентификационных данных (между ИИН, указанным в запросе, и ИИН, указанным в регистрационном свидетельстве ЭЦП);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7)  процесс    4 – формирование сообщения об отказе в запрашиваемой услуге в связи с неподтверждением подлинности ЭЦП услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) процесс 5 – направление электронного документа (запроса услугополучателя), удостоверенного (подписанного) ЭЦП услугополучателя через шлюз электронного правительства (далее – ШЭП) в автоматизированном рабочем месте регионального шлюза электронного правительства (далее –  АРМ РШЭП) для обработки запроса услугодателем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) условие   3 – проверка услугодателем соответствия приложенных услугополучателем документов и основани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для оказания услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) процесс   6 – формирование сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах услугополучателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...38 lines deleted...]
-    <w:p w:rsidR="00106972" w:rsidRPr="00D723D7" w:rsidRDefault="00106972" w:rsidP="00106972">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11) процесс 7 – получение услугополучателем результата услуги (уведомление в форме электронного документа)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сформированн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">го </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>АРМ РШЭП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги направляется услугополучателю в «личный кабинет» в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00106972" w:rsidRPr="00D723D7" w:rsidRDefault="00106972" w:rsidP="00106972">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функциональные взаимодействия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>информационных систем, задействованных при оказании государственной услуги через портал, приведены в диаграмме согласно приложению 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0099772E" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0099772E" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подробное о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>писание последовательности процедур (действий) взаимодействий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги, а также описание порядка взаимодействия использования информационных систем  в процессе оказания государственной  услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1369E" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отражается в справочнике бизнес-процессов согласно приложению 3 к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00106972" w:rsidRPr="00D723D7" w:rsidRDefault="00106972" w:rsidP="00106972">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...264 lines deleted...]
-    <w:p w:rsidR="00106972" w:rsidRPr="008D657F" w:rsidRDefault="008D657F" w:rsidP="008D657F">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F41DB7" w:rsidRPr="002D0CB0" w:rsidRDefault="00F41DB7" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F41DB7" w:rsidRPr="002D0CB0" w:rsidRDefault="00F41DB7" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F41DB7" w:rsidRPr="002D0CB0" w:rsidRDefault="00F41DB7" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F41DB7" w:rsidRPr="002D0CB0" w:rsidRDefault="00F41DB7" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC6030" w:rsidRPr="002D0CB0" w:rsidRDefault="00BC6030" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F41DB7" w:rsidRPr="002D0CB0" w:rsidRDefault="00F41DB7" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C08A6" w:rsidRPr="002D0CB0" w:rsidRDefault="009C08A6" w:rsidP="009C08A6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3540" w:firstLine="708"/>
         <w:rPr>
-          <w:b/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00106972" w:rsidRPr="008D657F" w:rsidRDefault="00106972" w:rsidP="009C08A6">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidR="0099772E" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00106972" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="009C08A6" w:rsidP="009C08A6">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="0099772E" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00106972" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099772E" w:rsidRPr="002D0CB0" w:rsidRDefault="009C08A6" w:rsidP="009C08A6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+      <w:r w:rsidR="0099772E" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00106972" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00106972" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Назначение выплаты денежных средств </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099772E" w:rsidRPr="002D0CB0" w:rsidRDefault="0099772E" w:rsidP="0099772E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="00106972" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на содержание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00106972" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ребенка (детей), </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="0099772E" w:rsidP="0099772E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="00106972" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>переданного патронатным воспитателям</w:t>
+      </w:r>
+      <w:r w:rsidR="00106972" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="008D657F" w:rsidRDefault="008D657F" w:rsidP="008D657F">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="008D657F" w:rsidRPr="00356F47" w:rsidRDefault="008D657F" w:rsidP="008D657F">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Описание последовательности процедур (действий) между структурными подразделениями (работниками)</w:t>
+      </w:r>
+      <w:r w:rsidR="009C08A6" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>с указанием длительности каждой процедуры (действия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10632" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1417"/>
-        <w:gridCol w:w="1559"/>
-        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="2126"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D657F" w:rsidRPr="00F3543A" w:rsidTr="00FF1DA8">
+      <w:tr w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidTr="007E7DCF">
         <w:trPr>
           <w:trHeight w:val="394"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="00E259BE" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10065" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="00E259BE" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
-[...5 lines deleted...]
-              <w:t>Негізгі процестің (жұмыс барысының, ағының) іс-қимылы</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Действия основного процесса (хода, потока работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D657F" w:rsidRPr="00567DD7" w:rsidTr="00416379">
+      <w:tr w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidTr="007E7DCF">
         <w:trPr>
-          <w:trHeight w:val="1056"/>
+          <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="009C08A6" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C08A6">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="009C08A6" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
               <w:pStyle w:val="a7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
-[...4 lines deleted...]
-              <w:t>Іс-қимылдың (жұмыс барысының ағынының) №</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>№ действия (хода, потока, работ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="009C08A6" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C08A6">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="009C08A6" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C08A6">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="009C08A6" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-318"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C08A6">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="009C08A6" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C08A6">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="009C08A6" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C08A6">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D657F" w:rsidRPr="00567DD7" w:rsidTr="00416379">
+      <w:tr w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidTr="007E7DCF">
         <w:trPr>
           <w:trHeight w:val="868"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="009C08A6" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C08A6">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="0040538E" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
-[...5 lines deleted...]
-              <w:t>Құрылымдық бөлімше (қыз-меткер) атауы</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Структурные подразделения (работники)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="0040538E" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
-[...5 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушінің кеңсе қызметкері</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сотрудник</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>канцелярии услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="0040538E" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
-[...13 lines deleted...]
-              <w:t>лығы</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Руководство услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="0040538E" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
-[...23 lines deleted...]
-              <w:t>сы</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="0040538E" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
-[...13 lines deleted...]
-              <w:t>лығы</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Руководство услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="0040538E" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
-[...14 lines deleted...]
-              <w:t>ауапты орындаушысы</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ответственный исполнитель услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D657F" w:rsidRPr="00F3543A" w:rsidTr="00416379">
+      <w:tr w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidTr="007E7DCF">
         <w:trPr>
           <w:trHeight w:val="1441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="009C08A6" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C08A6">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="0040538E" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
-[...5 lines deleted...]
-              <w:t>Іс-қимылдың (процестің, рәсімнің, операцияның) атауы және оны сипаттау</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Наименование действия (процесса, процедуры операции) и их описание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="0040538E" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
-[...5 lines deleted...]
-              <w:t>Алынған құжаттарды қабылдауды және тір-кеуді жүзеге асырады</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Осуществляет прием и регистрацию полученных документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="0040538E" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
-[...5 lines deleted...]
-              <w:t>Қарастырады және жауапты орындаушыны анықтайды</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассматривает </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>и  определяет ответственного исполнителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="00324805" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="009C08A6" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассматривает поступившие документы, готовит решение о назначении денежных средств, выделяемых патронатным воспитателям </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:bCs/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00324805">
-[...5 lines deleted...]
-              <w:t>Құжаттарды қарастырады, патронат тәрбиешiлерге берiлген баланы (балаларды) асырап-бағуға ақшалай қаражат төлеуді тағайындау туралы шешімді дайындайды</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на содержание ребенка (детей)</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="00324805" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="009C08A6" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рассматривает решение </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">о назначении денежных средств, выделяемых патронатным воспитателям на содержание ребенка (детей) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> және қол қояды</w:t>
+              <w:t>и подписывает</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="00324805" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="009C08A6" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00324805">
-[...5 lines deleted...]
-              <w:t>Патронат тәрбиешiлерге берiлген баланы (балаларды) асырап-бағуға ақшалай қаражат төлеуді тағайындау туралы шешімді тіркейді</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Регистрирует решение </w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="009C08A6" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">о назначении денежных средств,  выделяемых патронатным воспитателям </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>на содержание ребенка (детей)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D657F" w:rsidRPr="00F3543A" w:rsidTr="00416379">
+      <w:tr w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidTr="007E7DCF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="009C08A6" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C08A6">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="0040538E" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
-[...5 lines deleted...]
-              <w:t>Аяқталу нысаны</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="0040538E" w:rsidRDefault="008D657F" w:rsidP="0050129B">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
-[...13 lines deleted...]
-              <w:t>бұрыштама қоюға жіберу</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Передача на резолюцию руководству</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="0040538E" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0050129B">
-[...5 lines deleted...]
-              <w:t>Бұрыштама</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Резолюция</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="00876D50" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Решение о назначении денежных средств,  выделяемых патронатным воспитателям на содержание ребенка (детей)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C08A6" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на рассмотрение </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>и подписание руководством</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00876D50">
-[...22 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="00324805" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="009C08A6" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Решение </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00324805">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> туралы шешім</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>о назначении денежных средств,  выделяемых патронатным воспитателям на содержание ребенка (детей)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="00324805" w:rsidRDefault="008D657F" w:rsidP="00416379">
+          <w:p w:rsidR="009C08A6" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:spacing w:after="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00324805">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті алушыға мемлекеттік қызмет көрсету нәтижесін береді және хабарлайды</w:t>
+              <w:t xml:space="preserve">Уведомляет </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и выдает</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> услугополучателю результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D657F" w:rsidRPr="00567DD7" w:rsidTr="00416379">
+      <w:tr w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidTr="007E7DCF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="009C08A6" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C08A6">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="0040538E" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
-[...5 lines deleted...]
-              <w:t>Орындау мерзімдері</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сроки исполнения</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="00DF2D7D" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF2D7D">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>30 (отыз) минут</w:t>
+              <w:t xml:space="preserve">30 (тридцать) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="000C47FD" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF2D7D">
-[...4 lines deleted...]
-              <w:t>1 (бір) жұмыс күні</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 (один) рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="000C47FD" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="00106972" w:rsidP="009C08A6">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF2D7D">
-[...4 lines deleted...]
-              <w:t>1 (бір) жұмыс күні</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 (один) рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="000C47FD" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="009C08A6" w:rsidP="009C08A6">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:kern w:val="2"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF2D7D">
-[...4 lines deleted...]
-              <w:t>1 (бір) жұмыс күні</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 (один) рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D657F" w:rsidRPr="000C47FD" w:rsidRDefault="008D657F" w:rsidP="00FF1DA8">
+          <w:p w:rsidR="00106972" w:rsidRPr="002D0CB0" w:rsidRDefault="009C08A6" w:rsidP="009C08A6">
             <w:pPr>
-              <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF2D7D">
-[...4 lines deleted...]
-              <w:t>1 (бір) жұмыс күні</w:t>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 (один) рабочий день</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00106972" w:rsidRDefault="00106972" w:rsidP="00106972">
-[...17 lines deleted...]
-    <w:p w:rsidR="009C08A6" w:rsidRDefault="009C08A6" w:rsidP="00106972">
+    <w:p w:rsidR="009C08A6" w:rsidRPr="002D0CB0" w:rsidRDefault="009C08A6" w:rsidP="00106972">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D32FBC" w:rsidRDefault="00D32FBC" w:rsidP="00106972">
-[...140 lines deleted...]
-    <w:p w:rsidR="00713DC9" w:rsidRPr="00FF1DA8" w:rsidRDefault="00FF1DA8" w:rsidP="00FF1DA8">
+    <w:p w:rsidR="00D32FBC" w:rsidRPr="002D0CB0" w:rsidRDefault="00D32FBC" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D32FBC" w:rsidRPr="002D0CB0" w:rsidRDefault="00D32FBC" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D32FBC" w:rsidRPr="002D0CB0" w:rsidRDefault="00D32FBC" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D32FBC" w:rsidRPr="002D0CB0" w:rsidRDefault="00D32FBC" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D32FBC" w:rsidRPr="002D0CB0" w:rsidRDefault="00D32FBC" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BC6030" w:rsidRPr="002D0CB0" w:rsidRDefault="00BC6030" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D32FBC" w:rsidRPr="002D0CB0" w:rsidRDefault="00D32FBC" w:rsidP="00106972">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3540" w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00480487" w:rsidRPr="00FF1DA8" w:rsidRDefault="00480487" w:rsidP="00713DC9">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                           Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="005F5A4B" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="005F5A4B" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Назначение выплаты денежных средств на содержание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="005F5A4B" w:rsidP="00713DC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3540"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00356F47">
-[...17 lines deleted...]
-    <w:p w:rsidR="007E7DCF" w:rsidRDefault="007E7DCF" w:rsidP="00713DC9">
+      <w:r w:rsidR="00713DC9" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ребенка (детей), переданного патронатным воспитателям</w:t>
+      </w:r>
+      <w:r w:rsidR="00713DC9" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="00480487" w:rsidP="00713DC9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00713DC9" w:rsidRPr="00FF1DA8" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+        </w:rPr>
+        <w:t xml:space="preserve">Диаграмма  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">функционального взаимодействия информационных систем, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>задействованных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оказании  государственной услуги через п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ортал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E7DCF" w:rsidRPr="002D0CB0" w:rsidRDefault="007E7DCF" w:rsidP="00713DC9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3540"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="-39"/>
         <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10598"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidTr="0099772E">
+      <w:tr w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidTr="0099772E">
         <w:trPr>
           <w:trHeight w:val="6721"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="005D5100" w:rsidP="00713DC9">
+          <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00713DC9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D5100">
-[...101 lines deleted...]
-            <w:r w:rsidRPr="005D5100">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_s1537" type="#_x0000_t32" style="position:absolute;margin-left:374.65pt;margin-top:21.15pt;width:32.5pt;height:0;z-index:251761664;visibility:visible" adj="-283758,-1,-283758" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="005D5100">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:rect id="_x0000_s1539" style="position:absolute;margin-left:176.5pt;margin-top:6.4pt;width:56.8pt;height:29.35pt;z-index:251763712;visibility:visible;v-text-anchor:middle">
                   <v:textbox style="mso-next-textbox:#_x0000_s1539">
                     <w:txbxContent>
-                      <w:p w:rsidR="00AC6DBF" w:rsidRDefault="00AC6DBF" w:rsidP="00713DC9">
+                      <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                         <w:pPr>
                           <w:ind w:left="-142" w:right="-86"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                           <w:t>Портал</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00AC6DBF" w:rsidRDefault="00AC6DBF" w:rsidP="00713DC9">
+                      <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                         <w:pPr>
                           <w:ind w:left="-142"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="005D5100">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1536" type="#_x0000_t130" style="position:absolute;margin-left:311.15pt;margin-top:8.15pt;width:75pt;height:29.25pt;z-index:251760640;visibility:visible;v-text-anchor:middle">
-                  <v:textbox style="mso-next-textbox:#_x0000_s1536">
+                <v:shapetype id="_x0000_t130" coordsize="21600,21600" o:spt="130" path="m3600,21597c2662,21202,1837,20075,1087,18440,487,16240,75,13590,,10770,75,8007,487,5412,1087,3045,1837,1465,2662,337,3600,l21597,v-937,337,-1687,1465,-2512,3045c18485,5412,18072,8007,17997,10770v75,2820,488,5470,1088,7670c19910,20075,20660,21202,21597,21597xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="10800,0;0,10800;10800,21600;17997,10800" textboxrect="3600,0,17997,21600"/>
+                </v:shapetype>
+                <v:shape id="Блок-схема: сохраненные данные 13" o:spid="_x0000_s1531" type="#_x0000_t130" style="position:absolute;margin-left:407.2pt;margin-top:10.4pt;width:88.05pt;height:29.25pt;z-index:251755520;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Блок-схема: сохраненные данные 13">
                     <w:txbxContent>
-                      <w:p w:rsidR="00AC6DBF" w:rsidRPr="00146BBE" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                      <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                         <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00146BBE">
+                        <w:r>
                           <w:rPr>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
-                          <w:t>ЭҮШ</w:t>
+                          <w:t>АРМ РШЭП</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00AC6DBF" w:rsidRDefault="00AC6DBF" w:rsidP="00713DC9">
+                      <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                         <w:pPr>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                             <w:lang w:val="kk-KZ"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
               </w:pict>
             </w:r>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="_x0000_s1536" type="#_x0000_t130" style="position:absolute;margin-left:311.15pt;margin-top:8.15pt;width:75pt;height:29.25pt;z-index:251760640;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#_x0000_s1536">
+                    <w:txbxContent>
+                      <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
+                        <w:pPr>
+                          <w:ind w:left="-142" w:right="-221"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ШЭП</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
+            <w:r w:rsidRPr="002D0CB0">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:pict>
+                <v:shape id="Блок-схема: сохраненные данные 8" o:spid="_x0000_s1530" type="#_x0000_t130" style="position:absolute;margin-left:21.9pt;margin-top:10.4pt;width:74.25pt;height:28.5pt;z-index:251754496;visibility:visible;v-text-anchor:middle">
+                  <v:textbox style="mso-next-textbox:#Блок-схема: сохраненные данные 8">
+                    <w:txbxContent>
+                      <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
+                        <w:pPr>
+                          <w:ind w:left="-142"/>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="18"/>
+                            <w:lang w:val="kk-KZ"/>
+                          </w:rPr>
+                          <w:t>ИС ПЭП</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </w:pict>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="005D5100" w:rsidP="00713DC9">
+          <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00713DC9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3480"/>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="8055"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D5100">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="val #0"/>
                   </v:formulas>
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                   <v:handles>
                     <v:h position="#0,center"/>
                   </v:handles>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_s1538" type="#_x0000_t34" style="position:absolute;margin-left:374.65pt;margin-top:5.45pt;width:32.55pt;height:.05pt;rotation:180;z-index:251762688;visibility:visible" adj="10783,-102016800,-304922" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="005D5100">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shape id="Прямая со стрелкой 28" o:spid="_x0000_s1535" type="#_x0000_t32" style="position:absolute;margin-left:152.85pt;margin-top:59.8pt;width:90.95pt;height:0;rotation:270;z-index:251759616;visibility:visible" adj="-61629,-1,-61629">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="005D5100">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shape id="Прямая со стрелкой 18" o:spid="_x0000_s1534" type="#_x0000_t32" style="position:absolute;margin-left:308.15pt;margin-top:59.45pt;width:85.95pt;height:0;rotation:90;z-index:251758592;visibility:visible" adj="-104255,-1,-104255">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="005D5100">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shape id="Прямая со стрелкой 17" o:spid="_x0000_s1533" type="#_x0000_t32" style="position:absolute;margin-left:282.8pt;margin-top:57.15pt;width:89.2pt;height:0;rotation:270;z-index:251757568;visibility:visible" adj="-95892,-1,-95892">
                   <v:stroke dashstyle="dash" endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidRPr="005D5100">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
                 <v:shape id="Прямая со стрелкой 16" o:spid="_x0000_s1532" type="#_x0000_t32" style="position:absolute;margin-left:16pt;margin-top:61.65pt;width:88.25pt;height:0;rotation:270;z-index:251756544;visibility:visible" adj="-25577,-1,-25577">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
-            <w:r w:rsidR="00713DC9" w:rsidRPr="00567DD7">
+            <w:r w:rsidR="00713DC9" w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00713DC9" w:rsidRPr="00567DD7">
+            <w:r w:rsidR="00713DC9" w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-289" w:tblpY="1476"/>
               <w:tblOverlap w:val="never"/>
               <w:tblW w:w="13591" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="00A0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="421"/>
               <w:gridCol w:w="13170"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidTr="0099772E">
+            <w:tr w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidTr="0099772E">
               <w:trPr>
                 <w:trHeight w:val="2029"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="421" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00567DD7">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>П</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00567DD7">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>Э</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00567DD7">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>П</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="13170" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="005D5100" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005D5100">
-[...62 lines deleted...]
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:pict>
                       <v:shapetype id="_x0000_t4" coordsize="21600,21600" o:spt="4" path="m10800,l,10800,10800,21600,21600,10800xe">
                         <v:stroke joinstyle="miter"/>
                         <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
                       </v:shapetype>
-                      <v:shape id="_x0000_s1575" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:365.15pt;margin-top:1.6pt;width:53.15pt;height:37.8pt;z-index:251800576;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                      <v:shape id="_x0000_s1575" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:358.15pt;margin-top:1.6pt;width:60.15pt;height:37.8pt;z-index:251800576;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
                         <v:textbox style="mso-next-textbox:#_x0000_s1575">
                           <w:txbxContent>
-                            <w:p w:rsidR="00AC6DBF" w:rsidRPr="00D75BB4" w:rsidRDefault="00AC6DBF" w:rsidP="00713DC9">
+                            <w:p w:rsidR="005F02BC" w:rsidRPr="00D75BB4" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                               <w:pPr>
                                 <w:ind w:left="-284" w:right="-201"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve">  3-шарт</w:t>
+                                <w:t xml:space="preserve">  </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00D75BB4">
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t>Условие</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> 3</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00AC6DBF" w:rsidRPr="00D75BB4" w:rsidRDefault="00AC6DBF" w:rsidP="00713DC9">
+                            <w:p w:rsidR="005F02BC" w:rsidRPr="00D75BB4" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                               <w:pPr>
                                 <w:ind w:left="-284" w:right="-201"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00D75BB4">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t>2</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
-                      <v:rect id="Прямоугольник 35" o:spid="_x0000_s1545" style="position:absolute;left:0;text-align:left;margin-left:437.4pt;margin-top:4.2pt;width:54pt;height:25.6pt;z-index:251769856;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-[...135 lines deleted...]
-                      <v:shape id="Прямая со стрелкой 47" o:spid="_x0000_s1554" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:270.9pt;margin-top:19.55pt;width:18.75pt;height:0;z-index:251779072;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                      <v:shape id="Прямая со стрелкой 48" o:spid="_x0000_s1555" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:342.05pt;margin-top:19.55pt;width:16.1pt;height:.05pt;z-index:251780096;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-141804000,-559856" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
-                      <v:shape id="Ромб 57" o:spid="_x0000_s1571" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:219.25pt;margin-top:1.6pt;width:53.15pt;height:37.8pt;z-index:251796480;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                      <v:shape id="Ромб 57" o:spid="_x0000_s1571" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:211.8pt;margin-top:1.6pt;width:60.6pt;height:37.8pt;z-index:251796480;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
                         <v:textbox style="mso-next-textbox:#Ромб 57">
                           <w:txbxContent>
-                            <w:p w:rsidR="00AC6DBF" w:rsidRPr="00D75BB4" w:rsidRDefault="00AC6DBF" w:rsidP="00713DC9">
+                            <w:p w:rsidR="005F02BC" w:rsidRPr="00D75BB4" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                               <w:pPr>
                                 <w:ind w:left="-284" w:right="-201"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve">  2-шарт</w:t>
+                                <w:t xml:space="preserve">  </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00D75BB4">
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t>Условие</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> 2</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00AC6DBF" w:rsidRPr="00D75BB4" w:rsidRDefault="00AC6DBF" w:rsidP="00713DC9">
+                            <w:p w:rsidR="005F02BC" w:rsidRPr="00D75BB4" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                               <w:pPr>
                                 <w:ind w:left="-284" w:right="-201"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00D75BB4">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t>2</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
-                      <v:shape id="Прямая со стрелкой 46" o:spid="_x0000_s1553" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:202pt;margin-top:19.55pt;width:17.25pt;height:0;z-index:251778048;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                      <v:shape id="Прямая со стрелкой 46" o:spid="_x0000_s1553" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:202pt;margin-top:19.55pt;width:9.8pt;height:.05pt;z-index:251778048;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj=",-141804000,-611082" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
-                      <v:rect id="Прямоугольник 11" o:spid="_x0000_s1541" style="position:absolute;left:0;text-align:left;margin-left:151.05pt;margin-top:7.7pt;width:50.85pt;height:31.7pt;z-index:251765760;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-[...67 lines deleted...]
-                      <v:shape id="Ромб 37" o:spid="_x0000_s1540" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:80.35pt;margin-top:4.2pt;width:51.8pt;height:39.05pt;z-index:251764736;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                      <v:shape id="Ромб 37" o:spid="_x0000_s1540" type="#_x0000_t4" style="position:absolute;left:0;text-align:left;margin-left:74.6pt;margin-top:4.2pt;width:62.85pt;height:39.05pt;z-index:251764736;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
                         <v:textbox style="mso-next-textbox:#Ромб 37">
                           <w:txbxContent>
-                            <w:p w:rsidR="00AC6DBF" w:rsidRPr="00D75BB4" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                            <w:p w:rsidR="005F02BC" w:rsidRPr="00D75BB4" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                               <w:pPr>
                                 <w:ind w:left="-284" w:right="-201"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00D75BB4">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t>1</w:t>
+                                <w:t>Условие</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t>-шарт</w:t>
+                                <w:t xml:space="preserve"> 1</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00AC6DBF" w:rsidRPr="00D75BB4" w:rsidRDefault="00AC6DBF" w:rsidP="00713DC9">
+                            <w:p w:rsidR="005F02BC" w:rsidRPr="00D75BB4" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                               <w:pPr>
                                 <w:ind w:left="-284" w:right="-201"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00D75BB4">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t>1</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
-                      <v:rect id="Прямоугольник 32" o:spid="_x0000_s1546" style="position:absolute;left:0;text-align:left;margin-left:15.35pt;margin-top:11.65pt;width:48pt;height:27.75pt;z-index:251770880;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
-                        <v:textbox style="mso-next-textbox:#Прямоугольник 32">
+                      <v:shape id="Прямая со стрелкой 49" o:spid="_x0000_s1556" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:418.25pt;margin-top:19.55pt;width:19.05pt;height:.05pt;flip:y;z-index:251781120;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" adj="10772,139104000,-571124" strokeweight="1pt">
+                        <v:stroke endarrow="block"/>
+                      </v:shape>
+                    </w:pict>
+                  </w:r>
+                  <w:r w:rsidRPr="002D0CB0">
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:pict>
+                      <v:rect id="Прямоугольник 35" o:spid="_x0000_s1545" style="position:absolute;left:0;text-align:left;margin-left:437.4pt;margin-top:4.2pt;width:54pt;height:25.6pt;z-index:251769856;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                        <v:textbox style="mso-next-textbox:#Прямоугольник 35">
                           <w:txbxContent>
-                            <w:p w:rsidR="00AC6DBF" w:rsidRPr="008F33FC" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                            <w:p w:rsidR="005F02BC" w:rsidRPr="00A25A2B" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
+                              <w:pPr>
+                                <w:ind w:left="-142" w:right="-86"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="20"/>
+                                  <w:szCs w:val="20"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">  </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00A25A2B">
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t>Процесс 7</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
+                              <w:pPr>
+                                <w:ind w:left="-142"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                          </w:txbxContent>
+                        </v:textbox>
+                      </v:rect>
+                    </w:pict>
+                  </w:r>
+                  <w:r w:rsidRPr="002D0CB0">
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:pict>
+                      <v:rect id="Прямоугольник 19" o:spid="_x0000_s1542" style="position:absolute;left:0;text-align:left;margin-left:289.65pt;margin-top:4.2pt;width:53.55pt;height:29.35pt;z-index:251766784;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                        <v:textbox style="mso-next-textbox:#Прямоугольник 19">
+                          <w:txbxContent>
+                            <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-86"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="16"/>
                                   <w:szCs w:val="16"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">  </w:t>
                               </w:r>
-                              <w:r w:rsidRPr="008F33FC">
+                              <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t>1-процесс</w:t>
+                                <w:t>Процесс 5</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00AC6DBF" w:rsidRPr="00D75BB4" w:rsidRDefault="00AC6DBF" w:rsidP="00713DC9">
+                            <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
+                              <w:pPr>
+                                <w:ind w:left="-142"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                          </w:txbxContent>
+                        </v:textbox>
+                      </v:rect>
+                    </w:pict>
+                  </w:r>
+                  <w:r w:rsidRPr="002D0CB0">
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:pict>
+                      <v:shape id="Прямая со стрелкой 47" o:spid="_x0000_s1554" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:270.9pt;margin-top:19.55pt;width:18.75pt;height:0;z-index:251779072;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" strokeweight="1pt">
+                        <v:stroke endarrow="block"/>
+                      </v:shape>
+                    </w:pict>
+                  </w:r>
+                  <w:r w:rsidRPr="002D0CB0">
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:pict>
+                      <v:rect id="Прямоугольник 11" o:spid="_x0000_s1541" style="position:absolute;left:0;text-align:left;margin-left:151.05pt;margin-top:7.7pt;width:50.85pt;height:31.7pt;z-index:251765760;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                        <v:textbox style="mso-next-textbox:#Прямоугольник 11">
+                          <w:txbxContent>
+                            <w:p w:rsidR="005F02BC" w:rsidRPr="00D75BB4" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-86"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
+                              <w:r w:rsidRPr="00D75BB4">
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">  Процесс 3</w:t>
+                              </w:r>
                             </w:p>
-                            <w:p w:rsidR="00AC6DBF" w:rsidRDefault="00AC6DBF" w:rsidP="00713DC9">
+                            <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
+                              <w:pPr>
+                                <w:ind w:left="-142"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                          </w:txbxContent>
+                        </v:textbox>
+                      </v:rect>
+                    </w:pict>
+                  </w:r>
+                  <w:r w:rsidRPr="002D0CB0">
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:pict>
+                      <v:rect id="Прямоугольник 32" o:spid="_x0000_s1546" style="position:absolute;left:0;text-align:left;margin-left:15.35pt;margin-top:11.65pt;width:48pt;height:27.75pt;z-index:251770880;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle">
+                        <v:textbox style="mso-next-textbox:#Прямоугольник 32">
+                          <w:txbxContent>
+                            <w:p w:rsidR="005F02BC" w:rsidRPr="00D75BB4" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
+                              <w:pPr>
+                                <w:ind w:left="-142" w:right="-86"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">  </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00D75BB4">
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t>Процесс 1</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                               <w:pPr>
                                 <w:ind w:left="-142"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:rect>
                     </w:pict>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="005D5100" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:pict>
+                      <v:shape id="Прямая со стрелкой 41" o:spid="_x0000_s1550" type="#_x0000_t32" style="position:absolute;margin-left:372.4pt;margin-top:34.3pt;width:31.5pt;height:0;rotation:90;z-index:251774976;visibility:visible" adj="-317760,-1,-317760" strokeweight="1pt">
+                        <v:stroke endarrow="block"/>
+                      </v:shape>
+                    </w:pict>
+                  </w:r>
+                  <w:r w:rsidRPr="002D0CB0">
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:pict>
+                      <v:shape id="_x0000_s1764" type="#_x0000_t34" style="position:absolute;margin-left:143pt;margin-top:-.25pt;width:8.05pt;height:.05pt;z-index:251957248;visibility:visible" adj="10733,-143272800,-585615" strokeweight="1pt">
+                        <v:stroke endarrow="block"/>
+                      </v:shape>
+                    </w:pict>
+                  </w:r>
+                  <w:r w:rsidRPr="002D0CB0">
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="ru-RU"/>
+                    </w:rPr>
+                    <w:pict>
+                      <v:shape id="_x0000_s1766" type="#_x0000_t34" style="position:absolute;margin-left:63.3pt;margin-top:-.2pt;width:11.3pt;height:.15pt;flip:y;z-index:251959296;visibility:visible" adj=",47786400,-264839" strokeweight="1pt">
+                        <v:stroke endarrow="block"/>
+                      </v:shape>
+                    </w:pict>
+                  </w:r>
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 43" o:spid="_x0000_s1551" type="#_x0000_t34" style="position:absolute;margin-left:132.1pt;margin-top:-.1pt;width:17pt;height:.05pt;z-index:251776000;visibility:visible" adj=",-151740000,-164224" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="_x0000_s1576" type="#_x0000_t34" style="position:absolute;margin-left:397.65pt;margin-top:79.8pt;width:143.4pt;height:.05pt;rotation:90;z-index:251801600;visibility:visible" adj=",-135756000,-103361" strokeweight="1pt">
                         <v:stroke dashstyle="dash" endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
-[...11 lines deleted...]
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 40" o:spid="_x0000_s1549" type="#_x0000_t32" style="position:absolute;margin-left:245.2pt;margin-top:18.55pt;width:0;height:31.5pt;z-index:251773952;visibility:visible" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 39" o:spid="_x0000_s1548" type="#_x0000_t32" style="position:absolute;margin-left:103.85pt;margin-top:20.05pt;width:0;height:32.25pt;z-index:251772928;visibility:visible" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 79" o:spid="_x0000_s1564" type="#_x0000_t34" style="position:absolute;margin-left:503.95pt;margin-top:83.7pt;width:143.4pt;height:.05pt;rotation:90;z-index:251789312;visibility:visible" adj=",-135756000,-103361" strokeweight="1pt">
                         <v:stroke dashstyle="dash" endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Стрелка углом 61" o:spid="_x0000_s1560" style="position:absolute;margin-left:8.6pt;margin-top:8.15pt;width:6.75pt;height:129.75pt;z-index:251785216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:middle" coordsize="85725,1647825" path="m,1647825l,10389r,l64294,10389,64294,,85725,10389,64294,20778r,-10389l,10389r,l,1647825xe" strokeweight="1pt">
                         <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,1647825;0,10389;0,10389;64294,10389;64294,0;85725,10389;64294,20778;64294,10389;0,10389;0,10389;0,1647825" o:connectangles="0,0,0,0,0,0,0,0,0,0,0"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="005D5100" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005D5100">
+                </w:p>
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00713DC9">
+                  <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="center" w:pos="4677"/>
+                      <w:tab w:val="right" w:pos="9355"/>
+                    </w:tabs>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
-                      <v:rect id="Прямоугольник 33" o:spid="_x0000_s1544" style="position:absolute;margin-left:365.2pt;margin-top:18.8pt;width:60.45pt;height:27.75pt;z-index:251768832;visibility:visible;v-text-anchor:middle">
+                      <v:rect id="Прямоугольник 33" o:spid="_x0000_s1544" style="position:absolute;margin-left:364.6pt;margin-top:4.85pt;width:60.45pt;height:27.75pt;z-index:251768832;visibility:visible;v-text-anchor:middle">
                         <v:textbox style="mso-next-textbox:#Прямоугольник 33">
                           <w:txbxContent>
-                            <w:p w:rsidR="00AC6DBF" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                            <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-86"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">  </w:t>
+                              </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t>6-п</w:t>
+                                <w:t>Процесс 6</w:t>
                               </w:r>
-                              <w:r w:rsidRPr="00D75BB4">
+                            </w:p>
+                            <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
+                              <w:pPr>
+                                <w:ind w:left="-142"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                          </w:txbxContent>
+                        </v:textbox>
+                      </v:rect>
+                    </w:pict>
+                  </w:r>
+                  <w:r w:rsidRPr="002D0CB0">
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:pict>
+                      <v:rect id="Прямоугольник 31" o:spid="_x0000_s1543" style="position:absolute;margin-left:224.45pt;margin-top:4.85pt;width:48pt;height:27.75pt;z-index:251767808;visibility:visible;v-text-anchor:middle">
+                        <v:textbox style="mso-next-textbox:#Прямоугольник 31">
+                          <w:txbxContent>
+                            <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
+                              <w:pPr>
+                                <w:ind w:left="-142" w:right="-86"/>
+                                <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
-                                <w:t>роцесс</w:t>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">  </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t>Процесс 4</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00AC6DBF" w:rsidRDefault="00AC6DBF" w:rsidP="00713DC9">
+                            <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
+                              <w:pPr>
+                                <w:ind w:left="-142"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                          </w:txbxContent>
+                        </v:textbox>
+                      </v:rect>
+                    </w:pict>
+                  </w:r>
+                  <w:r w:rsidRPr="002D0CB0">
+                    <w:rPr>
+                      <w:noProof/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:pict>
+                      <v:rect id="Прямоугольник 30" o:spid="_x0000_s1547" style="position:absolute;margin-left:80.35pt;margin-top:4.85pt;width:48pt;height:27.75pt;z-index:251771904;visibility:visible;v-text-anchor:middle">
+                        <v:textbox style="mso-next-textbox:#Прямоугольник 30">
+                          <w:txbxContent>
+                            <w:p w:rsidR="005F02BC" w:rsidRPr="00A25A2B" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
+                              <w:pPr>
+                                <w:ind w:left="-142" w:right="-86"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00A25A2B">
+                                <w:rPr>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="18"/>
+                                  <w:lang w:val="kk-KZ"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">  Процесс 2</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                               <w:pPr>
                                 <w:ind w:left="-142"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:rect>
                     </w:pict>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="005D5100" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
-                      <v:rect id="Прямоугольник 31" o:spid="_x0000_s1543" style="position:absolute;margin-left:224.45pt;margin-top:4.85pt;width:48pt;height:27.75pt;z-index:251767808;visibility:visible;v-text-anchor:middle">
-[...57 lines deleted...]
-                      </v:rect>
+                      <v:shape id="Прямая со стрелкой 74" o:spid="_x0000_s1563" type="#_x0000_t32" style="position:absolute;margin-left:392.85pt;margin-top:28.15pt;width:40.1pt;height:0;rotation:90;z-index:251788288;visibility:visible" adj="-265044,-1,-265044" strokeweight="1pt">
+                        <v:stroke endarrow="block"/>
+                      </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
+                      <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:pict>
-                      <v:rect id="Прямоугольник 30" o:spid="_x0000_s1547" style="position:absolute;margin-left:80.35pt;margin-top:4.85pt;width:48pt;height:27.75pt;z-index:251771904;visibility:visible;v-text-anchor:middle">
-[...57 lines deleted...]
-                      </v:rect>
+                      <v:shape id="_x0000_s1579" type="#_x0000_t34" style="position:absolute;margin-left:352.95pt;margin-top:28.1pt;width:40.1pt;height:.05pt;rotation:90;flip:x;z-index:251804672;visibility:visible" adj=",174031200,-246838" strokeweight="1pt">
+                        <v:stroke endarrow="block"/>
+                      </v:shape>
                     </w:pict>
                   </w:r>
-                </w:p>
-[...12 lines deleted...]
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="_x0000_s1763" type="#_x0000_t34" style="position:absolute;margin-left:252.05pt;margin-top:29.35pt;width:37.6pt;height:.05pt;rotation:90;flip:x;z-index:251956224;visibility:visible" adj=",174031200,-181819" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
-[...24 lines deleted...]
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 76" o:spid="_x0000_s1574" type="#_x0000_t34" style="position:absolute;margin-left:210.15pt;margin-top:28.1pt;width:37.6pt;height:.05pt;rotation:90;flip:x;z-index:251799552;visibility:visible" adj=",174031200,-181819" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 54" o:spid="_x0000_s1558" type="#_x0000_t34" style="position:absolute;margin-left:65.6pt;margin-top:30.7pt;width:42.75pt;height:.05pt;rotation:90;flip:x;z-index:251783168;visibility:visible" adj="10787,185954400,-77229" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 53" o:spid="_x0000_s1557" type="#_x0000_t32" style="position:absolute;margin-left:121.05pt;margin-top:9.35pt;width:0;height:42.75pt;z-index:251782144;visibility:visible" strokeweight="1pt">
                         <v:stroke endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="005D5100" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005D5100">
+                </w:p>
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="0099772E">
+                  <w:pPr>
+                    <w:tabs>
+                      <w:tab w:val="center" w:pos="4677"/>
+                    </w:tabs>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
-                      <v:oval id="Овал 92" o:spid="_x0000_s1569" style="position:absolute;margin-left:399.55pt;margin-top:17pt;width:30pt;height:30pt;z-index:251794432;visibility:visible;v-text-anchor:middle"/>
+                      <v:oval id="Овал 92" o:spid="_x0000_s1569" style="position:absolute;margin-left:399.55pt;margin-top:-.25pt;width:30pt;height:30pt;z-index:251794432;visibility:visible;v-text-anchor:middle"/>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
-                      <v:oval id="Овал 93" o:spid="_x0000_s1570" style="position:absolute;margin-left:358.15pt;margin-top:17pt;width:30pt;height:29.25pt;z-index:251795456;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
+                      <v:oval id="Овал 93" o:spid="_x0000_s1570" style="position:absolute;margin-left:358.15pt;margin-top:.5pt;width:30pt;height:29.25pt;z-index:251795456;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
                         <v:textbox style="mso-next-textbox:#Овал 93">
                           <w:txbxContent>
-                            <w:p w:rsidR="00AC6DBF" w:rsidRDefault="00AC6DBF" w:rsidP="00713DC9">
+                            <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-127"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                                   <w:b/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t>☒</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:oval>
                     </w:pict>
                   </w:r>
-                </w:p>
-[...11 lines deleted...]
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:oval id="Овал 90" o:spid="_x0000_s1568" style="position:absolute;margin-left:252.6pt;margin-top:2.5pt;width:31.85pt;height:30.5pt;flip:x;z-index:251793408;visibility:visible;v-text-anchor:middle"/>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:oval id="Овал 59" o:spid="_x0000_s1567" style="position:absolute;margin-left:211.8pt;margin-top:1.75pt;width:33.4pt;height:30.5pt;z-index:251792384;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
                         <v:textbox style="mso-next-textbox:#Овал 59">
                           <w:txbxContent>
-                            <w:p w:rsidR="00AC6DBF" w:rsidRDefault="00AC6DBF" w:rsidP="00713DC9">
+                            <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-127"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                                   <w:b/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t>☒</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:oval>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:oval id="Овал 55" o:spid="_x0000_s1559" style="position:absolute;margin-left:107.45pt;margin-top:3.75pt;width:30pt;height:30pt;z-index:251784192;visibility:visible;v-text-anchor:middle"/>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:oval id="Овал 2" o:spid="_x0000_s1565" style="position:absolute;margin-left:73.85pt;margin-top:3.75pt;width:30pt;height:29.25pt;z-index:251790336;visibility:visible;v-text-anchor:middle" strokeweight="1.5pt">
                         <v:textbox style="mso-next-textbox:#Овал 2">
                           <w:txbxContent>
-                            <w:p w:rsidR="00AC6DBF" w:rsidRDefault="00AC6DBF" w:rsidP="00713DC9">
+                            <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-127"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                                   <w:b/>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t>☒</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:oval>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:oval id="Овал 62" o:spid="_x0000_s1561" style="position:absolute;margin-left:-5.35pt;margin-top:21.75pt;width:33pt;height:30pt;z-index:251786240;visibility:visible;v-text-anchor:middle">
                         <v:textbox style="mso-next-textbox:#Овал 62">
                           <w:txbxContent>
-                            <w:p w:rsidR="00AC6DBF" w:rsidRDefault="00AC6DBF" w:rsidP="00713DC9">
+                            <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00713DC9">
                               <w:pPr>
                                 <w:ind w:left="-142" w:right="-127"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
                                   <w:lang w:val="kk-KZ"/>
                                 </w:rPr>
                                 <w:t>☒</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:oval>
                     </w:pict>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="005D5100" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="_x0000_s1577" style="position:absolute;margin-left:427.1pt;margin-top:16.1pt;width:64.3pt;height:32.6pt;z-index:251802624;visibility:visible" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
                         <v:stroke joinstyle="miter"/>
                         <v:shadow on="t" offset="6pt,6pt"/>
                         <v:formulas/>
                         <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
                         <o:lock v:ext="edit" verticies="t"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="005D5100" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Прямая со стрелкой 63" o:spid="_x0000_s1562" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:8.6pt;margin-top:5.3pt;width:0;height:36.7pt;flip:y;z-index:251787264;visibility:visible" strokeweight="1pt">
                         <v:stroke dashstyle="dash" endarrow="block"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
-                  <w:r w:rsidR="00713DC9" w:rsidRPr="00567DD7">
+                  <w:r w:rsidR="00713DC9" w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
-                  <w:r w:rsidRPr="005D5100">
+                  <w:r w:rsidRPr="002D0CB0">
                     <w:rPr>
                       <w:noProof/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:pict>
                       <v:shape id="Letter" o:spid="_x0000_s1566" style="position:absolute;left:0;text-align:left;margin-left:540.1pt;margin-top:6.45pt;width:64.3pt;height:32.6pt;z-index:251791360;visibility:visible;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" coordsize="21600,21600" o:spt="100" adj="0,,0" path="m14,l21600,r,21628l14,21628,14,xem18476,2035r2063,l20539,6559r-2063,l18476,2035xem884,2092r6541,l7425,2770r-6541,l884,2092xem884,3109r6541,l7425,3788r-6541,l884,3109xem884,4127r6541,l7425,4806r-6541,l884,4127xem5127,5145r2298,l7425,5824r-2298,l5127,5145xe">
                         <v:stroke joinstyle="miter"/>
                         <v:shadow on="t" offset="6pt,6pt"/>
                         <v:formulas/>
                         <v:path o:extrusionok="f" o:connecttype="custom" o:connectlocs="0,0;204788,0;409575,0;409575,152400;409575,304800;204788,304800;0,304800;0,152400" o:connectangles="0,0,0,0,0,0,0,0" textboxrect="5304,9216,17504,18377"/>
                         <o:lock v:ext="edit" verticies="t"/>
                       </v:shape>
                     </w:pict>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:tbl>
             <w:tblPr>
               <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1150"/>
               <w:tblOverlap w:val="never"/>
               <w:tblW w:w="13903" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="00A0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="13903"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidTr="007E7DCF">
+            <w:tr w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidTr="007E7DCF">
               <w:trPr>
                 <w:trHeight w:val="449"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="13903" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+                <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
                   <w:pPr>
                     <w:tabs>
                       <w:tab w:val="center" w:pos="4677"/>
                       <w:tab w:val="right" w:pos="9355"/>
                     </w:tabs>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+          <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00713DC9" w:rsidRPr="00713DC9" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
+    <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3540"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="-71"/>
         <w:tblW w:w="10456" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidTr="0099772E">
+      <w:tr w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidTr="0099772E">
         <w:trPr>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00713DC9" w:rsidRPr="00567DD7" w:rsidRDefault="00FF1DA8" w:rsidP="00713DC9">
+          <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00713DC9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4677"/>
                 <w:tab w:val="right" w:pos="9355"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Көрсетілетін қызметті алушы</w:t>
+              <w:t>Услугополучатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00420E6E" w:rsidRDefault="00420E6E" w:rsidP="00420E6E">
+    <w:p w:rsidR="00420E6E" w:rsidRPr="002D0CB0" w:rsidRDefault="00420E6E" w:rsidP="00420E6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6615"/>
           <w:tab w:val="center" w:pos="7639"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00713DC9" w:rsidRDefault="00713DC9" w:rsidP="00420E6E">
+    <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00420E6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6615"/>
           <w:tab w:val="center" w:pos="7639"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00713DC9" w:rsidRDefault="00713DC9" w:rsidP="00420E6E">
+    <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00420E6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6615"/>
           <w:tab w:val="center" w:pos="7639"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00713DC9" w:rsidRDefault="00713DC9" w:rsidP="00420E6E">
+    <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00420E6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6615"/>
           <w:tab w:val="center" w:pos="7639"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00713DC9" w:rsidRDefault="00713DC9" w:rsidP="00420E6E">
+    <w:p w:rsidR="002303F5" w:rsidRPr="002D0CB0" w:rsidRDefault="002303F5" w:rsidP="00420E6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6615"/>
           <w:tab w:val="center" w:pos="7639"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C5089A" w:rsidRDefault="00C5089A" w:rsidP="00420E6E">
+    <w:p w:rsidR="002303F5" w:rsidRPr="002D0CB0" w:rsidRDefault="002303F5" w:rsidP="00420E6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6615"/>
           <w:tab w:val="center" w:pos="7639"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00713DC9" w:rsidRDefault="00713DC9" w:rsidP="00420E6E">
+    <w:p w:rsidR="00713DC9" w:rsidRPr="002D0CB0" w:rsidRDefault="00713DC9" w:rsidP="00420E6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6615"/>
           <w:tab w:val="center" w:pos="7639"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF1DA8" w:rsidRPr="00356F47" w:rsidRDefault="00480487" w:rsidP="00FF1DA8">
-[...105 lines deleted...]
-    <w:p w:rsidR="001E50F7" w:rsidRPr="00FF1DA8" w:rsidRDefault="00FF1DA8" w:rsidP="00FF1DA8">
+    <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00480487" w:rsidP="00C45659">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3540" w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00C45659" w:rsidRPr="00FF1DA8" w:rsidRDefault="00C45659" w:rsidP="00480487">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidR="00C45659" w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="00C45659">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              к регламенту государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="00C45659">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Назначение выплаты денежных средств на содержание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="00C45659">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ребенка (детей), переданного патронатным воспитателям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E50F7" w:rsidRPr="002D0CB0" w:rsidRDefault="001E50F7" w:rsidP="00480487">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3540" w:firstLine="708"/>
         <w:rPr>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00FF1DA8" w:rsidRDefault="00FF1DA8" w:rsidP="00FF1DA8">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="00480487">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3540" w:firstLine="708"/>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00FF1DA8" w:rsidRPr="00A0528D" w:rsidRDefault="005D5100" w:rsidP="00FF1DA8">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="00C45659">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Справочник</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="00C45659">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="00C45659">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Назначение выплаты денежных средств на содержани ребенка (детей), переданного патронатным воспитателям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176575" w:rsidRPr="002D0CB0" w:rsidRDefault="00176575" w:rsidP="00C45659">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="00C45659">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3540" w:firstLine="708"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005D5100">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1827" style="position:absolute;left:0;text-align:left;margin-left:399.35pt;margin-top:7.55pt;width:105.75pt;height:45.95pt;z-index:252022784" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1827">
+          <v:roundrect id="_x0000_s1581" style="position:absolute;left:0;text-align:left;margin-left:73.6pt;margin-top:.85pt;width:102.75pt;height:51.9pt;z-index:251807744" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1581">
               <w:txbxContent>
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="009E47DB" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00E91C51" w:rsidRDefault="005F02BC" w:rsidP="00480487">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="18"/>
-                      <w:szCs w:val="18"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="009E47DB">
-[...5 lines deleted...]
-                    <w:t>Көрсетілетін қызметті берушінің жауапты орындаушысы</w:t>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Портал</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00AC6DBF" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8"/>
-[...14 lines deleted...]
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="00DF2D7D" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:sz w:val="18"/>
-[...14 lines deleted...]
-                    <w:rPr>
+                      <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="005D5100">
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1821" style="position:absolute;left:0;text-align:left;margin-left:287.6pt;margin-top:7.55pt;width:106.6pt;height:45.95pt;z-index:252016640" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1821">
+          <v:roundrect id="_x0000_s1580" style="position:absolute;left:0;text-align:left;margin-left:-32.9pt;margin-top:.85pt;width:101pt;height:51.9pt;z-index:251806720" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1580">
               <w:txbxContent>
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="009E47DB" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00E91C51" w:rsidRDefault="005F02BC" w:rsidP="00480487">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Услугополучатель</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1589" style="position:absolute;left:0;text-align:left;margin-left:399.35pt;margin-top:.55pt;width:90.8pt;height:52.2pt;z-index:251815936" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1589">
+              <w:txbxContent>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Ответственный исполнитель услугодателя</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRPr="006925B3" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>услугодателя</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1583" style="position:absolute;left:0;text-align:left;margin-left:298.1pt;margin-top:.7pt;width:87.75pt;height:52.05pt;z-index:251809792" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1583">
+              <w:txbxContent>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Руководство услугодателя </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRPr="006925B3" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>услугодателя</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1582" style="position:absolute;left:0;text-align:left;margin-left:187.85pt;margin-top:.85pt;width:101.25pt;height:52.5pt;z-index:251808768" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1582">
+              <w:txbxContent>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Сотрудник канцелярии услугодателя </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00E91C51" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>услугодателя</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="00480487" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1590" style="position:absolute;left:0;text-align:left;margin-left:399.35pt;margin-top:14.25pt;width:111.8pt;height:414.7pt;z-index:251816960" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1590">
+              <w:txbxContent>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="009E47DB">
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
-                      <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-                  <w:r>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="007F5D21">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t>басшылығы</w:t>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="007F5D21">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007003B4">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1 (один) рабочий </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="00A0528D" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00C45659">
                   <w:pPr>
-                    <w:rPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007003B4">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>день</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRPr="007003B4" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00C45659">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="007F5D21">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007003B4">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1 (один) рабочий </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRPr="007003B4" w:rsidRDefault="005F02BC" w:rsidP="00C45659">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007003B4">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>день</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="005D5100">
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1818" style="position:absolute;left:0;text-align:left;margin-left:-37.9pt;margin-top:7.55pt;width:101pt;height:45.95pt;z-index:252013568" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1818">
+          <v:roundrect id="_x0000_s1587" style="position:absolute;left:0;text-align:left;margin-left:298.1pt;margin-top:14.25pt;width:96.1pt;height:414.7pt;z-index:251813888" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1587">
               <w:txbxContent>
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="00DF2D7D" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00E10FC5" w:rsidRDefault="005F02BC" w:rsidP="00C45659">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00DF2D7D">
+                  <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t>Көрсетілетін қызметті алушы</w:t>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E10FC5">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>1 (один) рабочий день</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="00E91C51" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00E10FC5" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00C45659">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00C45659">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00C45659">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00C45659">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">            </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E10FC5">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">1 (один) </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00E10FC5" w:rsidRDefault="005F02BC" w:rsidP="00C45659">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">       </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E10FC5">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>рабочий день</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="005D5100">
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1819" style="position:absolute;left:0;text-align:left;margin-left:68.1pt;margin-top:7.55pt;width:102.75pt;height:45.95pt;z-index:252014592" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1819">
+          <v:roundrect id="_x0000_s1585" style="position:absolute;left:0;text-align:left;margin-left:73.6pt;margin-top:14.25pt;width:102.75pt;height:418.45pt;z-index:251811840" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1585">
               <w:txbxContent>
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="00E91C51" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="007F5D21">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00404C3F" w:rsidRDefault="005F02BC" w:rsidP="00480487">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00404C3F">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>20 (двадцать) минут</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...5 lines deleted...]
-                  </w:r>
                 </w:p>
-                <w:p w:rsidR="00AC6DBF" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
                   <w:pPr>
-                    <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-    </w:p>
-[...32 lines deleted...]
-      <w:r w:rsidRPr="005D5100">
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1829" style="position:absolute;left:0;text-align:left;margin-left:186.6pt;margin-top:19.4pt;width:84.5pt;height:100.6pt;z-index:252024832">
-            <v:textbox style="mso-next-textbox:#_x0000_s1829">
+          <v:roundrect id="_x0000_s1584" style="position:absolute;left:0;text-align:left;margin-left:-37.9pt;margin-top:14.25pt;width:101pt;height:418.45pt;z-index:251810816" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1586" style="position:absolute;left:0;text-align:left;margin-left:182.85pt;margin-top:14.25pt;width:105.75pt;height:414.7pt;z-index:251812864" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1586">
               <w:txbxContent>
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="009E47DB" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
                   <w:pPr>
-                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00E10FC5" w:rsidRDefault="005F02BC" w:rsidP="001E50F7">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="-142" w:firstLine="142"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="009E47DB">
+                  <w:r w:rsidRPr="00E10FC5">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t>Құжат</w:t>
+                    </w:rPr>
+                    <w:t>30 (тридцать) минут</w:t>
                   </w:r>
-                  <w:r>
-[...316 lines deleted...]
-                  </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="005D5100">
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1831" style="position:absolute;left:0;text-align:left;margin-left:400.15pt;margin-top:19.4pt;width:91.25pt;height:126.9pt;z-index:252026880">
-            <v:textbox style="mso-next-textbox:#_x0000_s1831">
+          <v:rect id="_x0000_s1593" style="position:absolute;left:0;text-align:left;margin-left:406.3pt;margin-top:1.15pt;width:91.25pt;height:136.25pt;z-index:251820032">
+            <v:textbox style="mso-next-textbox:#_x0000_s1593">
               <w:txbxContent>
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="00324805" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00E10FC5" w:rsidRDefault="005F02BC" w:rsidP="00480487">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00324805">
+                  <w:r w:rsidRPr="00E10FC5">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>Рассматривает поступившие документы,</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E10FC5">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Құжаттарды қарайды, патронат тәрбиешiлерге берiлген баланы (балаларды) асырап-бағуға ақшалай қаражат төлеуді тағайындау туралы шешімді дайындайды</w:t>
+                    <w:t xml:space="preserve">  готовит </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00567DD7">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>решение о назначении денежных средств, выделяемых патронатным воспитателям на содержание ребенка (детей)</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="003F338F" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
-[...7 lines deleted...]
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="00D32646" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00D32646" w:rsidRDefault="005F02BC" w:rsidP="00480487">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="005D5100">
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1830" style="position:absolute;left:0;text-align:left;margin-left:296.7pt;margin-top:20.75pt;width:80.9pt;height:72.35pt;z-index:252025856">
-            <v:textbox style="mso-next-textbox:#_x0000_s1830">
+          <v:rect id="_x0000_s1592" style="position:absolute;left:0;text-align:left;margin-left:304.95pt;margin-top:7.55pt;width:80.9pt;height:72.35pt;z-index:251819008">
+            <v:textbox style="mso-next-textbox:#_x0000_s1592">
               <w:txbxContent>
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="009E47DB" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00E10FC5" w:rsidRDefault="005F02BC" w:rsidP="00480487">
                   <w:pPr>
                     <w:jc w:val="center"/>
-                    <w:rPr>
-[...4 lines deleted...]
-                  <w:r w:rsidRPr="009E47DB">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>Құжаттарды қарайды, жауапты орындаушыны анықтайды</w:t>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E10FC5">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Рассматривает   документы и </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E10FC5">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>определяет ответственного исполнителя</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00AC6DBF" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8"/>
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487"/>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="005D5100">
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1825" style="position:absolute;left:0;text-align:left;margin-left:289.75pt;margin-top:-.3pt;width:96.1pt;height:442.85pt;z-index:252020736" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1825">
+          <v:shape id="_x0000_s1600" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:261.75pt;margin-top:1.15pt;width:0;height:13.1pt;z-index:251827200" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1591" style="position:absolute;left:0;text-align:left;margin-left:195.35pt;margin-top:12.1pt;width:84.5pt;height:100.6pt;z-index:251817984">
+            <v:textbox style="mso-next-textbox:#_x0000_s1591">
               <w:txbxContent>
-                <w:p w:rsidR="00AC6DBF" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
-[...31 lines deleted...]
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="00E10FC5" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00404C3F" w:rsidRDefault="005F02BC" w:rsidP="00480487">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00E10FC5">
+                  <w:r w:rsidRPr="00404C3F">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
-                    <w:t>1 (</w:t>
+                    <w:t xml:space="preserve">Осуществляет прием и регистрацию документов и  </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00D73688">
+                  <w:r w:rsidRPr="00404C3F">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">бір) жұмыс </w:t>
+                    <w:t>направля</w:t>
                   </w:r>
-                  <w:proofErr w:type="gramStart"/>
-                  <w:r w:rsidRPr="00D73688">
+                  <w:r w:rsidRPr="00404C3F">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t>к</w:t>
+                    </w:rPr>
+                    <w:t xml:space="preserve">ет на резолюцию  руководству </w:t>
                   </w:r>
-                  <w:proofErr w:type="gramEnd"/>
-                  <w:r w:rsidRPr="00D73688">
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00404C3F" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
-                      <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-                  </w:r>
+                    </w:rPr>
+                  </w:pPr>
                 </w:p>
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="00E10FC5" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC" w:rsidP="00480487"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1597" style="position:absolute;left:0;text-align:left;margin-left:79.1pt;margin-top:12.1pt;width:86.25pt;height:67.8pt;z-index:251824128">
+            <v:textbox style="mso-next-textbox:#_x0000_s1597">
+              <w:txbxContent>
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00573A0E" w:rsidRDefault="005F02BC" w:rsidP="00480487">
                   <w:pPr>
+                    <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
-                </w:p>
-[...61 lines deleted...]
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  <w:r w:rsidRPr="00573A0E">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
-                  </w:pPr>
-[...128 lines deleted...]
-                    <w:t>) минут</w:t>
+                    <w:t>Осуществляет регистрацию на портале с помощью ИИН, а также пароля</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1606" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:-4pt;margin-top:1.15pt;width:.05pt;height:23.95pt;flip:y;z-index:251833344" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1608" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:124.05pt;margin-top:1.45pt;width:.05pt;height:12.8pt;z-index:251835392" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1607" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:-4pt;margin-top:1.15pt;width:265.75pt;height:.3pt;z-index:251834368" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1610" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:532.35pt;margin-top:17.25pt;width:13.25pt;height:0;z-index:251837440" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1612" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:545.6pt;margin-top:17.25pt;width:0;height:143.7pt;z-index:251839488" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1595" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:384.1pt;margin-top:13.2pt;width:22.2pt;height:0;z-index:251822080" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1594" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:279.85pt;margin-top:17.2pt;width:25.1pt;height:.1pt;z-index:251821056" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1609" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:164.1pt;margin-top:17.3pt;width:31.25pt;height:0;z-index:251836416" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1605" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:40.35pt;margin-top:17.3pt;width:38.75pt;height:0;z-index:251832320" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1588" style="position:absolute;left:0;text-align:left;margin-left:-17.4pt;margin-top:1.85pt;width:57.75pt;height:27.75pt;z-index:251814912" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="005D5100">
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1834" style="position:absolute;left:0;text-align:left;margin-left:79.1pt;margin-top:13.4pt;width:86.25pt;height:79.7pt;z-index:252029952">
-            <v:textbox style="mso-next-textbox:#_x0000_s1834">
+          <v:shape id="_x0000_s1624" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:505.1pt;margin-top:4.2pt;width:0;height:222.75pt;z-index:251851776" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1623" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:497.55pt;margin-top:4.2pt;width:7.55pt;height:0;z-index:251850752" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1599" style="position:absolute;left:0;text-align:left;margin-left:73.6pt;margin-top:21.55pt;width:91.75pt;height:119.3pt;z-index:251826176">
+            <v:textbox style="mso-next-textbox:#_x0000_s1599">
               <w:txbxContent>
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="009E47DB" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00573A0E" w:rsidRDefault="005F02BC" w:rsidP="00480487">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:b/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00573A0E">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>Проверка соответствия приложенных документов согласно пункту 9 Стандарта  для оказания услуги либо отказа в приеме документов</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1598" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:119.8pt;margin-top:10.2pt;width:.05pt;height:11.35pt;flip:x;z-index:251825152" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="00480487" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1616" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:-3.9pt;margin-top:12pt;width:77.5pt;height:0;flip:x;z-index:251843584" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1617" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:-4pt;margin-top:12pt;width:.05pt;height:228.1pt;z-index:251844608" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1601" style="position:absolute;left:0;text-align:left;margin-left:304.95pt;margin-top:3.85pt;width:80.9pt;height:143.4pt;z-index:251828224">
+            <v:textbox style="mso-next-textbox:#_x0000_s1601">
+              <w:txbxContent>
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00E10FC5" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E10FC5">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Рассматривает </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00567DD7">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>решение о назначении денежных средств, выделяемых патронатным воспитателям на содержание ребенка (детей) и подписывает</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="00480487" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1602" style="position:absolute;left:0;text-align:left;margin-left:406.3pt;margin-top:9.25pt;width:91.25pt;height:156.85pt;z-index:251829248">
+            <v:textbox style="mso-next-textbox:#_x0000_s1602">
+              <w:txbxContent>
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00E10FC5" w:rsidRDefault="005F02BC" w:rsidP="00480487">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00567DD7">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>Регистрирует</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00567DD7">
+                    <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                  </w:pPr>
-                  <w:r w:rsidRPr="00A0528D">
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00567DD7">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t>ЖСН, сондай-ақ парольдің көмегімен порталда тіркелуді жүзеге</w:t>
+                    </w:rPr>
+                    <w:t>решение о назначении денежных средств, выделяемых патронатным воспитателям на содержание ребенка (детей) и выдаёт</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="009E47DB">
+                  <w:r w:rsidRPr="00E10FC5">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
-                      <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-                    <w:t xml:space="preserve"> асырады</w:t>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> услугополучателю результат</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00AC6DBF" w:rsidRPr="00A0528D" w:rsidRDefault="00AC6DBF" w:rsidP="00FF1DA8">
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="00480487" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="00480487" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1621" style="position:absolute;left:0;text-align:left;margin-left:79.1pt;margin-top:1.2pt;width:91.75pt;height:129.75pt;z-index:251848704">
+            <v:textbox style="mso-next-textbox:#_x0000_s1621">
+              <w:txbxContent>
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00404C3F" w:rsidRDefault="005F02BC" w:rsidP="00C45659">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00404C3F">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Направляет уведомление </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> о </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00567DD7">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>решени</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t>и</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00567DD7">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> о назначении денежных средств, выделяемых патронатным воспитателям на содержание ребенка (детей)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="005F02BC" w:rsidRPr="00C45659" w:rsidRDefault="005F02BC" w:rsidP="00C45659">
                   <w:pPr>
                     <w:rPr>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="005D5100">
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1823" style="position:absolute;left:0;text-align:left;margin-left:68.1pt;margin-top:-.3pt;width:102.75pt;height:442.85pt;z-index:252018688" arcsize="10923f">
-[...156 lines deleted...]
-          <v:shape id="_x0000_s1837" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:261.85pt;margin-top:6.3pt;width:0;height:13.1pt;z-index:252033024" o:connectortype="straight">
+          <v:shape id="_x0000_s1625" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:497.55pt;margin-top:17.95pt;width:7.55pt;height:0;flip:x;z-index:251852800" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="005D5100">
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="00480487" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="00480487" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1622" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:490.15pt;margin-top:3.55pt;width:0;height:54.15pt;z-index:251849728" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1842" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:-4pt;margin-top:6.9pt;width:0;height:28.4pt;flip:y;z-index:252038144" o:connectortype="straight"/>
-[...78 lines deleted...]
-          <v:roundrect id="_x0000_s1826" style="position:absolute;left:0;text-align:left;margin-left:-17.4pt;margin-top:13.35pt;width:57.75pt;height:27.75pt;z-index:252021760" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+          <v:roundrect id="_x0000_s1604" style="position:absolute;left:0;text-align:left;margin-left:-17.4pt;margin-top:7.9pt;width:57.75pt;height:39.75pt;z-index:251831296" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
             <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
             <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="005D5100">
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1846" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:532.35pt;margin-top:17.25pt;width:13.25pt;height:0;z-index:252042240" o:connectortype="straight"/>
+          <v:shape id="_x0000_s1618" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:99.35pt;margin-top:14.85pt;width:0;height:8.95pt;z-index:251845632" o:connectortype="straight"/>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="005D5100">
-        <w:rPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1841" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:40.35pt;margin-top:1.85pt;width:38.75pt;height:0;z-index:252037120" o:connectortype="straight">
+          <v:shape id="_x0000_s1611" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:526.95pt;margin-top:1.15pt;width:29.2pt;height:0;z-index:251838464" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF1DA8" w:rsidRPr="00A0528D" w:rsidRDefault="005D5100" w:rsidP="00FF1DA8">
+    <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00480487">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...23 lines deleted...]
-          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1836" style="position:absolute;left:0;text-align:left;margin-left:72.35pt;margin-top:11.85pt;width:91.75pt;height:117.6pt;z-index:252032000">
-[...52 lines deleted...]
-          <v:shape id="_x0000_s1835" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:119.85pt;margin-top:.2pt;width:0;height:11.65pt;z-index:252030976" o:connectortype="straight">
+          <v:shape id="_x0000_s1619" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:40.35pt;margin-top:1.75pt;width:59pt;height:0;flip:x;z-index:251846656" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1852" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:-4pt;margin-top:10pt;width:.1pt;height:259.15pt;flip:x;z-index:252048384" o:connectortype="straight">
+          <v:shape id="_x0000_s1615" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:40.35pt;margin-top:11.25pt;width:449.8pt;height:0;flip:x;z-index:251842560" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="005D5100">
-[...81 lines deleted...]
-          <w:noProof/>
+    </w:p>
+    <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="00C45659">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:pict>
-[...8 lines deleted...]
-          <w:b/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="00C45659">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="00C45659">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002303F5" w:rsidRPr="002D0CB0" w:rsidRDefault="002303F5" w:rsidP="00C45659">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="00C45659">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:pict>
-[...56 lines deleted...]
-          <w:noProof/>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...265 lines deleted...]
-        <w:t>Шартты белгілер</w:t>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Условные обозначения</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="7950" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2044"/>
         <w:gridCol w:w="5906"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF1DA8" w:rsidRPr="00567DD7" w:rsidTr="00640AA2">
+      <w:tr w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidTr="00C45659">
         <w:trPr>
           <w:trHeight w:val="860"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2044" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF1DA8" w:rsidRPr="00567DD7" w:rsidRDefault="005D5100" w:rsidP="00640AA2">
+          <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="007E7DCF">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D5100">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:roundrect id="_x0000_s1860" style="position:absolute;margin-left:8.6pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:252056576" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1626" style="position:absolute;margin-left:8.6pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:251854848" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
                   <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
                   <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
                 </v:roundrect>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF1DA8" w:rsidRPr="00567DD7" w:rsidRDefault="00FF1DA8" w:rsidP="00640AA2">
+          <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="007E7DCF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5906" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF1DA8" w:rsidRPr="0040538E" w:rsidRDefault="00FF1DA8" w:rsidP="00640AA2">
+          <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="007E7DCF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t>начало или завершение оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF1DA8" w:rsidRPr="00567DD7" w:rsidTr="00640AA2">
+      <w:tr w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidTr="00C45659">
         <w:trPr>
           <w:trHeight w:val="1048"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2044" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF1DA8" w:rsidRPr="00567DD7" w:rsidRDefault="005D5100" w:rsidP="00640AA2">
+          <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="007E7DCF">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D5100">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1862" style="position:absolute;margin-left:8.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:252058624;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
+                <v:rect id="_x0000_s1628" style="position:absolute;margin-left:8.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:251856896;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
               </w:pict>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF1DA8" w:rsidRPr="00567DD7" w:rsidRDefault="00FF1DA8" w:rsidP="00640AA2">
+          <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="007E7DCF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5906" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF1DA8" w:rsidRPr="0040538E" w:rsidRDefault="00FF1DA8" w:rsidP="00640AA2">
+          <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="007E7DCF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t>наименование процедуры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF1DA8" w:rsidRPr="00C64D43" w:rsidTr="00640AA2">
+      <w:tr w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidTr="00C45659">
         <w:trPr>
           <w:trHeight w:val="524"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2044" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF1DA8" w:rsidRPr="00567DD7" w:rsidRDefault="005D5100" w:rsidP="00640AA2">
+          <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="007E7DCF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D5100">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1861" type="#_x0000_t32" style="position:absolute;margin-left:4.85pt;margin-top:11.05pt;width:73.5pt;height:0;z-index:252057600;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
+                <v:shape id="_x0000_s1627" type="#_x0000_t32" style="position:absolute;margin-left:4.85pt;margin-top:11.05pt;width:73.5pt;height:0;z-index:251855872;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5906" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF1DA8" w:rsidRPr="0040538E" w:rsidRDefault="00FF1DA8" w:rsidP="00640AA2">
+          <w:p w:rsidR="00C45659" w:rsidRPr="002D0CB0" w:rsidRDefault="00C45659" w:rsidP="007E7DCF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0040538E">
+            <w:r w:rsidRPr="002D0CB0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t>переход  к следующей процедуре</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00FF1DA8" w:rsidRPr="00567DD7" w:rsidRDefault="00FF1DA8" w:rsidP="00FF1DA8">
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="00480487" w:rsidP="00480487">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FF1DA8" w:rsidRPr="00567DD7" w:rsidRDefault="005D5100" w:rsidP="00FF1DA8">
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="004A3D77" w:rsidP="00480487">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_s1849" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:705.6pt;margin-top:6.7pt;width:13.25pt;height:.05pt;flip:x;z-index:252045312" o:connectortype="straight">
+          <v:shape id="_x0000_s1613" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:705.6pt;margin-top:6.7pt;width:13.25pt;height:.05pt;flip:x;z-index:251840512" o:connectortype="straight">
             <v:stroke endarrow="block"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00480487" w:rsidRPr="00567DD7" w:rsidRDefault="00480487" w:rsidP="00480487">
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="00480487" w:rsidP="00480487">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00480487" w:rsidRPr="00567DD7" w:rsidRDefault="005D5100" w:rsidP="00480487">
+    <w:p w:rsidR="00480487" w:rsidRPr="002D0CB0" w:rsidRDefault="00480487" w:rsidP="00480487">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005D5100">
+    </w:p>
+    <w:p w:rsidR="00480487" w:rsidRPr="00567DD7" w:rsidRDefault="004A3D77" w:rsidP="00480487">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0CB0">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1603" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:700.85pt;margin-top:4.4pt;width:0;height:40.45pt;z-index:251830272" o:connectortype="straight"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00480487" w:rsidRPr="00567DD7" w:rsidRDefault="00480487" w:rsidP="00480487">
+    <w:p w:rsidR="007E7DCF" w:rsidRDefault="007E7DCF" w:rsidP="00480487">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00480487" w:rsidRPr="00567DD7" w:rsidRDefault="00480487" w:rsidP="00480487">
+    <w:p w:rsidR="007E7DCF" w:rsidRDefault="007E7DCF" w:rsidP="00480487">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00480487" w:rsidRPr="00567DD7" w:rsidRDefault="00480487" w:rsidP="00480487">
-[...179 lines deleted...]
-    <w:sectPr w:rsidR="007E7DCF" w:rsidSect="000326F6">
+    <w:sectPr w:rsidR="007E7DCF" w:rsidSect="00847852">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1304" w:right="737" w:bottom="1134" w:left="1474" w:header="510" w:footer="1247" w:gutter="0"/>
+      <w:pgMar w:top="1304" w:right="794" w:bottom="964" w:left="1418" w:header="510" w:footer="1247" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004B56E0" w:rsidRDefault="004B56E0" w:rsidP="00106972">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00937F46" w:rsidRDefault="00937F46" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004B56E0" w:rsidRDefault="004B56E0" w:rsidP="00106972">
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00937F46" w:rsidRDefault="00937F46" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Batang">
-[...7 lines deleted...]
-  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004B56E0" w:rsidRDefault="004B56E0" w:rsidP="00106972">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="00937F46" w:rsidRDefault="00937F46" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004B56E0" w:rsidRDefault="004B56E0" w:rsidP="00106972">
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="00937F46" w:rsidRDefault="00937F46" w:rsidP="00106972">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="3996742"/>
+      <w:id w:val="6737374"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="00AC6DBF" w:rsidRDefault="005D5100">
+      <w:p w:rsidR="005F02BC" w:rsidRDefault="004A3D77">
         <w:pPr>
           <w:pStyle w:val="a7"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:fldSimple w:instr=" PAGE   \* MERGEFORMAT ">
-          <w:r w:rsidR="002114CA">
+          <w:r w:rsidR="002D0CB0">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>8</w:t>
           </w:r>
         </w:fldSimple>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00AC6DBF" w:rsidRDefault="00AC6DBF">
+  <w:p w:rsidR="005F02BC" w:rsidRDefault="005F02BC">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="30"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:footnotePr>
-    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
-    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00106972"/>
-    <w:rsid w:val="00007368"/>
-[...7 lines deleted...]
-    <w:rsid w:val="000E750A"/>
+    <w:rsid w:val="000F191F"/>
     <w:rsid w:val="0010001D"/>
     <w:rsid w:val="00106972"/>
-    <w:rsid w:val="001359F8"/>
-    <w:rsid w:val="00144A2C"/>
     <w:rsid w:val="00176575"/>
     <w:rsid w:val="001B5F5F"/>
     <w:rsid w:val="001E50F7"/>
-    <w:rsid w:val="002114CA"/>
     <w:rsid w:val="002135C7"/>
-    <w:rsid w:val="00222BAA"/>
-[...11 lines deleted...]
-    <w:rsid w:val="0041729F"/>
+    <w:rsid w:val="002303F5"/>
+    <w:rsid w:val="00234263"/>
+    <w:rsid w:val="00255423"/>
+    <w:rsid w:val="002D0CB0"/>
+    <w:rsid w:val="002D18D5"/>
     <w:rsid w:val="00420E6E"/>
-    <w:rsid w:val="00440961"/>
+    <w:rsid w:val="004524E4"/>
     <w:rsid w:val="004616CB"/>
-    <w:rsid w:val="004659A2"/>
     <w:rsid w:val="0047636E"/>
+    <w:rsid w:val="0047693E"/>
     <w:rsid w:val="00480487"/>
     <w:rsid w:val="0049610C"/>
-    <w:rsid w:val="004B00B7"/>
-[...6 lines deleted...]
-    <w:rsid w:val="005E3742"/>
+    <w:rsid w:val="004A3D77"/>
+    <w:rsid w:val="004E73A8"/>
+    <w:rsid w:val="005759A4"/>
+    <w:rsid w:val="00595F8A"/>
+    <w:rsid w:val="005F02BC"/>
     <w:rsid w:val="005F5A4B"/>
-    <w:rsid w:val="00614196"/>
     <w:rsid w:val="00615693"/>
-    <w:rsid w:val="00640AA2"/>
-[...5 lines deleted...]
-    <w:rsid w:val="006937FA"/>
+    <w:rsid w:val="00615E3D"/>
     <w:rsid w:val="006B14BF"/>
-    <w:rsid w:val="006B1635"/>
-    <w:rsid w:val="006C54A3"/>
     <w:rsid w:val="006E29DC"/>
-    <w:rsid w:val="006F7D1B"/>
     <w:rsid w:val="00713DC9"/>
     <w:rsid w:val="007443CD"/>
-    <w:rsid w:val="00752509"/>
     <w:rsid w:val="00786077"/>
-    <w:rsid w:val="007E405E"/>
     <w:rsid w:val="007E7DCF"/>
     <w:rsid w:val="007F5D21"/>
-    <w:rsid w:val="00876D50"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008C07A9"/>
+    <w:rsid w:val="00847852"/>
+    <w:rsid w:val="008B03BC"/>
+    <w:rsid w:val="008C431F"/>
     <w:rsid w:val="008C5F0B"/>
-    <w:rsid w:val="008D287E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009334F8"/>
+    <w:rsid w:val="008F255A"/>
+    <w:rsid w:val="00937F46"/>
     <w:rsid w:val="00946CE5"/>
-    <w:rsid w:val="00947EC5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00996710"/>
+    <w:rsid w:val="00947461"/>
     <w:rsid w:val="0099772E"/>
-    <w:rsid w:val="00997EE2"/>
     <w:rsid w:val="009C08A6"/>
-    <w:rsid w:val="009E5BDB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A31E71"/>
+    <w:rsid w:val="00A1369E"/>
+    <w:rsid w:val="00A13DE6"/>
     <w:rsid w:val="00A32E18"/>
-    <w:rsid w:val="00A90408"/>
-    <w:rsid w:val="00AB4987"/>
+    <w:rsid w:val="00A64572"/>
     <w:rsid w:val="00AC4BCD"/>
-    <w:rsid w:val="00AC6DBF"/>
-    <w:rsid w:val="00B03700"/>
+    <w:rsid w:val="00B87609"/>
+    <w:rsid w:val="00BC6030"/>
     <w:rsid w:val="00C1458D"/>
+    <w:rsid w:val="00C319F1"/>
     <w:rsid w:val="00C45659"/>
-    <w:rsid w:val="00C5089A"/>
     <w:rsid w:val="00CA6E71"/>
     <w:rsid w:val="00CC4B87"/>
-    <w:rsid w:val="00CD6185"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D3195F"/>
+    <w:rsid w:val="00CF0CDE"/>
     <w:rsid w:val="00D32FBC"/>
-    <w:rsid w:val="00D723D7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E44BC5"/>
+    <w:rsid w:val="00D626E0"/>
+    <w:rsid w:val="00E37A6B"/>
     <w:rsid w:val="00E66982"/>
     <w:rsid w:val="00E7092E"/>
     <w:rsid w:val="00E70CBC"/>
-    <w:rsid w:val="00EB569F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F46248"/>
+    <w:rsid w:val="00E97BF1"/>
+    <w:rsid w:val="00F41DB7"/>
     <w:rsid w:val="00F50656"/>
-    <w:rsid w:val="00F836A4"/>
     <w:rsid w:val="00FB29D8"/>
-    <w:rsid w:val="00FF1DA8"/>
+    <w:rsid w:val="00FB3E17"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22530"/>
+    <o:shapedefaults v:ext="edit" spidmax="14338"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule99" type="connector" idref="#Прямая со стрелкой 53"/>
-[...48 lines deleted...]
-        <o:r id="V:Rule196" type="connector" idref="#_x0000_s1763"/>
+        <o:r id="V:Rule50" type="connector" idref="#_x0000_s1603"/>
+        <o:r id="V:Rule51" type="connector" idref="#_x0000_s1619"/>
+        <o:r id="V:Rule52" type="connector" idref="#_x0000_s1607"/>
+        <o:r id="V:Rule53" type="connector" idref="#Прямая со стрелкой 49"/>
+        <o:r id="V:Rule54" type="connector" idref="#Прямая со стрелкой 54"/>
+        <o:r id="V:Rule55" type="connector" idref="#Прямая со стрелкой 76"/>
+        <o:r id="V:Rule56" type="connector" idref="#_x0000_s1598"/>
+        <o:r id="V:Rule57" type="connector" idref="#_x0000_s1764"/>
+        <o:r id="V:Rule58" type="connector" idref="#_x0000_s1763"/>
+        <o:r id="V:Rule59" type="connector" idref="#_x0000_s1624"/>
+        <o:r id="V:Rule60" type="connector" idref="#_x0000_s1615"/>
+        <o:r id="V:Rule61" type="connector" idref="#Прямая со стрелкой 63"/>
+        <o:r id="V:Rule62" type="connector" idref="#_x0000_s1606"/>
+        <o:r id="V:Rule63" type="connector" idref="#_x0000_s1608"/>
+        <o:r id="V:Rule64" type="connector" idref="#_x0000_s1627"/>
+        <o:r id="V:Rule65" type="connector" idref="#_x0000_s1618"/>
+        <o:r id="V:Rule66" type="connector" idref="#_x0000_s1605"/>
+        <o:r id="V:Rule67" type="connector" idref="#_x0000_s1610"/>
+        <o:r id="V:Rule68" type="connector" idref="#_x0000_s1576"/>
+        <o:r id="V:Rule69" type="connector" idref="#_x0000_s1613"/>
+        <o:r id="V:Rule70" type="connector" idref="#_x0000_s1609"/>
+        <o:r id="V:Rule71" type="connector" idref="#Прямая со стрелкой 40"/>
+        <o:r id="V:Rule72" type="connector" idref="#Прямая со стрелкой 48"/>
+        <o:r id="V:Rule73" type="connector" idref="#_x0000_s1579"/>
+        <o:r id="V:Rule74" type="connector" idref="#Прямая со стрелкой 47"/>
+        <o:r id="V:Rule75" type="connector" idref="#Прямая со стрелкой 79"/>
+        <o:r id="V:Rule76" type="connector" idref="#Прямая со стрелкой 74"/>
+        <o:r id="V:Rule77" type="connector" idref="#_x0000_s1612"/>
+        <o:r id="V:Rule78" type="connector" idref="#_x0000_s1625"/>
+        <o:r id="V:Rule79" type="connector" idref="#_x0000_s1595"/>
+        <o:r id="V:Rule80" type="connector" idref="#Прямая со стрелкой 53"/>
+        <o:r id="V:Rule81" type="connector" idref="#_x0000_s1616"/>
+        <o:r id="V:Rule82" type="connector" idref="#_x0000_s1623"/>
+        <o:r id="V:Rule83" type="connector" idref="#_x0000_s1611"/>
+        <o:r id="V:Rule84" type="connector" idref="#Прямая со стрелкой 18"/>
+        <o:r id="V:Rule85" type="connector" idref="#Прямая со стрелкой 41"/>
+        <o:r id="V:Rule86" type="connector" idref="#Прямая со стрелкой 28"/>
+        <o:r id="V:Rule87" type="connector" idref="#Прямая со стрелкой 17"/>
+        <o:r id="V:Rule88" type="connector" idref="#_x0000_s1617"/>
+        <o:r id="V:Rule89" type="connector" idref="#Прямая со стрелкой 46"/>
+        <o:r id="V:Rule90" type="connector" idref="#Прямая со стрелкой 39"/>
+        <o:r id="V:Rule91" type="connector" idref="#_x0000_s1538"/>
+        <o:r id="V:Rule92" type="connector" idref="#_x0000_s1622"/>
+        <o:r id="V:Rule93" type="connector" idref="#Прямая со стрелкой 43"/>
+        <o:r id="V:Rule94" type="connector" idref="#_x0000_s1594"/>
+        <o:r id="V:Rule95" type="connector" idref="#_x0000_s1600"/>
+        <o:r id="V:Rule96" type="connector" idref="#_x0000_s1537"/>
+        <o:r id="V:Rule97" type="connector" idref="#_x0000_s1766"/>
+        <o:r id="V:Rule98" type="connector" idref="#Прямая со стрелкой 16"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
@@ -11317,131 +9131,50 @@
     <w:rsid w:val="00C45659"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C45659"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:kern w:val="1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
-[...79 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -11698,81 +9431,73 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>8967</Characters>
+  <Pages>1</Pages>
+  <Words>1526</Words>
+  <Characters>8701</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>74</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
-      <vt:variant>
-[...4 lines deleted...]
-      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
-      <vt:lpstr>осы қаулының аумақтық әділет органында мемлекеттік тіркелуін;</vt:lpstr>
-      <vt:lpstr>осы қаулы аумақтық әділет органында мемлекеттік тіркелгеннен кейін он күнтізбелі</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10519</CharactersWithSpaces>
+  <CharactersWithSpaces>10207</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Айнур</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>